--- v0 (2025-10-17)
+++ v1 (2026-01-25)
@@ -12,91 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>NPSN</t>
   </si>
   <si>
     <t>NAMA SEKOLAH</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
     <t>KEPALA SEKOLAH</t>
   </si>
   <si>
     <t>ROMBEL</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>GURU</t>
   </si>
   <si>
     <t>TENAGA ADMINISTRASI</t>
   </si>
   <si>
     <t>P9954260</t>
   </si>
   <si>
     <t>PKBM ABDUR RAHMAN</t>
   </si>
   <si>
     <t>Swasta</t>
   </si>
   <si>
     <t>SRI RAHMADANI SAG</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>P9996910</t>
   </si>
   <si>
     <t>PKBM ABK TUNAS HARAPAN MANDIRI</t>
   </si>
   <si>
     <t>JANNATUL MARDIAH PULUNGAN</t>
   </si>
   <si>
     <t>P9997352</t>
   </si>
   <si>
     <t>PKBM ADIBA</t>
   </si>
   <si>
     <t>SITI ROISYAH SIREGAR</t>
   </si>
   <si>
     <t>P2970525</t>
   </si>
   <si>
     <t>PKBM ADLIA MAHARDIKA BERKARYA</t>
   </si>
   <si>
     <t>VERIANTO TUMANGGER</t>
@@ -194,51 +197,51 @@
   <si>
     <t>P9985100</t>
   </si>
   <si>
     <t>PKBM ALFIA NUR</t>
   </si>
   <si>
     <t>ANNADRAH BR SAGALA</t>
   </si>
   <si>
     <t>P9996387</t>
   </si>
   <si>
     <t>PKBM AN-NUR SAKINAH</t>
   </si>
   <si>
     <t>ASTUTI SYAFRIDA</t>
   </si>
   <si>
     <t>P9974023</t>
   </si>
   <si>
     <t>PKBM ANDROBEL</t>
   </si>
   <si>
-    <t>Andi Natrail Aritonang</t>
+    <t>HALASAN PANJAITAN, SE</t>
   </si>
   <si>
     <t>P9999602</t>
   </si>
   <si>
     <t>PKBM ANGREK JUWITA</t>
   </si>
   <si>
     <t>LERY EKO SAMUTRA SITEPU</t>
   </si>
   <si>
     <t>P9997023</t>
   </si>
   <si>
     <t>PKBM ANNISA AHMAD AL-FAQIH</t>
   </si>
   <si>
     <t>P9996939</t>
   </si>
   <si>
     <t>PKBM ANTA PERMANA</t>
   </si>
   <si>
     <t>Sofyan Silalahi</t>
   </si>
@@ -305,51 +308,51 @@
   <si>
     <t>P9997260</t>
   </si>
   <si>
     <t>PKBM BERNAS</t>
   </si>
   <si>
     <t>SUSIANTI</t>
   </si>
   <si>
     <t>P9997355</t>
   </si>
   <si>
     <t>PKBM BEST GENERATION</t>
   </si>
   <si>
     <t>VERONIKA NEHEMIA MULIATI SINAGA</t>
   </si>
   <si>
     <t>P9996242</t>
   </si>
   <si>
     <t>PKBM BINA AGUNG</t>
   </si>
   <si>
-    <t>Evina Marliana Sinaga</t>
+    <t>Leniwati Helena Sihotang</t>
   </si>
   <si>
     <t>P9996175</t>
   </si>
   <si>
     <t>PKBM BINA DARMA</t>
   </si>
   <si>
     <t>Dimas Purnomo</t>
   </si>
   <si>
     <t>P9996157</t>
   </si>
   <si>
     <t>PKBM BINA TARUNA</t>
   </si>
   <si>
     <t>Widi Wulandari</t>
   </si>
   <si>
     <t>P9996917</t>
   </si>
   <si>
     <t>PKBM BINA UTAMA</t>
   </si>
@@ -479,89 +482,80 @@
   <si>
     <t>SITI SALEHATI</t>
   </si>
   <si>
     <t>P9952773</t>
   </si>
   <si>
     <t>PKBM GENERASI AMANAH</t>
   </si>
   <si>
     <t>INDRA PRAWIRA.</t>
   </si>
   <si>
     <t>P9997717</t>
   </si>
   <si>
     <t>PKBM HARAPAN BARU</t>
   </si>
   <si>
     <t>P9997361</t>
   </si>
   <si>
     <t>PKBM HIGH TECHNOLOGY</t>
   </si>
   <si>
-    <t>DANU STIAWAN</t>
+    <t>DWI SARTIKA</t>
   </si>
   <si>
     <t>P9934842</t>
   </si>
   <si>
     <t>PKBM HOSANA</t>
   </si>
   <si>
     <t>Dewi Sartika Rumapea</t>
   </si>
   <si>
     <t>P9998279</t>
   </si>
   <si>
     <t>PKBM IKHLAS BERSAMA</t>
   </si>
   <si>
     <t>JUMIATI</t>
   </si>
   <si>
     <t>P9996192</t>
   </si>
   <si>
     <t>PKBM INSAN MADANI</t>
   </si>
   <si>
     <t>FIJRI ALFATAH NST</t>
   </si>
   <si>
-    <t>P9970637</t>
-[...7 lines deleted...]
-  <si>
     <t>P9984961</t>
   </si>
   <si>
     <t>PKBM KARTINI</t>
   </si>
   <si>
     <t>Rahma muliani</t>
   </si>
   <si>
     <t>P9947960</t>
   </si>
   <si>
     <t>PKBM KARYA INSANI</t>
   </si>
   <si>
     <t>RAMINA SITEPU</t>
   </si>
   <si>
     <t>P9948013</t>
   </si>
   <si>
     <t>PKBM KARYA MANDIRI</t>
   </si>
   <si>
     <t>Tambat Ginting SH</t>
@@ -596,51 +590,51 @@
   <si>
     <t>P9996820</t>
   </si>
   <si>
     <t>PKBM LADANG EDUKASI</t>
   </si>
   <si>
     <t>M.NUR ABDI</t>
   </si>
   <si>
     <t>P9959870</t>
   </si>
   <si>
     <t>PKBM LASKAR PELANGI</t>
   </si>
   <si>
     <t>Suriyanti</t>
   </si>
   <si>
     <t>P9934829</t>
   </si>
   <si>
     <t>PKBM MANCA</t>
   </si>
   <si>
-    <t>RONI BUTAR BUTAR</t>
+    <t>HARI TAMARA</t>
   </si>
   <si>
     <t>P9934687</t>
   </si>
   <si>
     <t>PKBM MANDIRI</t>
   </si>
   <si>
     <t>Ritawati, BA</t>
   </si>
   <si>
     <t>P9952693</t>
   </si>
   <si>
     <t>PKBM MANDIRI CERDAS MUSLIMAT</t>
   </si>
   <si>
     <t>SRI WAHYUNI</t>
   </si>
   <si>
     <t>P9999610</t>
   </si>
   <si>
     <t>PKBM MASYHUR</t>
   </si>
@@ -722,51 +716,51 @@
   <si>
     <t>P9997044</t>
   </si>
   <si>
     <t>PKBM PATUMBAK LESTARI</t>
   </si>
   <si>
     <t>TAUFIK SEROJA</t>
   </si>
   <si>
     <t>P9984493</t>
   </si>
   <si>
     <t>PKBM PAYUNG IBU SCHOOL</t>
   </si>
   <si>
     <t>Aida Rahmaini</t>
   </si>
   <si>
     <t>P9934686</t>
   </si>
   <si>
     <t>PKBM PELITA</t>
   </si>
   <si>
-    <t>Marlyn Sinaga</t>
+    <t>TRI ANDRIANI</t>
   </si>
   <si>
     <t>P9947973</t>
   </si>
   <si>
     <t>PKBM PERMAI</t>
   </si>
   <si>
     <t>MUHAMMAD ZAINUDDIN</t>
   </si>
   <si>
     <t>P9997792</t>
   </si>
   <si>
     <t>PKBM PINAKRESIUS</t>
   </si>
   <si>
     <t>P2963084</t>
   </si>
   <si>
     <t>PKBM Pratama</t>
   </si>
   <si>
     <t>muhammad andi pratama</t>
   </si>
@@ -917,51 +911,51 @@
   <si>
     <t>P9970120</t>
   </si>
   <si>
     <t>PKBM TAHFIDZ QURAN FAJAR ISLAM</t>
   </si>
   <si>
     <t>Pahmi Aldoli Matondang</t>
   </si>
   <si>
     <t>P9996735</t>
   </si>
   <si>
     <t>PKBM TAMAN BELAJAR MASYARAKAT</t>
   </si>
   <si>
     <t>ROSDIANA SIANTURI</t>
   </si>
   <si>
     <t>P9908381</t>
   </si>
   <si>
     <t>PKBM TAMAN RAUDAH</t>
   </si>
   <si>
-    <t>MUHAMMAD ILHAM WINALDI</t>
+    <t>SITI HALIJAH</t>
   </si>
   <si>
     <t>P9934869</t>
   </si>
   <si>
     <t>PKBM TERATAI</t>
   </si>
   <si>
     <t>M. ALVAIZAR</t>
   </si>
   <si>
     <t>P2970538</t>
   </si>
   <si>
     <t>PKBM TUNAS BANGSA</t>
   </si>
   <si>
     <t>NURHIJAM PURBA</t>
   </si>
   <si>
     <t>P9952743</t>
   </si>
   <si>
     <t>PKBM TUNAS HARAPAN</t>
   </si>
@@ -1364,51 +1358,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I110"/>
+  <dimension ref="A1:I109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.1411" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.4233" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.7056" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.4233" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.4233" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.4233" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.4233" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.4233" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.4233" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -1432,3189 +1426,3160 @@
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2">
-        <v>12</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>9</v>
+      </c>
+      <c r="H2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I3" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
-      <c r="H5">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="H5" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>442</v>
+      </c>
+      <c r="H6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>13</v>
+      </c>
+      <c r="H7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
-      <c r="H8">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="H9" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
-        <v>378</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>254</v>
+      </c>
+      <c r="H10" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
-      <c r="H11">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="H12" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>20</v>
+      </c>
+      <c r="H13" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>148</v>
+      </c>
+      <c r="H14" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
-        <v>452</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>328</v>
+      </c>
+      <c r="H15" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
-        <v>122</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="G18">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>111</v>
+      </c>
+      <c r="H18" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
-        <v>346</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>163</v>
+      </c>
+      <c r="H19" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F20">
         <v>0</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
-      <c r="H20">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H20" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>32</v>
+      </c>
+      <c r="H21" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>23</v>
+      </c>
+      <c r="H22" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
-      <c r="H23">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H23" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24">
-        <v>119</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>89</v>
+      </c>
+      <c r="H24" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>7</v>
+      </c>
+      <c r="H25" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C26" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26">
-        <v>175</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>112</v>
+      </c>
+      <c r="H26" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>138</v>
+      </c>
+      <c r="H27" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C28" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F28">
         <v>0</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
-      <c r="H28">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H28" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C29" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="H29" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C30" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
-      <c r="H30">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="H30" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C31" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>124</v>
+      </c>
+      <c r="H31" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C32" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
       <c r="G32">
-        <v>177</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>122</v>
+      </c>
+      <c r="H32" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C33" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="G33">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C34" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F34">
         <v>0</v>
       </c>
       <c r="G34">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>72</v>
+      </c>
+      <c r="H34" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C35" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>53</v>
+      </c>
+      <c r="H35" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C36" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
-        <v>255</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>189</v>
+      </c>
+      <c r="H36" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C37" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
       <c r="G37">
-        <v>638</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>430</v>
+      </c>
+      <c r="H37" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C38" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F38">
         <v>0</v>
       </c>
       <c r="G38">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>26</v>
+      </c>
+      <c r="H38" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C39" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F39">
         <v>0</v>
       </c>
       <c r="G39">
-        <v>545</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>402</v>
+      </c>
+      <c r="H39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C40" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F40">
         <v>0</v>
       </c>
       <c r="G40">
-        <v>175</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>129</v>
+      </c>
+      <c r="H40" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C41" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
-        <v>292</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>231</v>
+      </c>
+      <c r="H41" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C42" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>114</v>
+      </c>
+      <c r="H42" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C43" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43">
-        <v>463</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>316</v>
+      </c>
+      <c r="H43" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C44" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F44">
         <v>0</v>
       </c>
       <c r="G44">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>42</v>
+      </c>
+      <c r="H44" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
-        <v>171</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>120</v>
+      </c>
+      <c r="H45" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C46" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>71</v>
+      </c>
+      <c r="H46" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C47" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F47">
         <v>0</v>
       </c>
       <c r="G47">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>66</v>
+      </c>
+      <c r="H47" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C48" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>23</v>
+      </c>
+      <c r="H48" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C49" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
-        <v>975</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>594</v>
+      </c>
+      <c r="H49" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C50" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F50">
         <v>0</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
-      <c r="H50">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H50" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C51" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F51">
         <v>0</v>
       </c>
       <c r="G51">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="H51" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C52" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
-      <c r="H52">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H52" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C53" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F53">
         <v>0</v>
       </c>
       <c r="G53">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>71</v>
+      </c>
+      <c r="H53" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C54" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
-        <v>1022</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>698</v>
+      </c>
+      <c r="H54" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C55" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F55">
         <v>0</v>
       </c>
       <c r="G55">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>79</v>
+      </c>
+      <c r="H55" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C56" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56">
-        <v>115</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="H56" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C57" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>82</v>
+      </c>
+      <c r="H57" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C58" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>215</v>
+      </c>
+      <c r="H58" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C59" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F59">
         <v>0</v>
       </c>
       <c r="G59">
-        <v>422</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>79</v>
+      </c>
+      <c r="H59" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C60" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F60">
         <v>0</v>
       </c>
       <c r="G60">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>404</v>
+      </c>
+      <c r="H60" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C61" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F61">
         <v>0</v>
       </c>
       <c r="G61">
-        <v>564</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>222</v>
+      </c>
+      <c r="H61" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C62" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F62">
         <v>0</v>
       </c>
       <c r="G62">
-        <v>266</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>205</v>
+      </c>
+      <c r="H62" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C63" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F63">
         <v>0</v>
       </c>
       <c r="G63">
-        <v>267</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>110</v>
+      </c>
+      <c r="H63" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C64" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F64">
         <v>0</v>
       </c>
       <c r="G64">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>78</v>
+      </c>
+      <c r="H64" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C65" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F65">
         <v>0</v>
       </c>
       <c r="G65">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>22</v>
+      </c>
+      <c r="H65" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C66" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F66">
         <v>0</v>
       </c>
       <c r="G66">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>45</v>
+      </c>
+      <c r="H66" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C67" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>25</v>
+      </c>
+      <c r="H67" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C68" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F68">
         <v>0</v>
       </c>
       <c r="G68">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>109</v>
+      </c>
+      <c r="H68" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C69" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F69">
         <v>0</v>
       </c>
       <c r="G69">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>178</v>
+      </c>
+      <c r="H69" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C70" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
       <c r="G70">
-        <v>256</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>51</v>
+      </c>
+      <c r="H70" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C71" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>96</v>
+      </c>
+      <c r="H71" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C72" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
-        <v>144</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>52</v>
+      </c>
+      <c r="H72" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C73" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F73">
         <v>0</v>
       </c>
       <c r="G73">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>69</v>
+      </c>
+      <c r="H73" t="s">
+        <v>13</v>
+      </c>
+      <c r="I73" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C74" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F74">
         <v>0</v>
       </c>
       <c r="G74">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="H74" t="s">
+        <v>13</v>
+      </c>
+      <c r="I74" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C75" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>136</v>
+      </c>
+      <c r="H75" t="s">
+        <v>13</v>
+      </c>
+      <c r="I75" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C76" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F76">
         <v>0</v>
       </c>
       <c r="G76">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>162</v>
+      </c>
+      <c r="H76" t="s">
+        <v>13</v>
+      </c>
+      <c r="I76" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C77" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F77">
         <v>0</v>
       </c>
       <c r="G77">
-        <v>212</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>193</v>
+      </c>
+      <c r="H77" t="s">
+        <v>13</v>
+      </c>
+      <c r="I77" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C78" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F78">
         <v>0</v>
       </c>
       <c r="G78">
-        <v>305</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>334</v>
+      </c>
+      <c r="H78" t="s">
+        <v>13</v>
+      </c>
+      <c r="I78" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C79" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>239</v>
+        <v>40</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79">
-        <v>441</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="H79" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>240</v>
       </c>
       <c r="C80" t="s">
         <v>241</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>39</v>
+        <v>242</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
       <c r="G80">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>87</v>
+      </c>
+      <c r="H80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C81" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>311</v>
+      </c>
+      <c r="H81" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C82" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
-        <v>402</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>128</v>
+      </c>
+      <c r="H82" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C83" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F83">
         <v>0</v>
       </c>
       <c r="G83">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>23</v>
+      </c>
+      <c r="H83" t="s">
+        <v>13</v>
+      </c>
+      <c r="I83" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C84" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F84">
         <v>0</v>
       </c>
       <c r="G84">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>130</v>
+      </c>
+      <c r="H84" t="s">
+        <v>13</v>
+      </c>
+      <c r="I84" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C85" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F85">
         <v>0</v>
       </c>
       <c r="G85">
-        <v>180</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>46</v>
+      </c>
+      <c r="H85" t="s">
+        <v>13</v>
+      </c>
+      <c r="I85" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C86" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
-        <v>66</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>228</v>
+      </c>
+      <c r="H86" t="s">
+        <v>13</v>
+      </c>
+      <c r="I86" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C87" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F87">
         <v>0</v>
       </c>
       <c r="G87">
-        <v>315</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>58</v>
+      </c>
+      <c r="H87" t="s">
+        <v>13</v>
+      </c>
+      <c r="I87" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C88" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F88">
         <v>0</v>
       </c>
       <c r="G88">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>362</v>
+      </c>
+      <c r="H88" t="s">
+        <v>13</v>
+      </c>
+      <c r="I88" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C89" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F89">
         <v>0</v>
       </c>
       <c r="G89">
-        <v>500</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>260</v>
+      </c>
+      <c r="H89" t="s">
+        <v>13</v>
+      </c>
+      <c r="I89" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C90" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F90">
         <v>0</v>
       </c>
       <c r="G90">
-        <v>426</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>41</v>
+      </c>
+      <c r="H90" t="s">
+        <v>13</v>
+      </c>
+      <c r="I90" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C91" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F91">
         <v>0</v>
       </c>
       <c r="G91">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>86</v>
+      </c>
+      <c r="H91" t="s">
+        <v>13</v>
+      </c>
+      <c r="I91" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C92" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F92">
         <v>0</v>
       </c>
       <c r="G92">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>380</v>
+      </c>
+      <c r="H92" t="s">
+        <v>13</v>
+      </c>
+      <c r="I92" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C93" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
-        <v>535</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>102</v>
+      </c>
+      <c r="H93" t="s">
+        <v>13</v>
+      </c>
+      <c r="I93" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C94" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F94">
         <v>0</v>
       </c>
       <c r="G94">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>59</v>
+      </c>
+      <c r="H94" t="s">
+        <v>13</v>
+      </c>
+      <c r="I94" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C95" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F95">
         <v>0</v>
       </c>
       <c r="G95">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="H95" t="s">
+        <v>13</v>
+      </c>
+      <c r="I95" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C96" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F96">
         <v>0</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
-      <c r="H96">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="H96" t="s">
+        <v>13</v>
+      </c>
+      <c r="I96" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C97" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F97">
         <v>0</v>
       </c>
       <c r="G97">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>158</v>
+      </c>
+      <c r="H97" t="s">
+        <v>13</v>
+      </c>
+      <c r="I97" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C98" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F98">
         <v>0</v>
       </c>
       <c r="G98">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>330</v>
+      </c>
+      <c r="H98" t="s">
+        <v>13</v>
+      </c>
+      <c r="I98" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C99" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F99">
         <v>0</v>
       </c>
       <c r="G99">
-        <v>416</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>286</v>
+      </c>
+      <c r="H99" t="s">
+        <v>13</v>
+      </c>
+      <c r="I99" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C100" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F100">
         <v>0</v>
       </c>
       <c r="G100">
-        <v>390</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>77</v>
+      </c>
+      <c r="H100" t="s">
+        <v>13</v>
+      </c>
+      <c r="I100" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C101" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>24</v>
+      </c>
+      <c r="H101" t="s">
+        <v>13</v>
+      </c>
+      <c r="I101" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C102" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F102">
         <v>0</v>
       </c>
       <c r="G102">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>353</v>
+      </c>
+      <c r="H102" t="s">
+        <v>13</v>
+      </c>
+      <c r="I102" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C103" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F103">
         <v>0</v>
       </c>
       <c r="G103">
-        <v>509</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>54</v>
+      </c>
+      <c r="H103" t="s">
+        <v>13</v>
+      </c>
+      <c r="I103" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C104" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F104">
         <v>0</v>
       </c>
       <c r="G104">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>109</v>
+      </c>
+      <c r="H104" t="s">
+        <v>13</v>
+      </c>
+      <c r="I104" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C105" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F105">
         <v>0</v>
       </c>
       <c r="G105">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>22</v>
+      </c>
+      <c r="H105" t="s">
+        <v>13</v>
+      </c>
+      <c r="I105" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C106" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F106">
         <v>0</v>
       </c>
       <c r="G106">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="H106" t="s">
+        <v>13</v>
+      </c>
+      <c r="I106" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C107" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F107">
         <v>0</v>
       </c>
       <c r="G107">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>201</v>
+      </c>
+      <c r="H107" t="s">
+        <v>13</v>
+      </c>
+      <c r="I107" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C108" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D108" t="s">
-        <v>11</v>
+        <v>326</v>
       </c>
       <c r="E108" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
       <c r="G108">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>39</v>
+      </c>
+      <c r="H108" t="s">
+        <v>13</v>
+      </c>
+      <c r="I108" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>328</v>
+      </c>
+      <c r="C109" t="s">
+        <v>329</v>
+      </c>
+      <c r="D109" t="s">
         <v>326</v>
       </c>
-      <c r="C109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E109" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F109">
         <v>0</v>
       </c>
       <c r="G109">
-        <v>57</v>
-[...34 lines deleted...]
-        <v>0</v>
+        <v>70</v>
+      </c>
+      <c r="H109" t="s">
+        <v>13</v>
+      </c>
+      <c r="I109" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">