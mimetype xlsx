--- v1 (2026-01-25)
+++ v2 (2026-03-27)
@@ -12,92 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>NPSN</t>
   </si>
   <si>
     <t>NAMA SEKOLAH</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
     <t>KEPALA SEKOLAH</t>
   </si>
   <si>
     <t>ROMBEL</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>GURU</t>
   </si>
   <si>
     <t>TENAGA ADMINISTRASI</t>
   </si>
   <si>
     <t>P9954260</t>
   </si>
   <si>
     <t>PKBM ABDUR RAHMAN</t>
   </si>
   <si>
     <t>Swasta</t>
   </si>
   <si>
     <t>SRI RAHMADANI SAG</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>P9996910</t>
   </si>
   <si>
     <t>PKBM ABK TUNAS HARAPAN MANDIRI</t>
   </si>
   <si>
     <t>JANNATUL MARDIAH PULUNGAN</t>
   </si>
   <si>
     <t>P9997352</t>
   </si>
   <si>
     <t>PKBM ADIBA</t>
   </si>
   <si>
     <t>SITI ROISYAH SIREGAR</t>
   </si>
   <si>
     <t>P2970525</t>
   </si>
   <si>
     <t>PKBM ADLIA MAHARDIKA BERKARYA</t>
   </si>
@@ -1428,3158 +1425,3158 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2">
         <v>9</v>
       </c>
-      <c r="H2" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H2">
+        <v>3</v>
+      </c>
+      <c r="I2">
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" t="s">
         <v>14</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3">
         <v>39</v>
       </c>
-      <c r="H3" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H3">
+        <v>5</v>
+      </c>
+      <c r="I3">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" t="s">
         <v>17</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4">
         <v>23</v>
       </c>
-      <c r="H4" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H4">
+        <v>6</v>
+      </c>
+      <c r="I4">
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
         <v>20</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>21</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
-      <c r="H5" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H5">
+        <v>1</v>
+      </c>
+      <c r="I5">
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>442</v>
       </c>
-      <c r="H6" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H6">
+        <v>38</v>
+      </c>
+      <c r="I6">
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
         <v>26</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7">
         <v>13</v>
       </c>
-      <c r="H7" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H7">
+        <v>4</v>
+      </c>
+      <c r="I7">
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
         <v>29</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
-      <c r="H8" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H8">
+        <v>7</v>
+      </c>
+      <c r="I8">
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
         <v>32</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
-      <c r="H9" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H9">
+        <v>5</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
         <v>35</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
         <v>254</v>
       </c>
-      <c r="H10" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H10">
+        <v>14</v>
+      </c>
+      <c r="I10">
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
         <v>38</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>39</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
-      <c r="H11" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H11">
+        <v>0</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" t="s">
         <v>41</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>45</v>
       </c>
-      <c r="H12" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H12">
+        <v>5</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" t="s">
         <v>44</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
         <v>20</v>
       </c>
-      <c r="H13" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H13">
+        <v>6</v>
+      </c>
+      <c r="I13">
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" t="s">
         <v>47</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14">
         <v>148</v>
       </c>
-      <c r="H14" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H14">
+        <v>11</v>
+      </c>
+      <c r="I14">
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" t="s">
         <v>50</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>328</v>
       </c>
-      <c r="H15" t="s">
+      <c r="H15">
         <v>13</v>
       </c>
-      <c r="I15" t="s">
-        <v>13</v>
+      <c r="I15">
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" t="s">
         <v>53</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
         <v>82</v>
       </c>
-      <c r="H16" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H16">
+        <v>8</v>
+      </c>
+      <c r="I16">
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>55</v>
+      </c>
+      <c r="C17" t="s">
         <v>56</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>76</v>
       </c>
-      <c r="H17" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H17">
+        <v>8</v>
+      </c>
+      <c r="I17">
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" t="s">
         <v>59</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="G18">
         <v>111</v>
       </c>
-      <c r="H18" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H18">
+        <v>10</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" t="s">
         <v>62</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
         <v>163</v>
       </c>
-      <c r="H19" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H19">
+        <v>5</v>
+      </c>
+      <c r="I19">
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>64</v>
+      </c>
+      <c r="C20" t="s">
         <v>65</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F20">
         <v>0</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
-      <c r="H20" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20">
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" t="s">
         <v>67</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>32</v>
       </c>
-      <c r="H21" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H21">
+        <v>7</v>
+      </c>
+      <c r="I21">
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" t="s">
         <v>70</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>23</v>
       </c>
-      <c r="H22" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H22">
+        <v>7</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" t="s">
         <v>73</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
-      <c r="H23" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H23">
+        <v>4</v>
+      </c>
+      <c r="I23">
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>74</v>
+      </c>
+      <c r="C24" t="s">
         <v>75</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24">
         <v>89</v>
       </c>
-      <c r="H24" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H24">
+        <v>8</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" t="s">
         <v>78</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25">
         <v>7</v>
       </c>
-      <c r="H25" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H25">
+        <v>8</v>
+      </c>
+      <c r="I25">
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>80</v>
+      </c>
+      <c r="C26" t="s">
         <v>81</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26">
         <v>112</v>
       </c>
-      <c r="H26" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H26">
+        <v>17</v>
+      </c>
+      <c r="I26">
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>83</v>
+      </c>
+      <c r="C27" t="s">
         <v>84</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27">
         <v>138</v>
       </c>
-      <c r="H27" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H27">
+        <v>10</v>
+      </c>
+      <c r="I27">
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>86</v>
+      </c>
+      <c r="C28" t="s">
         <v>87</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
         <v>88</v>
       </c>
-      <c r="D28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28">
         <v>0</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
-      <c r="H28" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H28">
+        <v>4</v>
+      </c>
+      <c r="I28">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>89</v>
+      </c>
+      <c r="C29" t="s">
         <v>90</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29">
         <v>58</v>
       </c>
-      <c r="H29" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H29">
+        <v>5</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>92</v>
+      </c>
+      <c r="C30" t="s">
         <v>93</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
         <v>94</v>
       </c>
-      <c r="D30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
-      <c r="H30" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H30">
+        <v>4</v>
+      </c>
+      <c r="I30">
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>95</v>
+      </c>
+      <c r="C31" t="s">
         <v>96</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31">
         <v>124</v>
       </c>
-      <c r="H31" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H31">
+        <v>10</v>
+      </c>
+      <c r="I31">
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>98</v>
+      </c>
+      <c r="C32" t="s">
         <v>99</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
       <c r="G32">
         <v>122</v>
       </c>
-      <c r="H32" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H32">
+        <v>5</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>101</v>
+      </c>
+      <c r="C33" t="s">
         <v>102</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="G33">
         <v>15</v>
       </c>
-      <c r="H33" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H33">
+        <v>4</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>104</v>
+      </c>
+      <c r="C34" t="s">
         <v>105</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F34">
         <v>0</v>
       </c>
       <c r="G34">
         <v>72</v>
       </c>
-      <c r="H34" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H34">
+        <v>8</v>
+      </c>
+      <c r="I34">
+        <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>107</v>
+      </c>
+      <c r="C35" t="s">
+        <v>105</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>53</v>
       </c>
-      <c r="H35" t="s">
+      <c r="H35">
         <v>13</v>
       </c>
-      <c r="I35" t="s">
-        <v>13</v>
+      <c r="I35">
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>109</v>
+      </c>
+      <c r="C36" t="s">
         <v>110</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
         <v>189</v>
       </c>
-      <c r="H36" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H36">
+        <v>10</v>
+      </c>
+      <c r="I36">
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>112</v>
+      </c>
+      <c r="C37" t="s">
         <v>113</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
       <c r="G37">
         <v>430</v>
       </c>
-      <c r="H37" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H37">
+        <v>31</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>115</v>
+      </c>
+      <c r="C38" t="s">
         <v>116</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F38">
         <v>0</v>
       </c>
       <c r="G38">
         <v>26</v>
       </c>
-      <c r="H38" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H38">
+        <v>6</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>118</v>
+      </c>
+      <c r="C39" t="s">
         <v>119</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F39">
         <v>0</v>
       </c>
       <c r="G39">
         <v>402</v>
       </c>
-      <c r="H39" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H39">
+        <v>20</v>
+      </c>
+      <c r="I39">
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>121</v>
+      </c>
+      <c r="C40" t="s">
         <v>122</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F40">
         <v>0</v>
       </c>
       <c r="G40">
         <v>129</v>
       </c>
-      <c r="H40" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H40">
+        <v>6</v>
+      </c>
+      <c r="I40">
+        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>124</v>
+      </c>
+      <c r="C41" t="s">
         <v>125</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>231</v>
       </c>
-      <c r="H41" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H41">
+        <v>21</v>
+      </c>
+      <c r="I41">
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>127</v>
+      </c>
+      <c r="C42" t="s">
         <v>128</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>114</v>
       </c>
-      <c r="H42" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H42">
+        <v>12</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>130</v>
+      </c>
+      <c r="C43" t="s">
         <v>131</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43">
         <v>316</v>
       </c>
-      <c r="H43" t="s">
+      <c r="H43">
         <v>13</v>
       </c>
-      <c r="I43" t="s">
-        <v>13</v>
+      <c r="I43">
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>133</v>
+      </c>
+      <c r="C44" t="s">
         <v>134</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F44">
         <v>0</v>
       </c>
       <c r="G44">
         <v>42</v>
       </c>
-      <c r="H44" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H44">
+        <v>11</v>
+      </c>
+      <c r="I44">
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>136</v>
+      </c>
+      <c r="C45" t="s">
         <v>137</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
         <v>120</v>
       </c>
-      <c r="H45" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H45">
+        <v>2</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>139</v>
+      </c>
+      <c r="C46" t="s">
         <v>140</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46">
         <v>71</v>
       </c>
-      <c r="H46" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H46">
+        <v>4</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>142</v>
+      </c>
+      <c r="C47" t="s">
         <v>143</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F47">
         <v>0</v>
       </c>
       <c r="G47">
         <v>66</v>
       </c>
-      <c r="H47" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H47">
+        <v>8</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>145</v>
+      </c>
+      <c r="C48" t="s">
         <v>146</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>23</v>
       </c>
-      <c r="H48" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H48">
+        <v>4</v>
+      </c>
+      <c r="I48">
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>148</v>
+      </c>
+      <c r="C49" t="s">
         <v>149</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>594</v>
       </c>
-      <c r="H49" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H49">
+        <v>51</v>
+      </c>
+      <c r="I49">
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>151</v>
+      </c>
+      <c r="C50" t="s">
         <v>152</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F50">
         <v>0</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
-      <c r="H50" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H50">
+        <v>0</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>153</v>
+      </c>
+      <c r="C51" t="s">
         <v>154</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F51">
         <v>0</v>
       </c>
       <c r="G51">
         <v>3</v>
       </c>
-      <c r="H51" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H51">
+        <v>8</v>
+      </c>
+      <c r="I51">
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>156</v>
+      </c>
+      <c r="C52" t="s">
         <v>157</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
         <v>158</v>
       </c>
-      <c r="D52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
-      <c r="H52" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H52">
+        <v>2</v>
+      </c>
+      <c r="I52">
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>159</v>
+      </c>
+      <c r="C53" t="s">
         <v>160</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F53">
         <v>0</v>
       </c>
       <c r="G53">
         <v>71</v>
       </c>
-      <c r="H53" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H53">
+        <v>10</v>
+      </c>
+      <c r="I53">
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>162</v>
+      </c>
+      <c r="C54" t="s">
         <v>163</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
         <v>698</v>
       </c>
-      <c r="H54" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H54">
+        <v>38</v>
+      </c>
+      <c r="I54">
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>165</v>
+      </c>
+      <c r="C55" t="s">
         <v>166</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F55">
         <v>0</v>
       </c>
       <c r="G55">
         <v>79</v>
       </c>
-      <c r="H55" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H55">
+        <v>8</v>
+      </c>
+      <c r="I55">
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>168</v>
+      </c>
+      <c r="C56" t="s">
         <v>169</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56">
         <v>68</v>
       </c>
-      <c r="H56" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H56">
+        <v>15</v>
+      </c>
+      <c r="I56">
+        <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>171</v>
+      </c>
+      <c r="C57" t="s">
         <v>172</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57">
         <v>82</v>
       </c>
-      <c r="H57" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H57">
+        <v>10</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>174</v>
+      </c>
+      <c r="C58" t="s">
         <v>175</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
         <v>215</v>
       </c>
-      <c r="H58" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H58">
+        <v>11</v>
+      </c>
+      <c r="I58">
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>177</v>
+      </c>
+      <c r="C59" t="s">
         <v>178</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F59">
         <v>0</v>
       </c>
       <c r="G59">
         <v>79</v>
       </c>
-      <c r="H59" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H59">
+        <v>8</v>
+      </c>
+      <c r="I59">
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>180</v>
+      </c>
+      <c r="C60" t="s">
         <v>181</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F60">
         <v>0</v>
       </c>
       <c r="G60">
         <v>404</v>
       </c>
-      <c r="H60" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H60">
+        <v>20</v>
+      </c>
+      <c r="I60">
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>183</v>
+      </c>
+      <c r="C61" t="s">
         <v>184</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F61">
         <v>0</v>
       </c>
       <c r="G61">
         <v>222</v>
       </c>
-      <c r="H61" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H61">
+        <v>5</v>
+      </c>
+      <c r="I61">
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>186</v>
+      </c>
+      <c r="C62" t="s">
         <v>187</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F62">
         <v>0</v>
       </c>
       <c r="G62">
         <v>205</v>
       </c>
-      <c r="H62" t="s">
+      <c r="H62">
         <v>13</v>
       </c>
-      <c r="I62" t="s">
-        <v>13</v>
+      <c r="I62">
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>189</v>
+      </c>
+      <c r="C63" t="s">
         <v>190</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F63">
         <v>0</v>
       </c>
       <c r="G63">
         <v>110</v>
       </c>
-      <c r="H63" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H63">
+        <v>9</v>
+      </c>
+      <c r="I63">
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>192</v>
+      </c>
+      <c r="C64" t="s">
         <v>193</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F64">
         <v>0</v>
       </c>
       <c r="G64">
         <v>78</v>
       </c>
-      <c r="H64" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H64">
+        <v>11</v>
+      </c>
+      <c r="I64">
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>195</v>
+      </c>
+      <c r="C65" t="s">
         <v>196</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F65">
         <v>0</v>
       </c>
       <c r="G65">
         <v>22</v>
       </c>
-      <c r="H65" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H65">
+        <v>6</v>
+      </c>
+      <c r="I65">
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>198</v>
+      </c>
+      <c r="C66" t="s">
         <v>199</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F66">
         <v>0</v>
       </c>
       <c r="G66">
         <v>45</v>
       </c>
-      <c r="H66" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H66">
+        <v>5</v>
+      </c>
+      <c r="I66">
+        <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>201</v>
+      </c>
+      <c r="C67" t="s">
         <v>202</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
         <v>25</v>
       </c>
-      <c r="H67" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H67">
+        <v>5</v>
+      </c>
+      <c r="I67">
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>204</v>
+      </c>
+      <c r="C68" t="s">
         <v>205</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F68">
         <v>0</v>
       </c>
       <c r="G68">
         <v>109</v>
       </c>
-      <c r="H68" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H68">
+        <v>5</v>
+      </c>
+      <c r="I68">
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>207</v>
+      </c>
+      <c r="C69" t="s">
         <v>208</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F69">
         <v>0</v>
       </c>
       <c r="G69">
         <v>178</v>
       </c>
-      <c r="H69" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H69">
+        <v>10</v>
+      </c>
+      <c r="I69">
+        <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>210</v>
+      </c>
+      <c r="C70" t="s">
         <v>211</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
       <c r="G70">
         <v>51</v>
       </c>
-      <c r="H70" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H70">
+        <v>6</v>
+      </c>
+      <c r="I70">
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>213</v>
+      </c>
+      <c r="C71" t="s">
         <v>214</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
         <v>96</v>
       </c>
-      <c r="H71" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H71">
+        <v>14</v>
+      </c>
+      <c r="I71">
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>216</v>
+      </c>
+      <c r="C72" t="s">
         <v>217</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
         <v>52</v>
       </c>
-      <c r="H72" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H72">
+        <v>11</v>
+      </c>
+      <c r="I72">
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>219</v>
+      </c>
+      <c r="C73" t="s">
         <v>220</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F73">
         <v>0</v>
       </c>
       <c r="G73">
         <v>69</v>
       </c>
-      <c r="H73" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H73">
+        <v>6</v>
+      </c>
+      <c r="I73">
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>222</v>
+      </c>
+      <c r="C74" t="s">
         <v>223</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F74">
         <v>0</v>
       </c>
       <c r="G74">
         <v>45</v>
       </c>
-      <c r="H74" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H74">
+        <v>3</v>
+      </c>
+      <c r="I74">
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>225</v>
+      </c>
+      <c r="C75" t="s">
         <v>226</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
         <v>136</v>
       </c>
-      <c r="H75" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H75">
+        <v>5</v>
+      </c>
+      <c r="I75">
+        <v>4</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>228</v>
+      </c>
+      <c r="C76" t="s">
         <v>229</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F76">
         <v>0</v>
       </c>
       <c r="G76">
         <v>162</v>
       </c>
-      <c r="H76" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H76">
+        <v>5</v>
+      </c>
+      <c r="I76">
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>231</v>
+      </c>
+      <c r="C77" t="s">
         <v>232</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F77">
         <v>0</v>
       </c>
       <c r="G77">
         <v>193</v>
       </c>
-      <c r="H77" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H77">
+        <v>19</v>
+      </c>
+      <c r="I77">
+        <v>3</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>234</v>
+      </c>
+      <c r="C78" t="s">
         <v>235</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F78">
         <v>0</v>
       </c>
       <c r="G78">
         <v>334</v>
       </c>
-      <c r="H78" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H78">
+        <v>20</v>
+      </c>
+      <c r="I78">
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>237</v>
+      </c>
+      <c r="C79" t="s">
         <v>238</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
-      <c r="H79" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H79">
+        <v>0</v>
+      </c>
+      <c r="I79">
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>239</v>
+      </c>
+      <c r="C80" t="s">
         <v>240</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
       <c r="G80">
         <v>87</v>
       </c>
-      <c r="H80" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H80">
+        <v>7</v>
+      </c>
+      <c r="I80">
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>242</v>
+      </c>
+      <c r="C81" t="s">
         <v>243</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
         <v>311</v>
       </c>
-      <c r="H81" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H81">
+        <v>30</v>
+      </c>
+      <c r="I81">
+        <v>3</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>245</v>
+      </c>
+      <c r="C82" t="s">
         <v>246</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
         <v>128</v>
       </c>
-      <c r="H82" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H82">
+        <v>14</v>
+      </c>
+      <c r="I82">
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>248</v>
+      </c>
+      <c r="C83" t="s">
         <v>249</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F83">
         <v>0</v>
       </c>
       <c r="G83">
         <v>23</v>
       </c>
-      <c r="H83" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H83">
+        <v>1</v>
+      </c>
+      <c r="I83">
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>251</v>
+      </c>
+      <c r="C84" t="s">
         <v>252</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F84">
         <v>0</v>
       </c>
       <c r="G84">
         <v>130</v>
       </c>
-      <c r="H84" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H84">
+        <v>8</v>
+      </c>
+      <c r="I84">
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>254</v>
+      </c>
+      <c r="C85" t="s">
         <v>255</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F85">
         <v>0</v>
       </c>
       <c r="G85">
         <v>46</v>
       </c>
-      <c r="H85" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H85">
+        <v>6</v>
+      </c>
+      <c r="I85">
+        <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>257</v>
+      </c>
+      <c r="C86" t="s">
         <v>258</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
         <v>228</v>
       </c>
-      <c r="H86" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H86">
+        <v>21</v>
+      </c>
+      <c r="I86">
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>260</v>
+      </c>
+      <c r="C87" t="s">
         <v>261</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F87">
         <v>0</v>
       </c>
       <c r="G87">
         <v>58</v>
       </c>
-      <c r="H87" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H87">
+        <v>3</v>
+      </c>
+      <c r="I87">
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>263</v>
+      </c>
+      <c r="C88" t="s">
         <v>264</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F88">
         <v>0</v>
       </c>
       <c r="G88">
         <v>362</v>
       </c>
-      <c r="H88" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H88">
+        <v>33</v>
+      </c>
+      <c r="I88">
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>266</v>
+      </c>
+      <c r="C89" t="s">
         <v>267</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F89">
         <v>0</v>
       </c>
       <c r="G89">
         <v>260</v>
       </c>
-      <c r="H89" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H89">
+        <v>18</v>
+      </c>
+      <c r="I89">
+        <v>8</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>269</v>
+      </c>
+      <c r="C90" t="s">
         <v>270</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
       <c r="F90">
         <v>0</v>
       </c>
       <c r="G90">
         <v>41</v>
       </c>
-      <c r="H90" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H90">
+        <v>4</v>
+      </c>
+      <c r="I90">
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>272</v>
+      </c>
+      <c r="C91" t="s">
         <v>273</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F91">
         <v>0</v>
       </c>
       <c r="G91">
         <v>86</v>
       </c>
-      <c r="H91" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H91">
+        <v>5</v>
+      </c>
+      <c r="I91">
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>275</v>
+      </c>
+      <c r="C92" t="s">
         <v>276</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F92">
         <v>0</v>
       </c>
       <c r="G92">
         <v>380</v>
       </c>
-      <c r="H92" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H92">
+        <v>6</v>
+      </c>
+      <c r="I92">
+        <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
+        <v>278</v>
+      </c>
+      <c r="C93" t="s">
         <v>279</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
         <v>102</v>
       </c>
-      <c r="H93" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H93">
+        <v>6</v>
+      </c>
+      <c r="I93">
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>281</v>
+      </c>
+      <c r="C94" t="s">
         <v>282</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F94">
         <v>0</v>
       </c>
       <c r="G94">
         <v>59</v>
       </c>
-      <c r="H94" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H94">
+        <v>7</v>
+      </c>
+      <c r="I94">
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>284</v>
+      </c>
+      <c r="C95" t="s">
         <v>285</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
         <v>286</v>
       </c>
-      <c r="D95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F95">
         <v>0</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
-      <c r="H95" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H95">
+        <v>4</v>
+      </c>
+      <c r="I95">
+        <v>2</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>287</v>
+      </c>
+      <c r="C96" t="s">
         <v>288</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
         <v>289</v>
       </c>
-      <c r="D96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F96">
         <v>0</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
-      <c r="H96" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H96">
+        <v>4</v>
+      </c>
+      <c r="I96">
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>290</v>
+      </c>
+      <c r="C97" t="s">
         <v>291</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>293</v>
       </c>
       <c r="F97">
         <v>0</v>
       </c>
       <c r="G97">
         <v>158</v>
       </c>
-      <c r="H97" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H97">
+        <v>16</v>
+      </c>
+      <c r="I97">
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
+        <v>293</v>
+      </c>
+      <c r="C98" t="s">
         <v>294</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F98">
         <v>0</v>
       </c>
       <c r="G98">
         <v>330</v>
       </c>
-      <c r="H98" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H98">
+        <v>9</v>
+      </c>
+      <c r="I98">
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>296</v>
+      </c>
+      <c r="C99" t="s">
         <v>297</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F99">
         <v>0</v>
       </c>
       <c r="G99">
         <v>286</v>
       </c>
-      <c r="H99" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H99">
+        <v>10</v>
+      </c>
+      <c r="I99">
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>299</v>
+      </c>
+      <c r="C100" t="s">
         <v>300</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F100">
         <v>0</v>
       </c>
       <c r="G100">
         <v>77</v>
       </c>
-      <c r="H100" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H100">
+        <v>8</v>
+      </c>
+      <c r="I100">
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
+        <v>302</v>
+      </c>
+      <c r="C101" t="s">
         <v>303</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
         <v>24</v>
       </c>
-      <c r="H101" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H101">
+        <v>3</v>
+      </c>
+      <c r="I101">
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>305</v>
+      </c>
+      <c r="C102" t="s">
         <v>306</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
       <c r="F102">
         <v>0</v>
       </c>
       <c r="G102">
         <v>353</v>
       </c>
-      <c r="H102" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H102">
+        <v>10</v>
+      </c>
+      <c r="I102">
+        <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>308</v>
+      </c>
+      <c r="C103" t="s">
         <v>309</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F103">
         <v>0</v>
       </c>
       <c r="G103">
         <v>54</v>
       </c>
-      <c r="H103" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H103">
+        <v>10</v>
+      </c>
+      <c r="I103">
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>311</v>
+      </c>
+      <c r="C104" t="s">
         <v>312</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F104">
         <v>0</v>
       </c>
       <c r="G104">
         <v>109</v>
       </c>
-      <c r="H104" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H104">
+        <v>4</v>
+      </c>
+      <c r="I104">
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>314</v>
+      </c>
+      <c r="C105" t="s">
         <v>315</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F105">
         <v>0</v>
       </c>
       <c r="G105">
         <v>22</v>
       </c>
-      <c r="H105" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H105">
+        <v>6</v>
+      </c>
+      <c r="I105">
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>317</v>
+      </c>
+      <c r="C106" t="s">
         <v>318</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
         <v>319</v>
       </c>
-      <c r="D106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F106">
         <v>0</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
-      <c r="H106" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H106">
+        <v>7</v>
+      </c>
+      <c r="I106">
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>320</v>
+      </c>
+      <c r="C107" t="s">
         <v>321</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F107">
         <v>0</v>
       </c>
       <c r="G107">
         <v>201</v>
       </c>
-      <c r="H107" t="s">
+      <c r="H107">
         <v>13</v>
       </c>
-      <c r="I107" t="s">
-        <v>13</v>
+      <c r="I107">
+        <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>323</v>
+      </c>
+      <c r="C108" t="s">
         <v>324</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>325</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
       <c r="G108">
         <v>39</v>
       </c>
-      <c r="H108" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H108">
+        <v>6</v>
+      </c>
+      <c r="I108">
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>327</v>
+      </c>
+      <c r="C109" t="s">
         <v>328</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>325</v>
+      </c>
+      <c r="E109" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
       <c r="F109">
         <v>0</v>
       </c>
       <c r="G109">
         <v>70</v>
       </c>
-      <c r="H109" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="H109">
+        <v>8</v>
+      </c>
+      <c r="I109">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">