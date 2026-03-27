--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -12,89 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1935">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1934">
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>NPSN</t>
   </si>
   <si>
     <t>NAMA SEKOLAH</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
     <t>KEPALA SEKOLAH</t>
   </si>
   <si>
     <t>ROMBEL</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>GURU</t>
   </si>
   <si>
     <t>TENAGA ADMINISTRASI</t>
   </si>
   <si>
     <t>SD - IT BINA INSAN</t>
   </si>
   <si>
     <t>Swasta</t>
   </si>
   <si>
     <t>Tutia Rahmi</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>SD ABISATYA SARAH SCHOOL</t>
   </si>
   <si>
     <t>Wisnu Irsandi Pratama</t>
   </si>
   <si>
     <t>SD ADVENT LUBUK PAKAM</t>
   </si>
   <si>
     <t>Hindar Simbolon</t>
   </si>
   <si>
     <t>SD AL BAHRI SCHOOL</t>
   </si>
   <si>
     <t>Ruswaini</t>
   </si>
   <si>
     <t>SD AL WASHLIYAH PERCUT</t>
   </si>
   <si>
     <t>WAN ULFA DHANI</t>
   </si>
@@ -6240,28243 +6237,28243 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>69888714</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2">
         <v>22</v>
       </c>
       <c r="G2">
         <v>614</v>
       </c>
-      <c r="H2" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H2">
+        <v>36</v>
+      </c>
+      <c r="I2">
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>70048369</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F3">
         <v>2</v>
       </c>
       <c r="G3">
         <v>8</v>
       </c>
-      <c r="H3" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H3">
+        <v>4</v>
+      </c>
+      <c r="I3">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>10212901</v>
       </c>
       <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F4">
         <v>6</v>
       </c>
       <c r="G4">
         <v>19</v>
       </c>
-      <c r="H4" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H4">
+        <v>7</v>
+      </c>
+      <c r="I4">
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>70045192</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F5">
         <v>6</v>
       </c>
       <c r="G5">
         <v>96</v>
       </c>
-      <c r="H5" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H5">
+        <v>10</v>
+      </c>
+      <c r="I5">
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>10217663</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F6">
         <v>6</v>
       </c>
       <c r="G6">
         <v>130</v>
       </c>
-      <c r="H6" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H6">
+        <v>9</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>10213587</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F7">
         <v>17</v>
       </c>
       <c r="G7">
         <v>458</v>
       </c>
-      <c r="H7" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H7">
+        <v>25</v>
+      </c>
+      <c r="I7">
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>10215112</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F8">
         <v>12</v>
       </c>
       <c r="G8">
         <v>214</v>
       </c>
-      <c r="H8" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H8">
+        <v>16</v>
+      </c>
+      <c r="I8">
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>10200741</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F9">
         <v>5</v>
       </c>
       <c r="G9">
         <v>36</v>
       </c>
-      <c r="H9" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H9">
+        <v>5</v>
+      </c>
+      <c r="I9">
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>70046815</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F10">
         <v>3</v>
       </c>
       <c r="G10">
         <v>25</v>
       </c>
-      <c r="H10" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H10">
+        <v>4</v>
+      </c>
+      <c r="I10">
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>10261323</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F11">
         <v>5</v>
       </c>
       <c r="G11">
         <v>29</v>
       </c>
-      <c r="H11" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H11">
+        <v>3</v>
+      </c>
+      <c r="I11">
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>10220197</v>
       </c>
       <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F12">
         <v>6</v>
       </c>
       <c r="G12">
         <v>88</v>
       </c>
-      <c r="H12" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H12">
+        <v>9</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>10213679</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F13">
         <v>8</v>
       </c>
       <c r="G13">
         <v>238</v>
       </c>
-      <c r="H13" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H13">
+        <v>13</v>
+      </c>
+      <c r="I13">
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>10213595</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F14">
         <v>9</v>
       </c>
       <c r="G14">
         <v>177</v>
       </c>
-      <c r="H14" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H14">
+        <v>14</v>
+      </c>
+      <c r="I14">
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>69956445</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F15">
         <v>8</v>
       </c>
       <c r="G15">
         <v>175</v>
       </c>
-      <c r="H15" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H15">
+        <v>13</v>
+      </c>
+      <c r="I15">
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>10260523</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F16">
         <v>10</v>
       </c>
       <c r="G16">
         <v>306</v>
       </c>
-      <c r="H16" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H16">
+        <v>14</v>
+      </c>
+      <c r="I16">
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>69872307</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F17">
         <v>62</v>
       </c>
       <c r="G17">
         <v>1759</v>
       </c>
-      <c r="H17" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H17">
+        <v>62</v>
+      </c>
+      <c r="I17">
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>10257295</v>
       </c>
       <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F18">
         <v>16</v>
       </c>
       <c r="G18">
         <v>463</v>
       </c>
-      <c r="H18" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H18">
+        <v>28</v>
+      </c>
+      <c r="I18">
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>10261660</v>
       </c>
       <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F19">
         <v>6</v>
       </c>
       <c r="G19">
         <v>125</v>
       </c>
-      <c r="H19" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H19">
+        <v>8</v>
+      </c>
+      <c r="I19">
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>69733887</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F20">
         <v>6</v>
       </c>
       <c r="G20">
         <v>100</v>
       </c>
-      <c r="H20" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H20">
+        <v>9</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>10215135</v>
       </c>
       <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F21">
         <v>6</v>
       </c>
       <c r="G21">
         <v>127</v>
       </c>
-      <c r="H21" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H21">
+        <v>11</v>
+      </c>
+      <c r="I21">
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>10213603</v>
       </c>
       <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F22">
         <v>6</v>
       </c>
       <c r="G22">
         <v>25</v>
       </c>
-      <c r="H22" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H22">
+        <v>8</v>
+      </c>
+      <c r="I22">
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>10215138</v>
       </c>
       <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F23">
         <v>9</v>
       </c>
       <c r="G23">
         <v>189</v>
       </c>
-      <c r="H23" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H23">
+        <v>13</v>
+      </c>
+      <c r="I23">
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>10260114</v>
       </c>
       <c r="C24" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F24">
         <v>12</v>
       </c>
       <c r="G24">
         <v>215</v>
       </c>
-      <c r="H24" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H24">
+        <v>5</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>10213607</v>
       </c>
       <c r="C25" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F25">
         <v>6</v>
       </c>
       <c r="G25">
         <v>68</v>
       </c>
-      <c r="H25" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H25">
+        <v>9</v>
+      </c>
+      <c r="I25">
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>10215142</v>
       </c>
       <c r="C26" t="s">
+        <v>58</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F26">
         <v>24</v>
       </c>
       <c r="G26">
         <v>647</v>
       </c>
-      <c r="H26" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H26">
+        <v>36</v>
+      </c>
+      <c r="I26">
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>10215143</v>
       </c>
       <c r="C27" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F27">
         <v>5</v>
       </c>
       <c r="G27">
         <v>26</v>
       </c>
-      <c r="H27" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H27">
+        <v>4</v>
+      </c>
+      <c r="I27">
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
         <v>10200725</v>
       </c>
       <c r="C28" t="s">
+        <v>62</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F28">
         <v>6</v>
       </c>
       <c r="G28">
         <v>88</v>
       </c>
-      <c r="H28" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H28">
+        <v>8</v>
+      </c>
+      <c r="I28">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>10213625</v>
       </c>
       <c r="C29" t="s">
+        <v>64</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F29">
         <v>6</v>
       </c>
       <c r="G29">
         <v>63</v>
       </c>
-      <c r="H29" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H29">
+        <v>9</v>
+      </c>
+      <c r="I29">
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>69902463</v>
       </c>
       <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F30">
         <v>6</v>
       </c>
       <c r="G30">
         <v>57</v>
       </c>
-      <c r="H30" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H30">
+        <v>6</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
         <v>60725273</v>
       </c>
       <c r="C31" t="s">
+        <v>68</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F31">
         <v>6</v>
       </c>
       <c r="G31">
         <v>107</v>
       </c>
-      <c r="H31" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H31">
+        <v>10</v>
+      </c>
+      <c r="I31">
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>10257294</v>
       </c>
       <c r="C32" t="s">
+        <v>70</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F32">
         <v>6</v>
       </c>
       <c r="G32">
         <v>190</v>
       </c>
-      <c r="H32" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H32">
+        <v>8</v>
+      </c>
+      <c r="I32">
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
         <v>70007095</v>
       </c>
       <c r="C33" t="s">
+        <v>72</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F33">
         <v>11</v>
       </c>
       <c r="G33">
         <v>229</v>
       </c>
-      <c r="H33" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H33">
+        <v>13</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>69899534</v>
       </c>
       <c r="C34" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F34">
         <v>6</v>
       </c>
       <c r="G34">
         <v>95</v>
       </c>
-      <c r="H34" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H34">
+        <v>11</v>
+      </c>
+      <c r="I34">
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
         <v>69934306</v>
       </c>
       <c r="C35" t="s">
+        <v>76</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F35">
         <v>6</v>
       </c>
       <c r="G35">
         <v>37</v>
       </c>
-      <c r="H35" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H35">
+        <v>4</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
         <v>69899535</v>
       </c>
       <c r="C36" t="s">
+        <v>78</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F36">
         <v>12</v>
       </c>
       <c r="G36">
         <v>290</v>
       </c>
-      <c r="H36" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H36">
+        <v>11</v>
+      </c>
+      <c r="I36">
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
         <v>70004912</v>
       </c>
       <c r="C37" t="s">
+        <v>80</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F37">
         <v>6</v>
       </c>
       <c r="G37">
         <v>69</v>
       </c>
-      <c r="H37" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H37">
+        <v>5</v>
+      </c>
+      <c r="I37">
+        <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>70043952</v>
       </c>
       <c r="C38" t="s">
+        <v>82</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F38">
         <v>5</v>
       </c>
       <c r="G38">
         <v>130</v>
       </c>
-      <c r="H38" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H38">
+        <v>5</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
         <v>69954094</v>
       </c>
       <c r="C39" t="s">
+        <v>84</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F39">
         <v>6</v>
       </c>
       <c r="G39">
         <v>77</v>
       </c>
-      <c r="H39" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H39">
+        <v>6</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
         <v>70039012</v>
       </c>
       <c r="C40" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F40">
         <v>8</v>
       </c>
       <c r="G40">
         <v>133</v>
       </c>
-      <c r="H40" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H40">
+        <v>9</v>
+      </c>
+      <c r="I40">
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
         <v>70036804</v>
       </c>
       <c r="C41" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F41">
         <v>13</v>
       </c>
       <c r="G41">
         <v>332</v>
       </c>
-      <c r="H41" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H41">
+        <v>16</v>
+      </c>
+      <c r="I41">
+        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
         <v>69945770</v>
       </c>
       <c r="C42" t="s">
+        <v>90</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F42">
         <v>9</v>
       </c>
       <c r="G42">
         <v>211</v>
       </c>
-      <c r="H42" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H42">
+        <v>9</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
         <v>69956515</v>
       </c>
       <c r="C43" t="s">
+        <v>92</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F43">
         <v>13</v>
       </c>
       <c r="G43">
         <v>340</v>
       </c>
-      <c r="H43" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H43">
+        <v>20</v>
+      </c>
+      <c r="I43">
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>69925752</v>
       </c>
       <c r="C44" t="s">
+        <v>94</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="F44">
         <v>9</v>
       </c>
       <c r="G44">
         <v>221</v>
       </c>
-      <c r="H44" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H44">
+        <v>14</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>69954005</v>
       </c>
       <c r="C45" t="s">
+        <v>96</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F45">
         <v>9</v>
       </c>
       <c r="G45">
         <v>294</v>
       </c>
-      <c r="H45" t="s">
+      <c r="H45">
         <v>12</v>
       </c>
-      <c r="I45" t="s">
-        <v>12</v>
+      <c r="I45">
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
         <v>70008402</v>
       </c>
       <c r="C46" t="s">
+        <v>98</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F46">
         <v>12</v>
       </c>
       <c r="G46">
         <v>283</v>
       </c>
-      <c r="H46" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H46">
+        <v>21</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
         <v>70044734</v>
       </c>
       <c r="C47" t="s">
+        <v>100</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F47">
         <v>0</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
-      <c r="H47" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H47">
+        <v>0</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
         <v>70055804</v>
       </c>
       <c r="C48" t="s">
+        <v>102</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
-      <c r="H48" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H48">
+        <v>6</v>
+      </c>
+      <c r="I48">
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
         <v>69957023</v>
       </c>
       <c r="C49" t="s">
+        <v>104</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F49">
         <v>6</v>
       </c>
       <c r="G49">
         <v>63</v>
       </c>
-      <c r="H49" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H49">
+        <v>9</v>
+      </c>
+      <c r="I49">
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
         <v>69926980</v>
       </c>
       <c r="C50" t="s">
+        <v>106</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F50">
         <v>8</v>
       </c>
       <c r="G50">
         <v>198</v>
       </c>
-      <c r="H50" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H50">
+        <v>11</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
         <v>70036326</v>
       </c>
       <c r="C51" t="s">
+        <v>108</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F51">
         <v>8</v>
       </c>
       <c r="G51">
         <v>210</v>
       </c>
-      <c r="H51" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H51">
+        <v>14</v>
+      </c>
+      <c r="I51">
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
         <v>69952221</v>
       </c>
       <c r="C52" t="s">
+        <v>110</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F52">
         <v>6</v>
       </c>
       <c r="G52">
         <v>150</v>
       </c>
-      <c r="H52" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H52">
+        <v>11</v>
+      </c>
+      <c r="I52">
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
         <v>10258531</v>
       </c>
       <c r="C53" t="s">
+        <v>112</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F53">
         <v>16</v>
       </c>
       <c r="G53">
         <v>434</v>
       </c>
-      <c r="H53" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H53">
+        <v>29</v>
+      </c>
+      <c r="I53">
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
         <v>69952643</v>
       </c>
       <c r="C54" t="s">
+        <v>114</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F54">
         <v>6</v>
       </c>
       <c r="G54">
         <v>194</v>
       </c>
-      <c r="H54" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H54">
+        <v>7</v>
+      </c>
+      <c r="I54">
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
         <v>69956509</v>
       </c>
       <c r="C55" t="s">
+        <v>116</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F55">
         <v>6</v>
       </c>
       <c r="G55">
         <v>103</v>
       </c>
-      <c r="H55" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H55">
+        <v>8</v>
+      </c>
+      <c r="I55">
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
         <v>70039688</v>
       </c>
       <c r="C56" t="s">
+        <v>118</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F56">
         <v>6</v>
       </c>
       <c r="G56">
         <v>121</v>
       </c>
-      <c r="H56" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H56">
+        <v>11</v>
+      </c>
+      <c r="I56">
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
         <v>69952695</v>
       </c>
       <c r="C57" t="s">
+        <v>120</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F57">
         <v>6</v>
       </c>
       <c r="G57">
         <v>60</v>
       </c>
-      <c r="H57" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H57">
+        <v>10</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
         <v>70027208</v>
       </c>
       <c r="C58" t="s">
+        <v>122</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F58">
         <v>10</v>
       </c>
       <c r="G58">
         <v>284</v>
       </c>
-      <c r="H58" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H58">
+        <v>13</v>
+      </c>
+      <c r="I58">
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
         <v>69934541</v>
       </c>
       <c r="C59" t="s">
+        <v>124</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F59">
         <v>5</v>
       </c>
       <c r="G59">
         <v>55</v>
       </c>
-      <c r="H59" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H59">
+        <v>3</v>
+      </c>
+      <c r="I59">
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
         <v>69924559</v>
       </c>
       <c r="C60" t="s">
+        <v>126</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F60">
         <v>10</v>
       </c>
       <c r="G60">
         <v>200</v>
       </c>
-      <c r="H60" t="s">
+      <c r="H60">
         <v>12</v>
       </c>
-      <c r="I60" t="s">
-        <v>12</v>
+      <c r="I60">
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
         <v>10261672</v>
       </c>
       <c r="C61" t="s">
+        <v>128</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F61">
         <v>7</v>
       </c>
       <c r="G61">
         <v>105</v>
       </c>
-      <c r="H61" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H61">
+        <v>11</v>
+      </c>
+      <c r="I61">
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
         <v>70040411</v>
       </c>
       <c r="C62" t="s">
+        <v>130</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F62">
         <v>4</v>
       </c>
       <c r="G62">
         <v>30</v>
       </c>
-      <c r="H62" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H62">
+        <v>5</v>
+      </c>
+      <c r="I62">
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
         <v>70048134</v>
       </c>
       <c r="C63" t="s">
+        <v>132</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F63">
         <v>4</v>
       </c>
       <c r="G63">
         <v>58</v>
       </c>
-      <c r="H63" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H63">
+        <v>6</v>
+      </c>
+      <c r="I63">
+        <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
         <v>70058078</v>
       </c>
       <c r="C64" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F64">
         <v>0</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
-      <c r="H64" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H64">
+        <v>0</v>
+      </c>
+      <c r="I64">
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
         <v>70044146</v>
       </c>
       <c r="C65" t="s">
+        <v>135</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F65">
         <v>6</v>
       </c>
       <c r="G65">
         <v>106</v>
       </c>
-      <c r="H65" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H65">
+        <v>6</v>
+      </c>
+      <c r="I65">
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
         <v>10213581</v>
       </c>
       <c r="C66" t="s">
+        <v>137</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F66">
         <v>6</v>
       </c>
       <c r="G66">
         <v>149</v>
       </c>
-      <c r="H66" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H66">
+        <v>7</v>
+      </c>
+      <c r="I66">
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
         <v>70039294</v>
       </c>
       <c r="C67" t="s">
+        <v>139</v>
+      </c>
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F67">
         <v>9</v>
       </c>
       <c r="G67">
         <v>178</v>
       </c>
-      <c r="H67" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H67">
+        <v>9</v>
+      </c>
+      <c r="I67">
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
         <v>70047560</v>
       </c>
       <c r="C68" t="s">
+        <v>141</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F68">
         <v>3</v>
       </c>
       <c r="G68">
         <v>28</v>
       </c>
-      <c r="H68" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H68">
+        <v>5</v>
+      </c>
+      <c r="I68">
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
         <v>10261595</v>
       </c>
       <c r="C69" t="s">
+        <v>143</v>
+      </c>
+      <c r="D69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F69">
         <v>20</v>
       </c>
       <c r="G69">
         <v>687</v>
       </c>
-      <c r="H69" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H69">
+        <v>28</v>
+      </c>
+      <c r="I69">
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
         <v>69893347</v>
       </c>
       <c r="C70" t="s">
+        <v>145</v>
+      </c>
+      <c r="D70" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F70">
         <v>6</v>
       </c>
       <c r="G70">
         <v>159</v>
       </c>
-      <c r="H70" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H70">
+        <v>9</v>
+      </c>
+      <c r="I70">
+        <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
         <v>70050615</v>
       </c>
       <c r="C71" t="s">
+        <v>147</v>
+      </c>
+      <c r="D71" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F71">
         <v>3</v>
       </c>
       <c r="G71">
         <v>23</v>
       </c>
-      <c r="H71" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H71">
+        <v>6</v>
+      </c>
+      <c r="I71">
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
         <v>69958932</v>
       </c>
       <c r="C72" t="s">
+        <v>149</v>
+      </c>
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F72">
         <v>7</v>
       </c>
       <c r="G72">
         <v>153</v>
       </c>
-      <c r="H72" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H72">
+        <v>13</v>
+      </c>
+      <c r="I72">
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
         <v>69894498</v>
       </c>
       <c r="C73" t="s">
+        <v>151</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F73">
         <v>6</v>
       </c>
       <c r="G73">
         <v>137</v>
       </c>
-      <c r="H73" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H73">
+        <v>8</v>
+      </c>
+      <c r="I73">
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
         <v>70013642</v>
       </c>
       <c r="C74" t="s">
+        <v>153</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F74">
         <v>6</v>
       </c>
       <c r="G74">
         <v>88</v>
       </c>
-      <c r="H74" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H74">
+        <v>8</v>
+      </c>
+      <c r="I74">
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
         <v>69910931</v>
       </c>
       <c r="C75" t="s">
+        <v>155</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F75">
         <v>6</v>
       </c>
       <c r="G75">
         <v>209</v>
       </c>
-      <c r="H75" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H75">
+        <v>9</v>
+      </c>
+      <c r="I75">
+        <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
         <v>70045945</v>
       </c>
       <c r="C76" t="s">
+        <v>157</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F76">
         <v>6</v>
       </c>
       <c r="G76">
         <v>55</v>
       </c>
-      <c r="H76" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H76">
+        <v>10</v>
+      </c>
+      <c r="I76">
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
         <v>70040768</v>
       </c>
       <c r="C77" t="s">
+        <v>159</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F77">
         <v>5</v>
       </c>
       <c r="G77">
         <v>118</v>
       </c>
-      <c r="H77" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H77">
+        <v>7</v>
+      </c>
+      <c r="I77">
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
         <v>70047606</v>
       </c>
       <c r="C78" t="s">
+        <v>161</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F78">
         <v>12</v>
       </c>
       <c r="G78">
         <v>352</v>
       </c>
-      <c r="H78" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H78">
+        <v>20</v>
+      </c>
+      <c r="I78">
+        <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
         <v>60725260</v>
       </c>
       <c r="C79" t="s">
+        <v>163</v>
+      </c>
+      <c r="D79" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F79">
         <v>20</v>
       </c>
       <c r="G79">
         <v>635</v>
       </c>
-      <c r="H79" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H79">
+        <v>25</v>
+      </c>
+      <c r="I79">
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
         <v>70053705</v>
       </c>
       <c r="C80" t="s">
+        <v>165</v>
+      </c>
+      <c r="D80" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F80">
         <v>4</v>
       </c>
       <c r="G80">
         <v>153</v>
       </c>
-      <c r="H80" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H80">
+        <v>6</v>
+      </c>
+      <c r="I80">
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
         <v>70047766</v>
       </c>
       <c r="C81" t="s">
+        <v>167</v>
+      </c>
+      <c r="D81" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F81">
         <v>4</v>
       </c>
       <c r="G81">
         <v>71</v>
       </c>
-      <c r="H81" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H81">
+        <v>5</v>
+      </c>
+      <c r="I81">
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
         <v>70039991</v>
       </c>
       <c r="C82" t="s">
+        <v>169</v>
+      </c>
+      <c r="D82" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F82">
         <v>4</v>
       </c>
       <c r="G82">
         <v>68</v>
       </c>
-      <c r="H82" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H82">
+        <v>8</v>
+      </c>
+      <c r="I82">
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
         <v>70052272</v>
       </c>
       <c r="C83" t="s">
+        <v>171</v>
+      </c>
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F83">
         <v>4</v>
       </c>
       <c r="G83">
         <v>61</v>
       </c>
-      <c r="H83" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H83">
+        <v>3</v>
+      </c>
+      <c r="I83">
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
         <v>70009897</v>
       </c>
       <c r="C84" t="s">
+        <v>173</v>
+      </c>
+      <c r="D84" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F84">
         <v>13</v>
       </c>
       <c r="G84">
         <v>280</v>
       </c>
-      <c r="H84" t="s">
+      <c r="H84">
         <v>12</v>
       </c>
-      <c r="I84" t="s">
-        <v>12</v>
+      <c r="I84">
+        <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
         <v>70055792</v>
       </c>
       <c r="C85" t="s">
+        <v>175</v>
+      </c>
+      <c r="D85" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F85">
         <v>2</v>
       </c>
       <c r="G85">
         <v>44</v>
       </c>
-      <c r="H85" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H85">
+        <v>1</v>
+      </c>
+      <c r="I85">
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
         <v>70051096</v>
       </c>
       <c r="C86" t="s">
+        <v>177</v>
+      </c>
+      <c r="D86" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F86">
         <v>7</v>
       </c>
       <c r="G86">
         <v>117</v>
       </c>
-      <c r="H86" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H86">
+        <v>8</v>
+      </c>
+      <c r="I86">
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>70013252</v>
       </c>
       <c r="C87" t="s">
+        <v>179</v>
+      </c>
+      <c r="D87" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F87">
         <v>7</v>
       </c>
       <c r="G87">
         <v>121</v>
       </c>
-      <c r="H87" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H87">
+        <v>8</v>
+      </c>
+      <c r="I87">
+        <v>2</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
         <v>70046553</v>
       </c>
       <c r="C88" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F88">
         <v>0</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
-      <c r="H88" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H88">
+        <v>0</v>
+      </c>
+      <c r="I88">
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
         <v>70048794</v>
       </c>
       <c r="C89" t="s">
+        <v>181</v>
+      </c>
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F89">
         <v>4</v>
       </c>
       <c r="G89">
         <v>103</v>
       </c>
-      <c r="H89" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H89">
+        <v>6</v>
+      </c>
+      <c r="I89">
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
         <v>70013264</v>
       </c>
       <c r="C90" t="s">
+        <v>183</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F90">
         <v>6</v>
       </c>
       <c r="G90">
         <v>103</v>
       </c>
-      <c r="H90" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H90">
+        <v>8</v>
+      </c>
+      <c r="I90">
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
         <v>70024569</v>
       </c>
       <c r="C91" t="s">
+        <v>185</v>
+      </c>
+      <c r="D91" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F91">
         <v>6</v>
       </c>
       <c r="G91">
         <v>65</v>
       </c>
-      <c r="H91" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H91">
+        <v>3</v>
+      </c>
+      <c r="I91">
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
         <v>70039995</v>
       </c>
       <c r="C92" t="s">
+        <v>187</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F92">
         <v>4</v>
       </c>
       <c r="G92">
         <v>64</v>
       </c>
-      <c r="H92" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H92">
+        <v>6</v>
+      </c>
+      <c r="I92">
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
         <v>70057926</v>
       </c>
       <c r="C93" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
-      <c r="H93" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H93">
+        <v>2</v>
+      </c>
+      <c r="I93">
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
         <v>70052271</v>
       </c>
       <c r="C94" t="s">
+        <v>190</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F94">
         <v>4</v>
       </c>
       <c r="G94">
         <v>54</v>
       </c>
-      <c r="H94" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H94">
+        <v>6</v>
+      </c>
+      <c r="I94">
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
         <v>70052162</v>
       </c>
       <c r="C95" t="s">
+        <v>192</v>
+      </c>
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F95">
         <v>3</v>
       </c>
       <c r="G95">
         <v>74</v>
       </c>
-      <c r="H95" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H95">
+        <v>4</v>
+      </c>
+      <c r="I95">
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
         <v>70013534</v>
       </c>
       <c r="C96" t="s">
+        <v>194</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F96">
         <v>0</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
-      <c r="H96" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H96">
+        <v>5</v>
+      </c>
+      <c r="I96">
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
         <v>70055789</v>
       </c>
       <c r="C97" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F97">
         <v>0</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
-      <c r="H97" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H97">
+        <v>3</v>
+      </c>
+      <c r="I97">
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
         <v>70013103</v>
       </c>
       <c r="C98" t="s">
+        <v>197</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F98">
         <v>6</v>
       </c>
       <c r="G98">
         <v>95</v>
       </c>
-      <c r="H98" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H98">
+        <v>7</v>
+      </c>
+      <c r="I98">
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
         <v>70009716</v>
       </c>
       <c r="C99" t="s">
+        <v>199</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F99">
         <v>7</v>
       </c>
       <c r="G99">
         <v>120</v>
       </c>
-      <c r="H99" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H99">
+        <v>10</v>
+      </c>
+      <c r="I99">
+        <v>2</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
         <v>70007970</v>
       </c>
       <c r="C100" t="s">
+        <v>201</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F100">
         <v>8</v>
       </c>
       <c r="G100">
         <v>127</v>
       </c>
-      <c r="H100" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H100">
+        <v>15</v>
+      </c>
+      <c r="I100">
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
         <v>69831520</v>
       </c>
       <c r="C101" t="s">
+        <v>203</v>
+      </c>
+      <c r="D101" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F101">
         <v>20</v>
       </c>
       <c r="G101">
         <v>494</v>
       </c>
-      <c r="H101" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H101">
+        <v>27</v>
+      </c>
+      <c r="I101">
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
         <v>70051212</v>
       </c>
       <c r="C102" t="s">
+        <v>205</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F102">
         <v>4</v>
       </c>
       <c r="G102">
         <v>56</v>
       </c>
-      <c r="H102" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H102">
+        <v>3</v>
+      </c>
+      <c r="I102">
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
         <v>69911243</v>
       </c>
       <c r="C103" t="s">
+        <v>207</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F103">
         <v>21</v>
       </c>
       <c r="G103">
         <v>490</v>
       </c>
-      <c r="H103" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H103">
+        <v>28</v>
+      </c>
+      <c r="I103">
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
         <v>70055130</v>
       </c>
       <c r="C104" t="s">
+        <v>209</v>
+      </c>
+      <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
         <v>210</v>
       </c>
-      <c r="D104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F104">
         <v>1</v>
       </c>
       <c r="G104">
         <v>10</v>
       </c>
-      <c r="H104" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H104">
+        <v>2</v>
+      </c>
+      <c r="I104">
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
         <v>70049174</v>
       </c>
       <c r="C105" t="s">
+        <v>211</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F105">
         <v>6</v>
       </c>
       <c r="G105">
         <v>159</v>
       </c>
-      <c r="H105" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H105">
+        <v>8</v>
+      </c>
+      <c r="I105">
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
         <v>10213616</v>
       </c>
       <c r="C106" t="s">
+        <v>213</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F106">
         <v>6</v>
       </c>
       <c r="G106">
         <v>85</v>
       </c>
-      <c r="H106" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H106">
+        <v>11</v>
+      </c>
+      <c r="I106">
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
         <v>70037915</v>
       </c>
       <c r="C107" t="s">
+        <v>215</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F107">
         <v>6</v>
       </c>
       <c r="G107">
         <v>140</v>
       </c>
-      <c r="H107" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H107">
+        <v>6</v>
+      </c>
+      <c r="I107">
+        <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
         <v>10215158</v>
       </c>
       <c r="C108" t="s">
+        <v>217</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F108">
         <v>15</v>
       </c>
       <c r="G108">
         <v>450</v>
       </c>
-      <c r="H108" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H108">
+        <v>19</v>
+      </c>
+      <c r="I108">
+        <v>4</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
         <v>10260141</v>
       </c>
       <c r="C109" t="s">
+        <v>219</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F109">
         <v>9</v>
       </c>
       <c r="G109">
         <v>124</v>
       </c>
-      <c r="H109" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H109">
+        <v>20</v>
+      </c>
+      <c r="I109">
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
         <v>69956507</v>
       </c>
       <c r="C110" t="s">
+        <v>221</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="F110">
         <v>6</v>
       </c>
       <c r="G110">
         <v>101</v>
       </c>
-      <c r="H110" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H110">
+        <v>11</v>
+      </c>
+      <c r="I110">
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
         <v>70050718</v>
       </c>
       <c r="C111" t="s">
+        <v>223</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F111">
         <v>5</v>
       </c>
       <c r="G111">
         <v>133</v>
       </c>
-      <c r="H111" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H111">
+        <v>8</v>
+      </c>
+      <c r="I111">
+        <v>3</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
         <v>70038646</v>
       </c>
       <c r="C112" t="s">
+        <v>225</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F112">
         <v>5</v>
       </c>
       <c r="G112">
         <v>76</v>
       </c>
-      <c r="H112" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H112">
+        <v>7</v>
+      </c>
+      <c r="I112">
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
         <v>10215162</v>
       </c>
       <c r="C113" t="s">
+        <v>227</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F113">
         <v>6</v>
       </c>
       <c r="G113">
         <v>101</v>
       </c>
-      <c r="H113" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H113">
+        <v>9</v>
+      </c>
+      <c r="I113">
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
         <v>10213621</v>
       </c>
       <c r="C114" t="s">
+        <v>229</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F114">
         <v>6</v>
       </c>
       <c r="G114">
         <v>101</v>
       </c>
-      <c r="H114" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H114">
+        <v>9</v>
+      </c>
+      <c r="I114">
+        <v>2</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
         <v>10212945</v>
       </c>
       <c r="C115" t="s">
+        <v>231</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F115">
         <v>14</v>
       </c>
       <c r="G115">
         <v>424</v>
       </c>
-      <c r="H115" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H115">
+        <v>21</v>
+      </c>
+      <c r="I115">
+        <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
         <v>10200713</v>
       </c>
       <c r="C116" t="s">
+        <v>233</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F116">
         <v>6</v>
       </c>
       <c r="G116">
         <v>154</v>
       </c>
-      <c r="H116" t="s">
+      <c r="H116">
         <v>12</v>
       </c>
-      <c r="I116" t="s">
-        <v>12</v>
+      <c r="I116">
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
         <v>10215167</v>
       </c>
       <c r="C117" t="s">
+        <v>235</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F117">
         <v>6</v>
       </c>
       <c r="G117">
         <v>67</v>
       </c>
-      <c r="H117" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H117">
+        <v>9</v>
+      </c>
+      <c r="I117">
+        <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
         <v>10200710</v>
       </c>
       <c r="C118" t="s">
+        <v>237</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F118">
         <v>6</v>
       </c>
       <c r="G118">
         <v>169</v>
       </c>
-      <c r="H118" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H118">
+        <v>11</v>
+      </c>
+      <c r="I118">
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
         <v>10215169</v>
       </c>
       <c r="C119" t="s">
+        <v>239</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F119">
         <v>18</v>
       </c>
       <c r="G119">
         <v>573</v>
       </c>
-      <c r="H119" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H119">
+        <v>32</v>
+      </c>
+      <c r="I119">
+        <v>3</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
         <v>10200712</v>
       </c>
       <c r="C120" t="s">
+        <v>241</v>
+      </c>
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F120">
         <v>6</v>
       </c>
       <c r="G120">
         <v>154</v>
       </c>
-      <c r="H120" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H120">
+        <v>8</v>
+      </c>
+      <c r="I120">
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
         <v>70054569</v>
       </c>
       <c r="C121" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F121">
         <v>0</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
-      <c r="H121" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H121">
+        <v>0</v>
+      </c>
+      <c r="I121">
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
         <v>10213634</v>
       </c>
       <c r="C122" t="s">
+        <v>244</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F122">
         <v>6</v>
       </c>
       <c r="G122">
         <v>105</v>
       </c>
-      <c r="H122" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H122">
+        <v>8</v>
+      </c>
+      <c r="I122">
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
         <v>10215172</v>
       </c>
       <c r="C123" t="s">
+        <v>246</v>
+      </c>
+      <c r="D123" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
       <c r="F123">
         <v>16</v>
       </c>
       <c r="G123">
         <v>375</v>
       </c>
-      <c r="H123" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H123">
+        <v>25</v>
+      </c>
+      <c r="I123">
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
         <v>70039525</v>
       </c>
       <c r="C124" t="s">
+        <v>248</v>
+      </c>
+      <c r="D124" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="F124">
         <v>4</v>
       </c>
       <c r="G124">
         <v>72</v>
       </c>
-      <c r="H124" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H124">
+        <v>4</v>
+      </c>
+      <c r="I124">
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125">
         <v>10213638</v>
       </c>
       <c r="C125" t="s">
+        <v>250</v>
+      </c>
+      <c r="D125" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F125">
         <v>12</v>
       </c>
       <c r="G125">
         <v>234</v>
       </c>
-      <c r="H125" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H125">
+        <v>19</v>
+      </c>
+      <c r="I125">
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126">
         <v>10213641</v>
       </c>
       <c r="C126" t="s">
+        <v>252</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F126">
         <v>7</v>
       </c>
       <c r="G126">
         <v>236</v>
       </c>
-      <c r="H126" t="s">
+      <c r="H126">
         <v>12</v>
       </c>
-      <c r="I126" t="s">
-        <v>12</v>
+      <c r="I126">
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
         <v>10200722</v>
       </c>
       <c r="C127" t="s">
+        <v>254</v>
+      </c>
+      <c r="D127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F127">
         <v>6</v>
       </c>
       <c r="G127">
         <v>111</v>
       </c>
-      <c r="H127" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H127">
+        <v>11</v>
+      </c>
+      <c r="I127">
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
         <v>10213615</v>
       </c>
       <c r="C128" t="s">
+        <v>256</v>
+      </c>
+      <c r="D128" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F128">
         <v>6</v>
       </c>
       <c r="G128">
         <v>73</v>
       </c>
-      <c r="H128" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H128">
+        <v>4</v>
+      </c>
+      <c r="I128">
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
         <v>10213648</v>
       </c>
       <c r="C129" t="s">
+        <v>258</v>
+      </c>
+      <c r="D129" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F129">
         <v>6</v>
       </c>
       <c r="G129">
         <v>123</v>
       </c>
-      <c r="H129" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H129">
+        <v>9</v>
+      </c>
+      <c r="I129">
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130">
         <v>10213651</v>
       </c>
       <c r="C130" t="s">
+        <v>260</v>
+      </c>
+      <c r="D130" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
       <c r="F130">
         <v>6</v>
       </c>
       <c r="G130">
         <v>160</v>
       </c>
-      <c r="H130" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H130">
+        <v>8</v>
+      </c>
+      <c r="I130">
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
         <v>10214651</v>
       </c>
       <c r="C131" t="s">
+        <v>262</v>
+      </c>
+      <c r="D131" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F131">
         <v>6</v>
       </c>
       <c r="G131">
         <v>53</v>
       </c>
-      <c r="H131" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H131">
+        <v>7</v>
+      </c>
+      <c r="I131">
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132">
         <v>10213653</v>
       </c>
       <c r="C132" t="s">
+        <v>264</v>
+      </c>
+      <c r="D132" t="s">
+        <v>10</v>
+      </c>
+      <c r="E132" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F132">
         <v>25</v>
       </c>
       <c r="G132">
         <v>767</v>
       </c>
-      <c r="H132" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H132">
+        <v>35</v>
+      </c>
+      <c r="I132">
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
         <v>10215193</v>
       </c>
       <c r="C133" t="s">
+        <v>266</v>
+      </c>
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F133">
         <v>6</v>
       </c>
       <c r="G133">
         <v>51</v>
       </c>
-      <c r="H133" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H133">
+        <v>7</v>
+      </c>
+      <c r="I133">
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
         <v>10213654</v>
       </c>
       <c r="C134" t="s">
+        <v>268</v>
+      </c>
+      <c r="D134" t="s">
+        <v>10</v>
+      </c>
+      <c r="E134" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F134">
         <v>6</v>
       </c>
       <c r="G134">
         <v>43</v>
       </c>
-      <c r="H134" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H134">
+        <v>6</v>
+      </c>
+      <c r="I134">
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135">
         <v>10213655</v>
       </c>
       <c r="C135" t="s">
+        <v>270</v>
+      </c>
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
       <c r="F135">
         <v>9</v>
       </c>
       <c r="G135">
         <v>222</v>
       </c>
-      <c r="H135" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H135">
+        <v>14</v>
+      </c>
+      <c r="I135">
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
         <v>10213656</v>
       </c>
       <c r="C136" t="s">
+        <v>272</v>
+      </c>
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F136">
         <v>13</v>
       </c>
       <c r="G136">
         <v>313</v>
       </c>
-      <c r="H136" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H136">
+        <v>17</v>
+      </c>
+      <c r="I136">
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
         <v>10213658</v>
       </c>
       <c r="C137" t="s">
+        <v>274</v>
+      </c>
+      <c r="D137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F137">
         <v>6</v>
       </c>
       <c r="G137">
         <v>62</v>
       </c>
-      <c r="H137" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H137">
+        <v>8</v>
+      </c>
+      <c r="I137">
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138">
         <v>10213659</v>
       </c>
       <c r="C138" t="s">
+        <v>276</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F138">
         <v>6</v>
       </c>
       <c r="G138">
         <v>187</v>
       </c>
-      <c r="H138" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H138">
+        <v>10</v>
+      </c>
+      <c r="I138">
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
         <v>10215204</v>
       </c>
       <c r="C139" t="s">
+        <v>278</v>
+      </c>
+      <c r="D139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="F139">
         <v>12</v>
       </c>
       <c r="G139">
         <v>391</v>
       </c>
-      <c r="H139" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H139">
+        <v>19</v>
+      </c>
+      <c r="I139">
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
         <v>70047308</v>
       </c>
       <c r="C140" t="s">
+        <v>280</v>
+      </c>
+      <c r="D140" t="s">
+        <v>10</v>
+      </c>
+      <c r="E140" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F140">
         <v>4</v>
       </c>
       <c r="G140">
         <v>86</v>
       </c>
-      <c r="H140" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H140">
+        <v>4</v>
+      </c>
+      <c r="I140">
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
         <v>69862404</v>
       </c>
       <c r="C141" t="s">
+        <v>282</v>
+      </c>
+      <c r="D141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F141">
         <v>16</v>
       </c>
       <c r="G141">
         <v>403</v>
       </c>
-      <c r="H141" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H141">
+        <v>38</v>
+      </c>
+      <c r="I141">
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
         <v>69900792</v>
       </c>
       <c r="C142" t="s">
+        <v>284</v>
+      </c>
+      <c r="D142" t="s">
+        <v>10</v>
+      </c>
+      <c r="E142" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F142">
         <v>13</v>
       </c>
       <c r="G142">
         <v>290</v>
       </c>
-      <c r="H142" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H142">
+        <v>21</v>
+      </c>
+      <c r="I142">
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
         <v>70036164</v>
       </c>
       <c r="C143" t="s">
+        <v>286</v>
+      </c>
+      <c r="D143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" t="s">
         <v>287</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F143">
         <v>6</v>
       </c>
       <c r="G143">
         <v>92</v>
       </c>
-      <c r="H143" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H143">
+        <v>10</v>
+      </c>
+      <c r="I143">
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
         <v>69904002</v>
       </c>
       <c r="C144" t="s">
+        <v>288</v>
+      </c>
+      <c r="D144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F144">
         <v>18</v>
       </c>
       <c r="G144">
         <v>492</v>
       </c>
-      <c r="H144" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H144">
+        <v>14</v>
+      </c>
+      <c r="I144">
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
         <v>70039681</v>
       </c>
       <c r="C145" t="s">
+        <v>290</v>
+      </c>
+      <c r="D145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F145">
         <v>5</v>
       </c>
       <c r="G145">
         <v>119</v>
       </c>
-      <c r="H145" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H145">
+        <v>7</v>
+      </c>
+      <c r="I145">
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
         <v>10213670</v>
       </c>
       <c r="C146" t="s">
+        <v>292</v>
+      </c>
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F146">
         <v>6</v>
       </c>
       <c r="G146">
         <v>47</v>
       </c>
-      <c r="H146" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H146">
+        <v>8</v>
+      </c>
+      <c r="I146">
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
         <v>10215212</v>
       </c>
       <c r="C147" t="s">
+        <v>294</v>
+      </c>
+      <c r="D147" t="s">
+        <v>10</v>
+      </c>
+      <c r="E147" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F147">
         <v>5</v>
       </c>
       <c r="G147">
         <v>23</v>
       </c>
-      <c r="H147" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H147">
+        <v>5</v>
+      </c>
+      <c r="I147">
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
         <v>10213672</v>
       </c>
       <c r="C148" t="s">
+        <v>296</v>
+      </c>
+      <c r="D148" t="s">
+        <v>10</v>
+      </c>
+      <c r="E148" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F148">
         <v>7</v>
       </c>
       <c r="G148">
         <v>166</v>
       </c>
-      <c r="H148" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H148">
+        <v>10</v>
+      </c>
+      <c r="I148">
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
         <v>10219914</v>
       </c>
       <c r="C149" t="s">
+        <v>298</v>
+      </c>
+      <c r="D149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F149">
         <v>6</v>
       </c>
       <c r="G149">
         <v>129</v>
       </c>
-      <c r="H149" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H149">
+        <v>9</v>
+      </c>
+      <c r="I149">
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
         <v>10219915</v>
       </c>
       <c r="C150" t="s">
+        <v>300</v>
+      </c>
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F150">
         <v>6</v>
       </c>
       <c r="G150">
         <v>137</v>
       </c>
-      <c r="H150" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H150">
+        <v>8</v>
+      </c>
+      <c r="I150">
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
         <v>10213674</v>
       </c>
       <c r="C151" t="s">
+        <v>302</v>
+      </c>
+      <c r="D151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F151">
         <v>6</v>
       </c>
       <c r="G151">
         <v>78</v>
       </c>
-      <c r="H151" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H151">
+        <v>8</v>
+      </c>
+      <c r="I151">
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
         <v>10213676</v>
       </c>
       <c r="C152" t="s">
+        <v>304</v>
+      </c>
+      <c r="D152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E152" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F152">
         <v>6</v>
       </c>
       <c r="G152">
         <v>131</v>
       </c>
-      <c r="H152" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H152">
+        <v>11</v>
+      </c>
+      <c r="I152">
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
         <v>10215173</v>
       </c>
       <c r="C153" t="s">
+        <v>306</v>
+      </c>
+      <c r="D153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
       <c r="F153">
         <v>6</v>
       </c>
       <c r="G153">
         <v>139</v>
       </c>
-      <c r="H153" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H153">
+        <v>9</v>
+      </c>
+      <c r="I153">
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
         <v>10215221</v>
       </c>
       <c r="C154" t="s">
+        <v>308</v>
+      </c>
+      <c r="D154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F154">
         <v>12</v>
       </c>
       <c r="G154">
         <v>388</v>
       </c>
-      <c r="H154" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H154">
+        <v>15</v>
+      </c>
+      <c r="I154">
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
         <v>10220201</v>
       </c>
       <c r="C155" t="s">
+        <v>310</v>
+      </c>
+      <c r="D155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
       <c r="F155">
         <v>8</v>
       </c>
       <c r="G155">
         <v>182</v>
       </c>
-      <c r="H155" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H155">
+        <v>5</v>
+      </c>
+      <c r="I155">
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
         <v>10260242</v>
       </c>
       <c r="C156" t="s">
+        <v>312</v>
+      </c>
+      <c r="D156" t="s">
+        <v>10</v>
+      </c>
+      <c r="E156" t="s">
         <v>313</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F156">
         <v>24</v>
       </c>
       <c r="G156">
         <v>639</v>
       </c>
-      <c r="H156" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H156">
+        <v>31</v>
+      </c>
+      <c r="I156">
+        <v>2</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
         <v>10213685</v>
       </c>
       <c r="C157" t="s">
+        <v>314</v>
+      </c>
+      <c r="D157" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
       <c r="F157">
         <v>11</v>
       </c>
       <c r="G157">
         <v>282</v>
       </c>
-      <c r="H157" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H157">
+        <v>14</v>
+      </c>
+      <c r="I157">
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
         <v>10213689</v>
       </c>
       <c r="C158" t="s">
+        <v>316</v>
+      </c>
+      <c r="D158" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="F158">
         <v>20</v>
       </c>
       <c r="G158">
         <v>587</v>
       </c>
-      <c r="H158" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H158">
+        <v>22</v>
+      </c>
+      <c r="I158">
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
         <v>70052111</v>
       </c>
       <c r="C159" t="s">
+        <v>318</v>
+      </c>
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
         <v>319</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
       <c r="F159">
         <v>3</v>
       </c>
       <c r="G159">
         <v>22</v>
       </c>
-      <c r="H159" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H159">
+        <v>5</v>
+      </c>
+      <c r="I159">
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
         <v>69973635</v>
       </c>
       <c r="C160" t="s">
+        <v>320</v>
+      </c>
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
       <c r="F160">
         <v>6</v>
       </c>
       <c r="G160">
         <v>124</v>
       </c>
-      <c r="H160" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H160">
+        <v>10</v>
+      </c>
+      <c r="I160">
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
         <v>69962970</v>
       </c>
       <c r="C161" t="s">
+        <v>322</v>
+      </c>
+      <c r="D161" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F161">
         <v>6</v>
       </c>
       <c r="G161">
         <v>91</v>
       </c>
-      <c r="H161" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H161">
+        <v>8</v>
+      </c>
+      <c r="I161">
+        <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
         <v>10213576</v>
       </c>
       <c r="C162" t="s">
+        <v>324</v>
+      </c>
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
       <c r="F162">
         <v>6</v>
       </c>
       <c r="G162">
         <v>69</v>
       </c>
-      <c r="H162" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H162">
+        <v>8</v>
+      </c>
+      <c r="I162">
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
         <v>10215097</v>
       </c>
       <c r="C163" t="s">
+        <v>326</v>
+      </c>
+      <c r="D163" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" t="s">
         <v>327</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="F163">
         <v>6</v>
       </c>
       <c r="G163">
         <v>78</v>
       </c>
-      <c r="H163" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H163">
+        <v>6</v>
+      </c>
+      <c r="I163">
+        <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
         <v>10213579</v>
       </c>
       <c r="C164" t="s">
+        <v>328</v>
+      </c>
+      <c r="D164" t="s">
+        <v>10</v>
+      </c>
+      <c r="E164" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
       <c r="F164">
         <v>11</v>
       </c>
       <c r="G164">
         <v>247</v>
       </c>
-      <c r="H164" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H164">
+        <v>13</v>
+      </c>
+      <c r="I164">
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
         <v>10260243</v>
       </c>
       <c r="C165" t="s">
+        <v>330</v>
+      </c>
+      <c r="D165" t="s">
+        <v>10</v>
+      </c>
+      <c r="E165" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F165">
         <v>6</v>
       </c>
       <c r="G165">
         <v>163</v>
       </c>
-      <c r="H165" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H165">
+        <v>15</v>
+      </c>
+      <c r="I165">
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
         <v>10213583</v>
       </c>
       <c r="C166" t="s">
+        <v>332</v>
+      </c>
+      <c r="D166" t="s">
+        <v>10</v>
+      </c>
+      <c r="E166" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
       <c r="F166">
         <v>12</v>
       </c>
       <c r="G166">
         <v>360</v>
       </c>
-      <c r="H166" t="s">
+      <c r="H166">
         <v>12</v>
       </c>
-      <c r="I166" t="s">
-        <v>12</v>
+      <c r="I166">
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
         <v>70056564</v>
       </c>
       <c r="C167" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F167">
         <v>0</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
-      <c r="H167" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H167">
+        <v>0</v>
+      </c>
+      <c r="I167">
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
         <v>69894501</v>
       </c>
       <c r="C168" t="s">
+        <v>335</v>
+      </c>
+      <c r="D168" t="s">
+        <v>10</v>
+      </c>
+      <c r="E168" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F168">
         <v>8</v>
       </c>
       <c r="G168">
         <v>227</v>
       </c>
-      <c r="H168" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H168">
+        <v>13</v>
+      </c>
+      <c r="I168">
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169">
         <v>10260803</v>
       </c>
       <c r="C169" t="s">
+        <v>337</v>
+      </c>
+      <c r="D169" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F169">
         <v>20</v>
       </c>
       <c r="G169">
         <v>602</v>
       </c>
-      <c r="H169" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H169">
+        <v>24</v>
+      </c>
+      <c r="I169">
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170">
         <v>10215104</v>
       </c>
       <c r="C170" t="s">
+        <v>339</v>
+      </c>
+      <c r="D170" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F170">
         <v>14</v>
       </c>
       <c r="G170">
         <v>373</v>
       </c>
-      <c r="H170" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H170">
+        <v>22</v>
+      </c>
+      <c r="I170">
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171">
         <v>10215107</v>
       </c>
       <c r="C171" t="s">
+        <v>341</v>
+      </c>
+      <c r="D171" t="s">
+        <v>10</v>
+      </c>
+      <c r="E171" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
       <c r="F171">
         <v>11</v>
       </c>
       <c r="G171">
         <v>292</v>
       </c>
-      <c r="H171" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H171">
+        <v>19</v>
+      </c>
+      <c r="I171">
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172">
         <v>10213586</v>
       </c>
       <c r="C172" t="s">
+        <v>343</v>
+      </c>
+      <c r="D172" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
       <c r="F172">
         <v>6</v>
       </c>
       <c r="G172">
         <v>72</v>
       </c>
-      <c r="H172" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H172">
+        <v>9</v>
+      </c>
+      <c r="I172">
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173">
         <v>10215109</v>
       </c>
       <c r="C173" t="s">
+        <v>345</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F173">
         <v>6</v>
       </c>
       <c r="G173">
         <v>80</v>
       </c>
-      <c r="H173" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H173">
+        <v>11</v>
+      </c>
+      <c r="I173">
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174">
         <v>10260809</v>
       </c>
       <c r="C174" t="s">
+        <v>347</v>
+      </c>
+      <c r="D174" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
       <c r="F174">
         <v>19</v>
       </c>
       <c r="G174">
         <v>435</v>
       </c>
-      <c r="H174" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H174">
+        <v>24</v>
+      </c>
+      <c r="I174">
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
         <v>10215099</v>
       </c>
       <c r="C175" t="s">
+        <v>349</v>
+      </c>
+      <c r="D175" t="s">
+        <v>10</v>
+      </c>
+      <c r="E175" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
       <c r="F175">
         <v>12</v>
       </c>
       <c r="G175">
         <v>253</v>
       </c>
-      <c r="H175" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H175">
+        <v>16</v>
+      </c>
+      <c r="I175">
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
         <v>69888487</v>
       </c>
       <c r="C176" t="s">
+        <v>351</v>
+      </c>
+      <c r="D176" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
       <c r="F176">
         <v>11</v>
       </c>
       <c r="G176">
         <v>291</v>
       </c>
-      <c r="H176" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H176">
+        <v>16</v>
+      </c>
+      <c r="I176">
+        <v>2</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
         <v>10260875</v>
       </c>
       <c r="C177" t="s">
+        <v>353</v>
+      </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F177">
         <v>8</v>
       </c>
       <c r="G177">
         <v>158</v>
       </c>
-      <c r="H177" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H177">
+        <v>11</v>
+      </c>
+      <c r="I177">
+        <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
         <v>10263551</v>
       </c>
       <c r="C178" t="s">
+        <v>355</v>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F178">
         <v>6</v>
       </c>
       <c r="G178">
         <v>165</v>
       </c>
-      <c r="H178" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H178">
+        <v>8</v>
+      </c>
+      <c r="I178">
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
         <v>10259708</v>
       </c>
       <c r="C179" t="s">
+        <v>357</v>
+      </c>
+      <c r="D179" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>359</v>
       </c>
       <c r="F179">
         <v>10</v>
       </c>
       <c r="G179">
         <v>191</v>
       </c>
-      <c r="H179" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H179">
+        <v>14</v>
+      </c>
+      <c r="I179">
+        <v>2</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
         <v>10213589</v>
       </c>
       <c r="C180" t="s">
+        <v>359</v>
+      </c>
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F180">
         <v>11</v>
       </c>
       <c r="G180">
         <v>319</v>
       </c>
-      <c r="H180" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H180">
+        <v>7</v>
+      </c>
+      <c r="I180">
+        <v>2</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181">
         <v>10262261</v>
       </c>
       <c r="C181" t="s">
+        <v>361</v>
+      </c>
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>363</v>
       </c>
       <c r="F181">
         <v>9</v>
       </c>
       <c r="G181">
         <v>245</v>
       </c>
-      <c r="H181" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H181">
+        <v>13</v>
+      </c>
+      <c r="I181">
+        <v>2</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
         <v>10215115</v>
       </c>
       <c r="C182" t="s">
+        <v>363</v>
+      </c>
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F182">
         <v>8</v>
       </c>
       <c r="G182">
         <v>186</v>
       </c>
-      <c r="H182" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H182">
+        <v>13</v>
+      </c>
+      <c r="I182">
+        <v>2</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
         <v>10264631</v>
       </c>
       <c r="C183" t="s">
+        <v>365</v>
+      </c>
+      <c r="D183" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="F183">
         <v>6</v>
       </c>
       <c r="G183">
         <v>119</v>
       </c>
-      <c r="H183" t="s">
+      <c r="H183">
         <v>12</v>
       </c>
-      <c r="I183" t="s">
-        <v>12</v>
+      <c r="I183">
+        <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
         <v>10213591</v>
       </c>
       <c r="C184" t="s">
+        <v>367</v>
+      </c>
+      <c r="D184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F184">
         <v>6</v>
       </c>
       <c r="G184">
         <v>57</v>
       </c>
-      <c r="H184" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H184">
+        <v>11</v>
+      </c>
+      <c r="I184">
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
         <v>10213592</v>
       </c>
       <c r="C185" t="s">
+        <v>369</v>
+      </c>
+      <c r="D185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F185">
         <v>6</v>
       </c>
       <c r="G185">
         <v>79</v>
       </c>
-      <c r="H185" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H185">
+        <v>6</v>
+      </c>
+      <c r="I185">
+        <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
         <v>10220198</v>
       </c>
       <c r="C186" t="s">
+        <v>371</v>
+      </c>
+      <c r="D186" t="s">
+        <v>10</v>
+      </c>
+      <c r="E186" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
       <c r="F186">
         <v>6</v>
       </c>
       <c r="G186">
         <v>114</v>
       </c>
-      <c r="H186" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H186">
+        <v>9</v>
+      </c>
+      <c r="I186">
+        <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187">
         <v>70054972</v>
       </c>
       <c r="C187" t="s">
+        <v>373</v>
+      </c>
+      <c r="D187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>375</v>
       </c>
       <c r="F187">
         <v>6</v>
       </c>
       <c r="G187">
         <v>21</v>
       </c>
-      <c r="H187" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H187">
+        <v>2</v>
+      </c>
+      <c r="I187">
+        <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188">
         <v>10213593</v>
       </c>
       <c r="C188" t="s">
+        <v>375</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
       <c r="F188">
         <v>8</v>
       </c>
       <c r="G188">
         <v>227</v>
       </c>
-      <c r="H188" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H188">
+        <v>21</v>
+      </c>
+      <c r="I188">
+        <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
         <v>10213594</v>
       </c>
       <c r="C189" t="s">
+        <v>377</v>
+      </c>
+      <c r="D189" t="s">
+        <v>10</v>
+      </c>
+      <c r="E189" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F189">
         <v>11</v>
       </c>
       <c r="G189">
         <v>290</v>
       </c>
-      <c r="H189" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H189">
+        <v>13</v>
+      </c>
+      <c r="I189">
+        <v>3</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
         <v>69733882</v>
       </c>
       <c r="C190" t="s">
+        <v>379</v>
+      </c>
+      <c r="D190" t="s">
+        <v>10</v>
+      </c>
+      <c r="E190" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="F190">
         <v>7</v>
       </c>
       <c r="G190">
         <v>153</v>
       </c>
-      <c r="H190" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H190">
+        <v>13</v>
+      </c>
+      <c r="I190">
+        <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
         <v>69989802</v>
       </c>
       <c r="C191" t="s">
+        <v>381</v>
+      </c>
+      <c r="D191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F191">
         <v>13</v>
       </c>
       <c r="G191">
         <v>392</v>
       </c>
-      <c r="H191" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H191">
+        <v>17</v>
+      </c>
+      <c r="I191">
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
         <v>69957004</v>
       </c>
       <c r="C192" t="s">
+        <v>383</v>
+      </c>
+      <c r="D192" t="s">
+        <v>10</v>
+      </c>
+      <c r="E192" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="F192">
         <v>6</v>
       </c>
       <c r="G192">
         <v>111</v>
       </c>
-      <c r="H192" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H192">
+        <v>7</v>
+      </c>
+      <c r="I192">
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
         <v>69962421</v>
       </c>
       <c r="C193" t="s">
+        <v>385</v>
+      </c>
+      <c r="D193" t="s">
+        <v>10</v>
+      </c>
+      <c r="E193" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
       <c r="F193">
         <v>6</v>
       </c>
       <c r="G193">
         <v>138</v>
       </c>
-      <c r="H193" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H193">
+        <v>1</v>
+      </c>
+      <c r="I193">
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
         <v>10213598</v>
       </c>
       <c r="C194" t="s">
+        <v>387</v>
+      </c>
+      <c r="D194" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="F194">
         <v>12</v>
       </c>
       <c r="G194">
         <v>260</v>
       </c>
-      <c r="H194" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H194">
+        <v>19</v>
+      </c>
+      <c r="I194">
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
         <v>69956696</v>
       </c>
       <c r="C195" t="s">
+        <v>389</v>
+      </c>
+      <c r="D195" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>391</v>
       </c>
       <c r="F195">
         <v>6</v>
       </c>
       <c r="G195">
         <v>118</v>
       </c>
-      <c r="H195" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H195">
+        <v>7</v>
+      </c>
+      <c r="I195">
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
         <v>10215127</v>
       </c>
       <c r="C196" t="s">
+        <v>391</v>
+      </c>
+      <c r="D196" t="s">
+        <v>10</v>
+      </c>
+      <c r="E196" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
       <c r="F196">
         <v>20</v>
       </c>
       <c r="G196">
         <v>326</v>
       </c>
-      <c r="H196" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H196">
+        <v>46</v>
+      </c>
+      <c r="I196">
+        <v>2</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
         <v>69786977</v>
       </c>
       <c r="C197" t="s">
+        <v>393</v>
+      </c>
+      <c r="D197" t="s">
+        <v>10</v>
+      </c>
+      <c r="E197" t="s">
         <v>394</v>
-      </c>
-[...4 lines deleted...]
-        <v>395</v>
       </c>
       <c r="F197">
         <v>6</v>
       </c>
       <c r="G197">
         <v>125</v>
       </c>
-      <c r="H197" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H197">
+        <v>9</v>
+      </c>
+      <c r="I197">
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198">
         <v>69972729</v>
       </c>
       <c r="C198" t="s">
+        <v>395</v>
+      </c>
+      <c r="D198" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F198">
         <v>6</v>
       </c>
       <c r="G198">
         <v>47</v>
       </c>
-      <c r="H198" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H198">
+        <v>6</v>
+      </c>
+      <c r="I198">
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
         <v>10213599</v>
       </c>
       <c r="C199" t="s">
+        <v>397</v>
+      </c>
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
         <v>398</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
       <c r="F199">
         <v>6</v>
       </c>
       <c r="G199">
         <v>134</v>
       </c>
-      <c r="H199" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H199">
+        <v>9</v>
+      </c>
+      <c r="I199">
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
         <v>69986566</v>
       </c>
       <c r="C200" t="s">
+        <v>399</v>
+      </c>
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
       <c r="F200">
         <v>6</v>
       </c>
       <c r="G200">
         <v>92</v>
       </c>
-      <c r="H200" t="s">
+      <c r="H200">
         <v>12</v>
       </c>
-      <c r="I200" t="s">
-        <v>12</v>
+      <c r="I200">
+        <v>2</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
         <v>10213600</v>
       </c>
       <c r="C201" t="s">
+        <v>401</v>
+      </c>
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
       <c r="F201">
         <v>6</v>
       </c>
       <c r="G201">
         <v>150</v>
       </c>
-      <c r="H201" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H201">
+        <v>13</v>
+      </c>
+      <c r="I201">
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
         <v>10220199</v>
       </c>
       <c r="C202" t="s">
+        <v>403</v>
+      </c>
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F202">
         <v>11</v>
       </c>
       <c r="G202">
         <v>236</v>
       </c>
-      <c r="H202" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H202">
+        <v>16</v>
+      </c>
+      <c r="I202">
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
         <v>70043897</v>
       </c>
       <c r="C203" t="s">
+        <v>405</v>
+      </c>
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
       <c r="F203">
         <v>4</v>
       </c>
       <c r="G203">
         <v>40</v>
       </c>
-      <c r="H203" t="s">
+      <c r="H203">
         <v>12</v>
       </c>
-      <c r="I203" t="s">
-        <v>12</v>
+      <c r="I203">
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
         <v>70025751</v>
       </c>
       <c r="C204" t="s">
+        <v>407</v>
+      </c>
+      <c r="D204" t="s">
+        <v>10</v>
+      </c>
+      <c r="E204" t="s">
         <v>408</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
       <c r="F204">
         <v>6</v>
       </c>
       <c r="G204">
         <v>124</v>
       </c>
-      <c r="H204" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H204">
+        <v>7</v>
+      </c>
+      <c r="I204">
+        <v>2</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
         <v>69989775</v>
       </c>
       <c r="C205" t="s">
+        <v>409</v>
+      </c>
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
       <c r="F205">
         <v>6</v>
       </c>
       <c r="G205">
         <v>73</v>
       </c>
-      <c r="H205" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H205">
+        <v>6</v>
+      </c>
+      <c r="I205">
+        <v>3</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
         <v>10201362</v>
       </c>
       <c r="C206" t="s">
+        <v>411</v>
+      </c>
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
         <v>412</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F206">
         <v>3</v>
       </c>
       <c r="G206">
         <v>23</v>
       </c>
-      <c r="H206" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H206">
+        <v>5</v>
+      </c>
+      <c r="I206">
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
         <v>10213606</v>
       </c>
       <c r="C207" t="s">
+        <v>413</v>
+      </c>
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
       <c r="F207">
         <v>6</v>
       </c>
       <c r="G207">
         <v>63</v>
       </c>
-      <c r="H207" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H207">
+        <v>8</v>
+      </c>
+      <c r="I207">
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
         <v>10213091</v>
       </c>
       <c r="C208" t="s">
+        <v>415</v>
+      </c>
+      <c r="D208" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
       <c r="F208">
         <v>6</v>
       </c>
       <c r="G208">
         <v>78</v>
       </c>
-      <c r="H208" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H208">
+        <v>8</v>
+      </c>
+      <c r="I208">
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
         <v>69889017</v>
       </c>
       <c r="C209" t="s">
+        <v>417</v>
+      </c>
+      <c r="D209" t="s">
+        <v>10</v>
+      </c>
+      <c r="E209" t="s">
         <v>418</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
       <c r="F209">
         <v>6</v>
       </c>
       <c r="G209">
         <v>75</v>
       </c>
-      <c r="H209" t="s">
+      <c r="H209">
         <v>12</v>
       </c>
-      <c r="I209" t="s">
-        <v>12</v>
+      <c r="I209">
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
         <v>10217784</v>
       </c>
       <c r="C210" t="s">
+        <v>419</v>
+      </c>
+      <c r="D210" t="s">
+        <v>10</v>
+      </c>
+      <c r="E210" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
       <c r="F210">
         <v>6</v>
       </c>
       <c r="G210">
         <v>123</v>
       </c>
-      <c r="H210" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H210">
+        <v>5</v>
+      </c>
+      <c r="I210">
+        <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
         <v>69975309</v>
       </c>
       <c r="C211" t="s">
+        <v>421</v>
+      </c>
+      <c r="D211" t="s">
+        <v>10</v>
+      </c>
+      <c r="E211" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F211">
         <v>6</v>
       </c>
       <c r="G211">
         <v>96</v>
       </c>
-      <c r="H211" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H211">
+        <v>4</v>
+      </c>
+      <c r="I211">
+        <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
         <v>10257296</v>
       </c>
       <c r="C212" t="s">
+        <v>423</v>
+      </c>
+      <c r="D212" t="s">
+        <v>10</v>
+      </c>
+      <c r="E212" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>425</v>
       </c>
       <c r="F212">
         <v>6</v>
       </c>
       <c r="G212">
         <v>75</v>
       </c>
-      <c r="H212" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H212">
+        <v>10</v>
+      </c>
+      <c r="I212">
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213">
         <v>10217785</v>
       </c>
       <c r="C213" t="s">
+        <v>425</v>
+      </c>
+      <c r="D213" t="s">
+        <v>10</v>
+      </c>
+      <c r="E213" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
       <c r="F213">
         <v>16</v>
       </c>
       <c r="G213">
         <v>456</v>
       </c>
-      <c r="H213" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H213">
+        <v>23</v>
+      </c>
+      <c r="I213">
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214">
         <v>69831495</v>
       </c>
       <c r="C214" t="s">
+        <v>427</v>
+      </c>
+      <c r="D214" t="s">
+        <v>10</v>
+      </c>
+      <c r="E214" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="F214">
         <v>10</v>
       </c>
       <c r="G214">
         <v>201</v>
       </c>
-      <c r="H214" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H214">
+        <v>13</v>
+      </c>
+      <c r="I214">
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
         <v>10213611</v>
       </c>
       <c r="C215" t="s">
+        <v>429</v>
+      </c>
+      <c r="D215" t="s">
+        <v>10</v>
+      </c>
+      <c r="E215" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
       <c r="F215">
         <v>0</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
-      <c r="H215" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H215">
+        <v>1</v>
+      </c>
+      <c r="I215">
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
         <v>69975300</v>
       </c>
       <c r="C216" t="s">
+        <v>431</v>
+      </c>
+      <c r="D216" t="s">
+        <v>10</v>
+      </c>
+      <c r="E216" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
       <c r="F216">
         <v>6</v>
       </c>
       <c r="G216">
         <v>76</v>
       </c>
-      <c r="H216" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H216">
+        <v>11</v>
+      </c>
+      <c r="I216">
+        <v>2</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
         <v>69981518</v>
       </c>
       <c r="C217" t="s">
+        <v>433</v>
+      </c>
+      <c r="D217" t="s">
+        <v>10</v>
+      </c>
+      <c r="E217" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="F217">
         <v>16</v>
       </c>
       <c r="G217">
         <v>341</v>
       </c>
-      <c r="H217" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H217">
+        <v>21</v>
+      </c>
+      <c r="I217">
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
         <v>70055199</v>
       </c>
       <c r="C218" t="s">
+        <v>435</v>
+      </c>
+      <c r="D218" t="s">
+        <v>10</v>
+      </c>
+      <c r="E218" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F218">
         <v>4</v>
       </c>
       <c r="G218">
         <v>71</v>
       </c>
-      <c r="H218" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H218">
+        <v>4</v>
+      </c>
+      <c r="I218">
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219">
         <v>70053722</v>
       </c>
       <c r="C219" t="s">
+        <v>437</v>
+      </c>
+      <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="F219">
         <v>3</v>
       </c>
       <c r="G219">
         <v>53</v>
       </c>
-      <c r="H219" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H219">
+        <v>4</v>
+      </c>
+      <c r="I219">
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220">
         <v>69981094</v>
       </c>
       <c r="C220" t="s">
+        <v>439</v>
+      </c>
+      <c r="D220" t="s">
+        <v>10</v>
+      </c>
+      <c r="E220" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F220">
         <v>7</v>
       </c>
       <c r="G220">
         <v>188</v>
       </c>
-      <c r="H220" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H220">
+        <v>10</v>
+      </c>
+      <c r="I220">
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221">
         <v>69990699</v>
       </c>
       <c r="C221" t="s">
+        <v>441</v>
+      </c>
+      <c r="D221" t="s">
+        <v>10</v>
+      </c>
+      <c r="E221" t="s">
         <v>442</v>
-      </c>
-[...4 lines deleted...]
-        <v>443</v>
       </c>
       <c r="F221">
         <v>13</v>
       </c>
       <c r="G221">
         <v>330</v>
       </c>
-      <c r="H221" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H221">
+        <v>3</v>
+      </c>
+      <c r="I221">
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222">
         <v>69987308</v>
       </c>
       <c r="C222" t="s">
+        <v>443</v>
+      </c>
+      <c r="D222" t="s">
+        <v>10</v>
+      </c>
+      <c r="E222" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F222">
         <v>12</v>
       </c>
       <c r="G222">
         <v>273</v>
       </c>
-      <c r="H222" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H222">
+        <v>21</v>
+      </c>
+      <c r="I222">
+        <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223">
         <v>69986556</v>
       </c>
       <c r="C223" t="s">
+        <v>445</v>
+      </c>
+      <c r="D223" t="s">
+        <v>10</v>
+      </c>
+      <c r="E223" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F223">
         <v>6</v>
       </c>
       <c r="G223">
         <v>127</v>
       </c>
-      <c r="H223" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H223">
+        <v>7</v>
+      </c>
+      <c r="I223">
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224">
         <v>10215101</v>
       </c>
       <c r="C224" t="s">
+        <v>447</v>
+      </c>
+      <c r="D224" t="s">
+        <v>10</v>
+      </c>
+      <c r="E224" t="s">
         <v>448</v>
-      </c>
-[...4 lines deleted...]
-        <v>449</v>
       </c>
       <c r="F224">
         <v>23</v>
       </c>
       <c r="G224">
         <v>579</v>
       </c>
-      <c r="H224" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H224">
+        <v>44</v>
+      </c>
+      <c r="I224">
+        <v>2</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225">
         <v>69981203</v>
       </c>
       <c r="C225" t="s">
+        <v>449</v>
+      </c>
+      <c r="D225" t="s">
+        <v>10</v>
+      </c>
+      <c r="E225" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
       <c r="F225">
         <v>7</v>
       </c>
       <c r="G225">
         <v>141</v>
       </c>
-      <c r="H225" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H225">
+        <v>8</v>
+      </c>
+      <c r="I225">
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226">
         <v>69988624</v>
       </c>
       <c r="C226" t="s">
+        <v>451</v>
+      </c>
+      <c r="D226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
       <c r="F226">
         <v>7</v>
       </c>
       <c r="G226">
         <v>162</v>
       </c>
-      <c r="H226" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H226">
+        <v>10</v>
+      </c>
+      <c r="I226">
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227">
         <v>69982160</v>
       </c>
       <c r="C227" t="s">
+        <v>453</v>
+      </c>
+      <c r="D227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="F227">
         <v>6</v>
       </c>
       <c r="G227">
         <v>116</v>
       </c>
-      <c r="H227" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H227">
+        <v>2</v>
+      </c>
+      <c r="I227">
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228">
         <v>69974443</v>
       </c>
       <c r="C228" t="s">
+        <v>455</v>
+      </c>
+      <c r="D228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" t="s">
         <v>456</v>
-      </c>
-[...4 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F228">
         <v>6</v>
       </c>
       <c r="G228">
         <v>134</v>
       </c>
-      <c r="H228" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H228">
+        <v>10</v>
+      </c>
+      <c r="I228">
+        <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229">
         <v>69969842</v>
       </c>
       <c r="C229" t="s">
+        <v>457</v>
+      </c>
+      <c r="D229" t="s">
+        <v>10</v>
+      </c>
+      <c r="E229" t="s">
         <v>458</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="F229">
         <v>12</v>
       </c>
       <c r="G229">
         <v>324</v>
       </c>
-      <c r="H229" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H229">
+        <v>9</v>
+      </c>
+      <c r="I229">
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
         <v>69961031</v>
       </c>
       <c r="C230" t="s">
+        <v>459</v>
+      </c>
+      <c r="D230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" t="s">
         <v>460</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F230">
         <v>6</v>
       </c>
       <c r="G230">
         <v>153</v>
       </c>
-      <c r="H230" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H230">
+        <v>8</v>
+      </c>
+      <c r="I230">
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
         <v>69991786</v>
       </c>
       <c r="C231" t="s">
+        <v>461</v>
+      </c>
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
       <c r="F231">
         <v>6</v>
       </c>
       <c r="G231">
         <v>122</v>
       </c>
-      <c r="H231" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H231">
+        <v>10</v>
+      </c>
+      <c r="I231">
+        <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
         <v>69982006</v>
       </c>
       <c r="C232" t="s">
+        <v>463</v>
+      </c>
+      <c r="D232" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" t="s">
         <v>464</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F232">
         <v>6</v>
       </c>
       <c r="G232">
         <v>84</v>
       </c>
-      <c r="H232" t="s">
+      <c r="H232">
         <v>12</v>
       </c>
-      <c r="I232" t="s">
-        <v>12</v>
+      <c r="I232">
+        <v>3</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
         <v>10260241</v>
       </c>
       <c r="C233" t="s">
+        <v>465</v>
+      </c>
+      <c r="D233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233" t="s">
         <v>466</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
       <c r="F233">
         <v>8</v>
       </c>
       <c r="G233">
         <v>158</v>
       </c>
-      <c r="H233" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H233">
+        <v>11</v>
+      </c>
+      <c r="I233">
+        <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234">
         <v>69981539</v>
       </c>
       <c r="C234" t="s">
+        <v>467</v>
+      </c>
+      <c r="D234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>469</v>
       </c>
       <c r="F234">
         <v>6</v>
       </c>
       <c r="G234">
         <v>105</v>
       </c>
-      <c r="H234" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H234">
+        <v>10</v>
+      </c>
+      <c r="I234">
+        <v>2</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
         <v>69979568</v>
       </c>
       <c r="C235" t="s">
+        <v>469</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
         <v>470</v>
-      </c>
-[...4 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F235">
         <v>6</v>
       </c>
       <c r="G235">
         <v>86</v>
       </c>
-      <c r="H235" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H235">
+        <v>13</v>
+      </c>
+      <c r="I235">
+        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236">
         <v>69970264</v>
       </c>
       <c r="C236" t="s">
+        <v>471</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
         <v>472</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F236">
         <v>6</v>
       </c>
       <c r="G236">
         <v>189</v>
       </c>
-      <c r="H236" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H236">
+        <v>8</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237">
         <v>69981093</v>
       </c>
       <c r="C237" t="s">
+        <v>473</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
         <v>474</v>
-      </c>
-[...4 lines deleted...]
-        <v>475</v>
       </c>
       <c r="F237">
         <v>7</v>
       </c>
       <c r="G237">
         <v>157</v>
       </c>
-      <c r="H237" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H237">
+        <v>17</v>
+      </c>
+      <c r="I237">
+        <v>3</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
         <v>69992882</v>
       </c>
       <c r="C238" t="s">
+        <v>475</v>
+      </c>
+      <c r="D238" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" t="s">
         <v>476</v>
-      </c>
-[...4 lines deleted...]
-        <v>477</v>
       </c>
       <c r="F238">
         <v>6</v>
       </c>
       <c r="G238">
         <v>117</v>
       </c>
-      <c r="H238" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H238">
+        <v>11</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
         <v>69966411</v>
       </c>
       <c r="C239" t="s">
+        <v>477</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>479</v>
       </c>
       <c r="F239">
         <v>14</v>
       </c>
       <c r="G239">
         <v>387</v>
       </c>
-      <c r="H239" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H239">
+        <v>16</v>
+      </c>
+      <c r="I239">
+        <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240">
         <v>69963118</v>
       </c>
       <c r="C240" t="s">
+        <v>479</v>
+      </c>
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" t="s">
         <v>480</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
       <c r="F240">
         <v>7</v>
       </c>
       <c r="G240">
         <v>178</v>
       </c>
-      <c r="H240" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H240">
+        <v>10</v>
+      </c>
+      <c r="I240">
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
         <v>69981361</v>
       </c>
       <c r="C241" t="s">
+        <v>481</v>
+      </c>
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241" t="s">
         <v>482</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
       <c r="F241">
         <v>20</v>
       </c>
       <c r="G241">
         <v>507</v>
       </c>
-      <c r="H241" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H241">
+        <v>31</v>
+      </c>
+      <c r="I241">
+        <v>2</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
         <v>69982491</v>
       </c>
       <c r="C242" t="s">
+        <v>483</v>
+      </c>
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
         <v>484</v>
-      </c>
-[...4 lines deleted...]
-        <v>485</v>
       </c>
       <c r="F242">
         <v>13</v>
       </c>
       <c r="G242">
         <v>270</v>
       </c>
-      <c r="H242" t="s">
+      <c r="H242">
         <v>12</v>
       </c>
-      <c r="I242" t="s">
-        <v>12</v>
+      <c r="I242">
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
         <v>69981099</v>
       </c>
       <c r="C243" t="s">
+        <v>485</v>
+      </c>
+      <c r="D243" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" t="s">
         <v>486</v>
-      </c>
-[...4 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F243">
         <v>15</v>
       </c>
       <c r="G243">
         <v>332</v>
       </c>
-      <c r="H243" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H243">
+        <v>24</v>
+      </c>
+      <c r="I243">
+        <v>3</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
         <v>70000175</v>
       </c>
       <c r="C244" t="s">
+        <v>487</v>
+      </c>
+      <c r="D244" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" t="s">
         <v>488</v>
-      </c>
-[...4 lines deleted...]
-        <v>489</v>
       </c>
       <c r="F244">
         <v>7</v>
       </c>
       <c r="G244">
         <v>165</v>
       </c>
-      <c r="H244" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H244">
+        <v>7</v>
+      </c>
+      <c r="I244">
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
         <v>70004257</v>
       </c>
       <c r="C245" t="s">
+        <v>489</v>
+      </c>
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
         <v>490</v>
-      </c>
-[...4 lines deleted...]
-        <v>491</v>
       </c>
       <c r="F245">
         <v>6</v>
       </c>
       <c r="G245">
         <v>100</v>
       </c>
-      <c r="H245" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H245">
+        <v>9</v>
+      </c>
+      <c r="I245">
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
         <v>69815406</v>
       </c>
       <c r="C246" t="s">
+        <v>491</v>
+      </c>
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
         <v>492</v>
-      </c>
-[...4 lines deleted...]
-        <v>493</v>
       </c>
       <c r="F246">
         <v>10</v>
       </c>
       <c r="G246">
         <v>217</v>
       </c>
-      <c r="H246" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H246">
+        <v>13</v>
+      </c>
+      <c r="I246">
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
         <v>70002500</v>
       </c>
       <c r="C247" t="s">
+        <v>493</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F247">
         <v>6</v>
       </c>
       <c r="G247">
         <v>58</v>
       </c>
-      <c r="H247" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H247">
+        <v>10</v>
+      </c>
+      <c r="I247">
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
         <v>70005177</v>
       </c>
       <c r="C248" t="s">
+        <v>495</v>
+      </c>
+      <c r="D248" t="s">
+        <v>10</v>
+      </c>
+      <c r="E248" t="s">
         <v>496</v>
-      </c>
-[...4 lines deleted...]
-        <v>497</v>
       </c>
       <c r="F248">
         <v>3</v>
       </c>
       <c r="G248">
         <v>39</v>
       </c>
-      <c r="H248" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H248">
+        <v>4</v>
+      </c>
+      <c r="I248">
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
         <v>69992976</v>
       </c>
       <c r="C249" t="s">
+        <v>497</v>
+      </c>
+      <c r="D249" t="s">
+        <v>10</v>
+      </c>
+      <c r="E249" t="s">
         <v>498</v>
-      </c>
-[...4 lines deleted...]
-        <v>499</v>
       </c>
       <c r="F249">
         <v>12</v>
       </c>
       <c r="G249">
         <v>316</v>
       </c>
-      <c r="H249" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H249">
+        <v>13</v>
+      </c>
+      <c r="I249">
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250">
         <v>69991999</v>
       </c>
       <c r="C250" t="s">
+        <v>499</v>
+      </c>
+      <c r="D250" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>501</v>
       </c>
       <c r="F250">
         <v>4</v>
       </c>
       <c r="G250">
         <v>21</v>
       </c>
-      <c r="H250" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H250">
+        <v>5</v>
+      </c>
+      <c r="I250">
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
         <v>69991921</v>
       </c>
       <c r="C251" t="s">
+        <v>501</v>
+      </c>
+      <c r="D251" t="s">
+        <v>10</v>
+      </c>
+      <c r="E251" t="s">
         <v>502</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
       <c r="F251">
         <v>14</v>
       </c>
       <c r="G251">
         <v>296</v>
       </c>
-      <c r="H251" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H251">
+        <v>17</v>
+      </c>
+      <c r="I251">
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
         <v>70000180</v>
       </c>
       <c r="C252" t="s">
+        <v>503</v>
+      </c>
+      <c r="D252" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" t="s">
         <v>504</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
       <c r="F252">
         <v>10</v>
       </c>
       <c r="G252">
         <v>199</v>
       </c>
-      <c r="H252" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H252">
+        <v>9</v>
+      </c>
+      <c r="I252">
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253">
         <v>69996087</v>
       </c>
       <c r="C253" t="s">
+        <v>505</v>
+      </c>
+      <c r="D253" t="s">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
         <v>506</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
       <c r="F253">
         <v>6</v>
       </c>
       <c r="G253">
         <v>51</v>
       </c>
-      <c r="H253" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H253">
+        <v>3</v>
+      </c>
+      <c r="I253">
+        <v>2</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254">
         <v>69991553</v>
       </c>
       <c r="C254" t="s">
+        <v>507</v>
+      </c>
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
         <v>508</v>
-      </c>
-[...4 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F254">
         <v>12</v>
       </c>
       <c r="G254">
         <v>325</v>
       </c>
-      <c r="H254" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H254">
+        <v>8</v>
+      </c>
+      <c r="I254">
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
         <v>70000713</v>
       </c>
       <c r="C255" t="s">
+        <v>509</v>
+      </c>
+      <c r="D255" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F255">
         <v>12</v>
       </c>
       <c r="G255">
         <v>282</v>
       </c>
-      <c r="H255" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H255">
+        <v>15</v>
+      </c>
+      <c r="I255">
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
         <v>69775674</v>
       </c>
       <c r="C256" t="s">
+        <v>511</v>
+      </c>
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
         <v>512</v>
-      </c>
-[...4 lines deleted...]
-        <v>513</v>
       </c>
       <c r="F256">
         <v>17</v>
       </c>
       <c r="G256">
         <v>429</v>
       </c>
-      <c r="H256" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H256">
+        <v>18</v>
+      </c>
+      <c r="I256">
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257">
         <v>70001878</v>
       </c>
       <c r="C257" t="s">
+        <v>513</v>
+      </c>
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
         <v>514</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
       <c r="F257">
         <v>10</v>
       </c>
       <c r="G257">
         <v>260</v>
       </c>
-      <c r="H257" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H257">
+        <v>14</v>
+      </c>
+      <c r="I257">
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258">
         <v>10259491</v>
       </c>
       <c r="C258" t="s">
+        <v>515</v>
+      </c>
+      <c r="D258" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" t="s">
         <v>516</v>
-      </c>
-[...4 lines deleted...]
-        <v>517</v>
       </c>
       <c r="F258">
         <v>14</v>
       </c>
       <c r="G258">
         <v>353</v>
       </c>
-      <c r="H258" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H258">
+        <v>19</v>
+      </c>
+      <c r="I258">
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259">
         <v>69961751</v>
       </c>
       <c r="C259" t="s">
+        <v>517</v>
+      </c>
+      <c r="D259" t="s">
+        <v>10</v>
+      </c>
+      <c r="E259" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F259">
         <v>6</v>
       </c>
       <c r="G259">
         <v>57</v>
       </c>
-      <c r="H259" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H259">
+        <v>5</v>
+      </c>
+      <c r="I259">
+        <v>2</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260">
         <v>10259958</v>
       </c>
       <c r="C260" t="s">
+        <v>519</v>
+      </c>
+      <c r="D260" t="s">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s">
         <v>520</v>
-      </c>
-[...4 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F260">
         <v>12</v>
       </c>
       <c r="G260">
         <v>279</v>
       </c>
-      <c r="H260" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H260">
+        <v>18</v>
+      </c>
+      <c r="I260">
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
         <v>10213618</v>
       </c>
       <c r="C261" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F261">
         <v>0</v>
       </c>
       <c r="G261">
         <v>0</v>
       </c>
-      <c r="H261" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H261">
+        <v>0</v>
+      </c>
+      <c r="I261">
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
         <v>69987960</v>
       </c>
       <c r="C262" t="s">
+        <v>522</v>
+      </c>
+      <c r="D262" t="s">
+        <v>10</v>
+      </c>
+      <c r="E262" t="s">
         <v>523</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F262">
         <v>6</v>
       </c>
       <c r="G262">
         <v>110</v>
       </c>
-      <c r="H262" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H262">
+        <v>10</v>
+      </c>
+      <c r="I262">
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
         <v>69926981</v>
       </c>
       <c r="C263" t="s">
+        <v>524</v>
+      </c>
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
         <v>525</v>
-      </c>
-[...4 lines deleted...]
-        <v>526</v>
       </c>
       <c r="F263">
         <v>6</v>
       </c>
       <c r="G263">
         <v>104</v>
       </c>
-      <c r="H263" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H263">
+        <v>8</v>
+      </c>
+      <c r="I263">
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
         <v>10215156</v>
       </c>
       <c r="C264" t="s">
+        <v>526</v>
+      </c>
+      <c r="D264" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" t="s">
         <v>527</v>
-      </c>
-[...4 lines deleted...]
-        <v>528</v>
       </c>
       <c r="F264">
         <v>14</v>
       </c>
       <c r="G264">
         <v>311</v>
       </c>
-      <c r="H264" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H264">
+        <v>16</v>
+      </c>
+      <c r="I264">
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
         <v>10213619</v>
       </c>
       <c r="C265" t="s">
+        <v>528</v>
+      </c>
+      <c r="D265" t="s">
+        <v>10</v>
+      </c>
+      <c r="E265" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>530</v>
       </c>
       <c r="F265">
         <v>12</v>
       </c>
       <c r="G265">
         <v>418</v>
       </c>
-      <c r="H265" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H265">
+        <v>17</v>
+      </c>
+      <c r="I265">
+        <v>2</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266">
         <v>10213671</v>
       </c>
       <c r="C266" t="s">
+        <v>530</v>
+      </c>
+      <c r="D266" t="s">
+        <v>10</v>
+      </c>
+      <c r="E266" t="s">
         <v>531</v>
-      </c>
-[...4 lines deleted...]
-        <v>532</v>
       </c>
       <c r="F266">
         <v>12</v>
       </c>
       <c r="G266">
         <v>383</v>
       </c>
-      <c r="H266" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H266">
+        <v>17</v>
+      </c>
+      <c r="I266">
+        <v>2</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267">
         <v>10200724</v>
       </c>
       <c r="C267" t="s">
+        <v>532</v>
+      </c>
+      <c r="D267" t="s">
+        <v>10</v>
+      </c>
+      <c r="E267" t="s">
         <v>533</v>
-      </c>
-[...4 lines deleted...]
-        <v>534</v>
       </c>
       <c r="F267">
         <v>6</v>
       </c>
       <c r="G267">
         <v>125</v>
       </c>
-      <c r="H267" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H267">
+        <v>8</v>
+      </c>
+      <c r="I267">
+        <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268">
         <v>69918504</v>
       </c>
       <c r="C268" t="s">
+        <v>534</v>
+      </c>
+      <c r="D268" t="s">
+        <v>10</v>
+      </c>
+      <c r="E268" t="s">
         <v>535</v>
-      </c>
-[...4 lines deleted...]
-        <v>536</v>
       </c>
       <c r="F268">
         <v>6</v>
       </c>
       <c r="G268">
         <v>105</v>
       </c>
-      <c r="H268" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H268">
+        <v>8</v>
+      </c>
+      <c r="I268">
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269">
         <v>10261844</v>
       </c>
       <c r="C269" t="s">
+        <v>536</v>
+      </c>
+      <c r="D269" t="s">
+        <v>10</v>
+      </c>
+      <c r="E269" t="s">
         <v>537</v>
-      </c>
-[...4 lines deleted...]
-        <v>538</v>
       </c>
       <c r="F269">
         <v>8</v>
       </c>
       <c r="G269">
         <v>175</v>
       </c>
-      <c r="H269" t="s">
+      <c r="H269">
         <v>12</v>
       </c>
-      <c r="I269" t="s">
-        <v>12</v>
+      <c r="I269">
+        <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270">
         <v>69894537</v>
       </c>
       <c r="C270" t="s">
+        <v>538</v>
+      </c>
+      <c r="D270" t="s">
+        <v>10</v>
+      </c>
+      <c r="E270" t="s">
         <v>539</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
       <c r="F270">
         <v>6</v>
       </c>
       <c r="G270">
         <v>76</v>
       </c>
-      <c r="H270" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H270">
+        <v>10</v>
+      </c>
+      <c r="I270">
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271">
         <v>69918528</v>
       </c>
       <c r="C271" t="s">
+        <v>540</v>
+      </c>
+      <c r="D271" t="s">
+        <v>10</v>
+      </c>
+      <c r="E271" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
       <c r="F271">
         <v>43</v>
       </c>
       <c r="G271">
         <v>1144</v>
       </c>
-      <c r="H271" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H271">
+        <v>61</v>
+      </c>
+      <c r="I271">
+        <v>3</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272">
         <v>70007781</v>
       </c>
       <c r="C272" t="s">
+        <v>542</v>
+      </c>
+      <c r="D272" t="s">
+        <v>10</v>
+      </c>
+      <c r="E272" t="s">
         <v>543</v>
-      </c>
-[...4 lines deleted...]
-        <v>544</v>
       </c>
       <c r="F272">
         <v>6</v>
       </c>
       <c r="G272">
         <v>165</v>
       </c>
-      <c r="H272" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H272">
+        <v>8</v>
+      </c>
+      <c r="I272">
+        <v>2</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273">
         <v>10213624</v>
       </c>
       <c r="C273" t="s">
+        <v>544</v>
+      </c>
+      <c r="D273" t="s">
+        <v>10</v>
+      </c>
+      <c r="E273" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>546</v>
       </c>
       <c r="F273">
         <v>6</v>
       </c>
       <c r="G273">
         <v>54</v>
       </c>
-      <c r="H273" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H273">
+        <v>7</v>
+      </c>
+      <c r="I273">
+        <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274">
         <v>10215165</v>
       </c>
       <c r="C274" t="s">
+        <v>546</v>
+      </c>
+      <c r="D274" t="s">
+        <v>10</v>
+      </c>
+      <c r="E274" t="s">
         <v>547</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
       <c r="F274">
         <v>6</v>
       </c>
       <c r="G274">
         <v>120</v>
       </c>
-      <c r="H274" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H274">
+        <v>8</v>
+      </c>
+      <c r="I274">
+        <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275">
         <v>69733883</v>
       </c>
       <c r="C275" t="s">
+        <v>548</v>
+      </c>
+      <c r="D275" t="s">
+        <v>10</v>
+      </c>
+      <c r="E275" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
       <c r="F275">
         <v>6</v>
       </c>
       <c r="G275">
         <v>110</v>
       </c>
-      <c r="H275" t="s">
+      <c r="H275">
         <v>12</v>
       </c>
-      <c r="I275" t="s">
-        <v>12</v>
+      <c r="I275">
+        <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276">
         <v>69991771</v>
       </c>
       <c r="C276" t="s">
+        <v>550</v>
+      </c>
+      <c r="D276" t="s">
+        <v>10</v>
+      </c>
+      <c r="E276" t="s">
         <v>551</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="F276">
         <v>6</v>
       </c>
       <c r="G276">
         <v>130</v>
       </c>
-      <c r="H276" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H276">
+        <v>13</v>
+      </c>
+      <c r="I276">
+        <v>3</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277">
         <v>69996034</v>
       </c>
       <c r="C277" t="s">
+        <v>552</v>
+      </c>
+      <c r="D277" t="s">
+        <v>10</v>
+      </c>
+      <c r="E277" t="s">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>554</v>
       </c>
       <c r="F277">
         <v>6</v>
       </c>
       <c r="G277">
         <v>119</v>
       </c>
-      <c r="H277" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H277">
+        <v>9</v>
+      </c>
+      <c r="I277">
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
         <v>10213628</v>
       </c>
       <c r="C278" t="s">
+        <v>554</v>
+      </c>
+      <c r="D278" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>556</v>
       </c>
       <c r="F278">
         <v>23</v>
       </c>
       <c r="G278">
         <v>627</v>
       </c>
-      <c r="H278" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H278">
+        <v>32</v>
+      </c>
+      <c r="I278">
+        <v>5</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279">
         <v>70005984</v>
       </c>
       <c r="C279" t="s">
+        <v>556</v>
+      </c>
+      <c r="D279" t="s">
+        <v>10</v>
+      </c>
+      <c r="E279" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="F279">
         <v>6</v>
       </c>
       <c r="G279">
         <v>81</v>
       </c>
-      <c r="H279" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H279">
+        <v>10</v>
+      </c>
+      <c r="I279">
+        <v>2</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280">
         <v>10200708</v>
       </c>
       <c r="C280" t="s">
+        <v>558</v>
+      </c>
+      <c r="D280" t="s">
+        <v>10</v>
+      </c>
+      <c r="E280" t="s">
         <v>559</v>
-      </c>
-[...4 lines deleted...]
-        <v>560</v>
       </c>
       <c r="F280">
         <v>7</v>
       </c>
       <c r="G280">
         <v>197</v>
       </c>
-      <c r="H280" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H280">
+        <v>10</v>
+      </c>
+      <c r="I280">
+        <v>2</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281">
         <v>10215175</v>
       </c>
       <c r="C281" t="s">
+        <v>560</v>
+      </c>
+      <c r="D281" t="s">
+        <v>10</v>
+      </c>
+      <c r="E281" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>562</v>
       </c>
       <c r="F281">
         <v>6</v>
       </c>
       <c r="G281">
         <v>140</v>
       </c>
-      <c r="H281" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H281">
+        <v>7</v>
+      </c>
+      <c r="I281">
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282">
         <v>10213633</v>
       </c>
       <c r="C282" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="F282">
         <v>13</v>
       </c>
       <c r="G282">
         <v>352</v>
       </c>
-      <c r="H282" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H282">
+        <v>23</v>
+      </c>
+      <c r="I282">
+        <v>5</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283">
         <v>10212970</v>
       </c>
       <c r="C283" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="F283">
         <v>6</v>
       </c>
       <c r="G283">
         <v>185</v>
       </c>
-      <c r="H283" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H283">
+        <v>9</v>
+      </c>
+      <c r="I283">
+        <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284">
         <v>69894553</v>
       </c>
       <c r="C284" t="s">
+        <v>564</v>
+      </c>
+      <c r="D284" t="s">
+        <v>10</v>
+      </c>
+      <c r="E284" t="s">
         <v>565</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
       <c r="F284">
         <v>11</v>
       </c>
       <c r="G284">
         <v>372</v>
       </c>
-      <c r="H284" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H284">
+        <v>16</v>
+      </c>
+      <c r="I284">
+        <v>3</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285">
         <v>69982058</v>
       </c>
       <c r="C285" t="s">
+        <v>566</v>
+      </c>
+      <c r="D285" t="s">
+        <v>10</v>
+      </c>
+      <c r="E285" t="s">
         <v>567</v>
-      </c>
-[...4 lines deleted...]
-        <v>568</v>
       </c>
       <c r="F285">
         <v>11</v>
       </c>
       <c r="G285">
         <v>259</v>
       </c>
-      <c r="H285" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H285">
+        <v>18</v>
+      </c>
+      <c r="I285">
+        <v>5</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286">
         <v>69968410</v>
       </c>
       <c r="C286" t="s">
+        <v>568</v>
+      </c>
+      <c r="D286" t="s">
+        <v>10</v>
+      </c>
+      <c r="E286" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>570</v>
       </c>
       <c r="F286">
         <v>11</v>
       </c>
       <c r="G286">
         <v>278</v>
       </c>
-      <c r="H286" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H286">
+        <v>7</v>
+      </c>
+      <c r="I286">
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287">
         <v>10213635</v>
       </c>
       <c r="C287" t="s">
+        <v>570</v>
+      </c>
+      <c r="D287" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
       <c r="F287">
         <v>14</v>
       </c>
       <c r="G287">
         <v>386</v>
       </c>
-      <c r="H287" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H287">
+        <v>21</v>
+      </c>
+      <c r="I287">
+        <v>5</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288">
         <v>10200723</v>
       </c>
       <c r="C288" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="F288">
         <v>6</v>
       </c>
       <c r="G288">
         <v>132</v>
       </c>
-      <c r="H288" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H288">
+        <v>9</v>
+      </c>
+      <c r="I288">
+        <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289">
         <v>10213637</v>
       </c>
       <c r="C289" t="s">
+        <v>573</v>
+      </c>
+      <c r="D289" t="s">
+        <v>10</v>
+      </c>
+      <c r="E289" t="s">
         <v>574</v>
-      </c>
-[...4 lines deleted...]
-        <v>575</v>
       </c>
       <c r="F289">
         <v>12</v>
       </c>
       <c r="G289">
         <v>292</v>
       </c>
-      <c r="H289" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H289">
+        <v>17</v>
+      </c>
+      <c r="I289">
+        <v>2</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290">
         <v>10213639</v>
       </c>
       <c r="C290" t="s">
+        <v>575</v>
+      </c>
+      <c r="D290" t="s">
+        <v>10</v>
+      </c>
+      <c r="E290" t="s">
         <v>576</v>
-      </c>
-[...4 lines deleted...]
-        <v>577</v>
       </c>
       <c r="F290">
         <v>24</v>
       </c>
       <c r="G290">
         <v>615</v>
       </c>
-      <c r="H290" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H290">
+        <v>31</v>
+      </c>
+      <c r="I290">
+        <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291">
         <v>69969174</v>
       </c>
       <c r="C291" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F291">
         <v>0</v>
       </c>
       <c r="G291">
         <v>0</v>
       </c>
-      <c r="H291" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H291">
+        <v>0</v>
+      </c>
+      <c r="I291">
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292">
         <v>10200721</v>
       </c>
       <c r="C292" t="s">
+        <v>578</v>
+      </c>
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
         <v>579</v>
-      </c>
-[...4 lines deleted...]
-        <v>580</v>
       </c>
       <c r="F292">
         <v>13</v>
       </c>
       <c r="G292">
         <v>309</v>
       </c>
-      <c r="H292" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H292">
+        <v>18</v>
+      </c>
+      <c r="I292">
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293">
         <v>10213643</v>
       </c>
       <c r="C293" t="s">
+        <v>580</v>
+      </c>
+      <c r="D293" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" t="s">
         <v>581</v>
-      </c>
-[...4 lines deleted...]
-        <v>582</v>
       </c>
       <c r="F293">
         <v>6</v>
       </c>
       <c r="G293">
         <v>151</v>
       </c>
-      <c r="H293" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H293">
+        <v>5</v>
+      </c>
+      <c r="I293">
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294">
         <v>10215185</v>
       </c>
       <c r="C294" t="s">
+        <v>582</v>
+      </c>
+      <c r="D294" t="s">
+        <v>10</v>
+      </c>
+      <c r="E294" t="s">
         <v>583</v>
-      </c>
-[...4 lines deleted...]
-        <v>584</v>
       </c>
       <c r="F294">
         <v>6</v>
       </c>
       <c r="G294">
         <v>104</v>
       </c>
-      <c r="H294" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H294">
+        <v>10</v>
+      </c>
+      <c r="I294">
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295">
         <v>10213646</v>
       </c>
       <c r="C295" t="s">
+        <v>584</v>
+      </c>
+      <c r="D295" t="s">
+        <v>10</v>
+      </c>
+      <c r="E295" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>586</v>
       </c>
       <c r="F295">
         <v>10</v>
       </c>
       <c r="G295">
         <v>221</v>
       </c>
-      <c r="H295" t="s">
+      <c r="H295">
         <v>12</v>
       </c>
-      <c r="I295" t="s">
-        <v>12</v>
+      <c r="I295">
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296">
         <v>10213647</v>
       </c>
       <c r="C296" t="s">
+        <v>586</v>
+      </c>
+      <c r="D296" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" t="s">
         <v>587</v>
-      </c>
-[...4 lines deleted...]
-        <v>588</v>
       </c>
       <c r="F296">
         <v>12</v>
       </c>
       <c r="G296">
         <v>387</v>
       </c>
-      <c r="H296" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H296">
+        <v>11</v>
+      </c>
+      <c r="I296">
+        <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297">
         <v>10215186</v>
       </c>
       <c r="C297" t="s">
+        <v>588</v>
+      </c>
+      <c r="D297" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" t="s">
         <v>589</v>
-      </c>
-[...4 lines deleted...]
-        <v>590</v>
       </c>
       <c r="F297">
         <v>8</v>
       </c>
       <c r="G297">
         <v>236</v>
       </c>
-      <c r="H297" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H297">
+        <v>10</v>
+      </c>
+      <c r="I297">
+        <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298">
         <v>10215187</v>
       </c>
       <c r="C298" t="s">
+        <v>590</v>
+      </c>
+      <c r="D298" t="s">
+        <v>10</v>
+      </c>
+      <c r="E298" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
       <c r="F298">
         <v>7</v>
       </c>
       <c r="G298">
         <v>129</v>
       </c>
-      <c r="H298" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H298">
+        <v>10</v>
+      </c>
+      <c r="I298">
+        <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299">
         <v>10215188</v>
       </c>
       <c r="C299" t="s">
+        <v>592</v>
+      </c>
+      <c r="D299" t="s">
+        <v>10</v>
+      </c>
+      <c r="E299" t="s">
         <v>593</v>
-      </c>
-[...4 lines deleted...]
-        <v>594</v>
       </c>
       <c r="F299">
         <v>12</v>
       </c>
       <c r="G299">
         <v>310</v>
       </c>
-      <c r="H299" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H299">
+        <v>14</v>
+      </c>
+      <c r="I299">
+        <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300">
         <v>10215189</v>
       </c>
       <c r="C300" t="s">
+        <v>594</v>
+      </c>
+      <c r="D300" t="s">
+        <v>10</v>
+      </c>
+      <c r="E300" t="s">
         <v>595</v>
-      </c>
-[...4 lines deleted...]
-        <v>596</v>
       </c>
       <c r="F300">
         <v>6</v>
       </c>
       <c r="G300">
         <v>87</v>
       </c>
-      <c r="H300" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H300">
+        <v>10</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301">
         <v>10213652</v>
       </c>
       <c r="C301" t="s">
+        <v>596</v>
+      </c>
+      <c r="D301" t="s">
+        <v>10</v>
+      </c>
+      <c r="E301" t="s">
         <v>597</v>
-      </c>
-[...4 lines deleted...]
-        <v>598</v>
       </c>
       <c r="F301">
         <v>12</v>
       </c>
       <c r="G301">
         <v>257</v>
       </c>
-      <c r="H301" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H301">
+        <v>18</v>
+      </c>
+      <c r="I301">
+        <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302">
         <v>10215195</v>
       </c>
       <c r="C302" t="s">
+        <v>598</v>
+      </c>
+      <c r="D302" t="s">
+        <v>10</v>
+      </c>
+      <c r="E302" t="s">
         <v>599</v>
-      </c>
-[...4 lines deleted...]
-        <v>600</v>
       </c>
       <c r="F302">
         <v>9</v>
       </c>
       <c r="G302">
         <v>272</v>
       </c>
-      <c r="H302" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H302">
+        <v>16</v>
+      </c>
+      <c r="I302">
+        <v>2</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303">
         <v>10213642</v>
       </c>
       <c r="C303" t="s">
+        <v>600</v>
+      </c>
+      <c r="D303" t="s">
+        <v>10</v>
+      </c>
+      <c r="E303" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>602</v>
       </c>
       <c r="F303">
         <v>4</v>
       </c>
       <c r="G303">
         <v>20</v>
       </c>
-      <c r="H303" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H303">
+        <v>8</v>
+      </c>
+      <c r="I303">
+        <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304">
         <v>10213574</v>
       </c>
       <c r="C304" t="s">
+        <v>602</v>
+      </c>
+      <c r="D304" t="s">
+        <v>10</v>
+      </c>
+      <c r="E304" t="s">
         <v>603</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
       <c r="F304">
         <v>13</v>
       </c>
       <c r="G304">
         <v>444</v>
       </c>
-      <c r="H304" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H304">
+        <v>19</v>
+      </c>
+      <c r="I304">
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305">
         <v>10213657</v>
       </c>
       <c r="C305" t="s">
+        <v>604</v>
+      </c>
+      <c r="D305" t="s">
+        <v>10</v>
+      </c>
+      <c r="E305" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="F305">
         <v>9</v>
       </c>
       <c r="G305">
         <v>193</v>
       </c>
-      <c r="H305" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H305">
+        <v>11</v>
+      </c>
+      <c r="I305">
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306">
         <v>10213661</v>
       </c>
       <c r="C306" t="s">
+        <v>606</v>
+      </c>
+      <c r="D306" t="s">
+        <v>10</v>
+      </c>
+      <c r="E306" t="s">
         <v>607</v>
-      </c>
-[...4 lines deleted...]
-        <v>608</v>
       </c>
       <c r="F306">
         <v>12</v>
       </c>
       <c r="G306">
         <v>328</v>
       </c>
-      <c r="H306" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H306">
+        <v>17</v>
+      </c>
+      <c r="I306">
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307">
         <v>69733941</v>
       </c>
       <c r="C307" t="s">
+        <v>608</v>
+      </c>
+      <c r="D307" t="s">
+        <v>10</v>
+      </c>
+      <c r="E307" t="s">
         <v>609</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
       <c r="F307">
         <v>4</v>
       </c>
       <c r="G307">
         <v>12</v>
       </c>
-      <c r="H307" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H307">
+        <v>5</v>
+      </c>
+      <c r="I307">
+        <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308">
         <v>10213662</v>
       </c>
       <c r="C308" t="s">
+        <v>610</v>
+      </c>
+      <c r="D308" t="s">
+        <v>10</v>
+      </c>
+      <c r="E308" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>612</v>
       </c>
       <c r="F308">
         <v>13</v>
       </c>
       <c r="G308">
         <v>286</v>
       </c>
-      <c r="H308" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H308">
+        <v>16</v>
+      </c>
+      <c r="I308">
+        <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309">
         <v>10258020</v>
       </c>
       <c r="C309" t="s">
+        <v>612</v>
+      </c>
+      <c r="D309" t="s">
+        <v>10</v>
+      </c>
+      <c r="E309" t="s">
         <v>613</v>
-      </c>
-[...4 lines deleted...]
-        <v>614</v>
       </c>
       <c r="F309">
         <v>7</v>
       </c>
       <c r="G309">
         <v>269</v>
       </c>
-      <c r="H309" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H309">
+        <v>14</v>
+      </c>
+      <c r="I309">
+        <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310">
         <v>69867942</v>
       </c>
       <c r="C310" t="s">
+        <v>614</v>
+      </c>
+      <c r="D310" t="s">
+        <v>10</v>
+      </c>
+      <c r="E310" t="s">
         <v>615</v>
-      </c>
-[...4 lines deleted...]
-        <v>616</v>
       </c>
       <c r="F310">
         <v>7</v>
       </c>
       <c r="G310">
         <v>122</v>
       </c>
-      <c r="H310" t="s">
+      <c r="H310">
         <v>12</v>
       </c>
-      <c r="I310" t="s">
-        <v>12</v>
+      <c r="I310">
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311">
         <v>10213663</v>
       </c>
       <c r="C311" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="F311">
         <v>6</v>
       </c>
       <c r="G311">
         <v>23</v>
       </c>
-      <c r="H311" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H311">
+        <v>6</v>
+      </c>
+      <c r="I311">
+        <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312">
         <v>69900871</v>
       </c>
       <c r="C312" t="s">
+        <v>617</v>
+      </c>
+      <c r="D312" t="s">
+        <v>10</v>
+      </c>
+      <c r="E312" t="s">
         <v>618</v>
-      </c>
-[...4 lines deleted...]
-        <v>619</v>
       </c>
       <c r="F312">
         <v>6</v>
       </c>
       <c r="G312">
         <v>158</v>
       </c>
-      <c r="H312" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H312">
+        <v>10</v>
+      </c>
+      <c r="I312">
+        <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313">
         <v>10213664</v>
       </c>
       <c r="C313" t="s">
+        <v>619</v>
+      </c>
+      <c r="D313" t="s">
+        <v>10</v>
+      </c>
+      <c r="E313" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
       <c r="F313">
         <v>19</v>
       </c>
       <c r="G313">
         <v>547</v>
       </c>
-      <c r="H313" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H313">
+        <v>25</v>
+      </c>
+      <c r="I313">
+        <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314">
         <v>10215208</v>
       </c>
       <c r="C314" t="s">
+        <v>621</v>
+      </c>
+      <c r="D314" t="s">
+        <v>10</v>
+      </c>
+      <c r="E314" t="s">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>623</v>
       </c>
       <c r="F314">
         <v>6</v>
       </c>
       <c r="G314">
         <v>104</v>
       </c>
-      <c r="H314" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H314">
+        <v>8</v>
+      </c>
+      <c r="I314">
+        <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315">
         <v>10264635</v>
       </c>
       <c r="C315" t="s">
+        <v>623</v>
+      </c>
+      <c r="D315" t="s">
+        <v>10</v>
+      </c>
+      <c r="E315" t="s">
         <v>624</v>
-      </c>
-[...4 lines deleted...]
-        <v>625</v>
       </c>
       <c r="F315">
         <v>9</v>
       </c>
       <c r="G315">
         <v>180</v>
       </c>
-      <c r="H315" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H315">
+        <v>11</v>
+      </c>
+      <c r="I315">
+        <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316">
         <v>69966028</v>
       </c>
       <c r="C316" t="s">
+        <v>625</v>
+      </c>
+      <c r="D316" t="s">
+        <v>10</v>
+      </c>
+      <c r="E316" t="s">
         <v>626</v>
-      </c>
-[...4 lines deleted...]
-        <v>627</v>
       </c>
       <c r="F316">
         <v>6</v>
       </c>
       <c r="G316">
         <v>96</v>
       </c>
-      <c r="H316" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H316">
+        <v>11</v>
+      </c>
+      <c r="I316">
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317">
         <v>10261694</v>
       </c>
       <c r="C317" t="s">
+        <v>627</v>
+      </c>
+      <c r="D317" t="s">
+        <v>10</v>
+      </c>
+      <c r="E317" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F317">
         <v>14</v>
       </c>
       <c r="G317">
         <v>368</v>
       </c>
-      <c r="H317" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H317">
+        <v>16</v>
+      </c>
+      <c r="I317">
+        <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318">
         <v>69787168</v>
       </c>
       <c r="C318" t="s">
+        <v>629</v>
+      </c>
+      <c r="D318" t="s">
+        <v>10</v>
+      </c>
+      <c r="E318" t="s">
         <v>630</v>
-      </c>
-[...4 lines deleted...]
-        <v>631</v>
       </c>
       <c r="F318">
         <v>14</v>
       </c>
       <c r="G318">
         <v>337</v>
       </c>
-      <c r="H318" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H318">
+        <v>19</v>
+      </c>
+      <c r="I318">
+        <v>2</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319">
         <v>69991998</v>
       </c>
       <c r="C319" t="s">
+        <v>631</v>
+      </c>
+      <c r="D319" t="s">
+        <v>10</v>
+      </c>
+      <c r="E319" t="s">
         <v>632</v>
-      </c>
-[...4 lines deleted...]
-        <v>633</v>
       </c>
       <c r="F319">
         <v>6</v>
       </c>
       <c r="G319">
         <v>119</v>
       </c>
-      <c r="H319" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H319">
+        <v>5</v>
+      </c>
+      <c r="I319">
+        <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320">
         <v>69978872</v>
       </c>
       <c r="C320" t="s">
+        <v>633</v>
+      </c>
+      <c r="D320" t="s">
+        <v>10</v>
+      </c>
+      <c r="E320" t="s">
         <v>634</v>
-      </c>
-[...4 lines deleted...]
-        <v>635</v>
       </c>
       <c r="F320">
         <v>5</v>
       </c>
       <c r="G320">
         <v>78</v>
       </c>
-      <c r="H320" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H320">
+        <v>5</v>
+      </c>
+      <c r="I320">
+        <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321">
         <v>70014073</v>
       </c>
       <c r="C321" t="s">
+        <v>635</v>
+      </c>
+      <c r="D321" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>637</v>
       </c>
       <c r="F321">
         <v>6</v>
       </c>
       <c r="G321">
         <v>52</v>
       </c>
-      <c r="H321" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H321">
+        <v>3</v>
+      </c>
+      <c r="I321">
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322">
         <v>69830192</v>
       </c>
       <c r="C322" t="s">
+        <v>637</v>
+      </c>
+      <c r="D322" t="s">
+        <v>10</v>
+      </c>
+      <c r="E322" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F322">
         <v>6</v>
       </c>
       <c r="G322">
         <v>118</v>
       </c>
-      <c r="H322" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H322">
+        <v>7</v>
+      </c>
+      <c r="I322">
+        <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323">
         <v>10261475</v>
       </c>
       <c r="C323" t="s">
+        <v>639</v>
+      </c>
+      <c r="D323" t="s">
+        <v>10</v>
+      </c>
+      <c r="E323" t="s">
         <v>640</v>
-      </c>
-[...4 lines deleted...]
-        <v>641</v>
       </c>
       <c r="F323">
         <v>23</v>
       </c>
       <c r="G323">
         <v>644</v>
       </c>
-      <c r="H323" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H323">
+        <v>37</v>
+      </c>
+      <c r="I323">
+        <v>2</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324">
         <v>10215210</v>
       </c>
       <c r="C324" t="s">
+        <v>641</v>
+      </c>
+      <c r="D324" t="s">
+        <v>10</v>
+      </c>
+      <c r="E324" t="s">
         <v>642</v>
-      </c>
-[...4 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F324">
         <v>6</v>
       </c>
       <c r="G324">
         <v>48</v>
       </c>
-      <c r="H324" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H324">
+        <v>6</v>
+      </c>
+      <c r="I324">
+        <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325">
         <v>10213688</v>
       </c>
       <c r="C325" t="s">
+        <v>643</v>
+      </c>
+      <c r="D325" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" t="s">
         <v>644</v>
-      </c>
-[...4 lines deleted...]
-        <v>645</v>
       </c>
       <c r="F325">
         <v>6</v>
       </c>
       <c r="G325">
         <v>130</v>
       </c>
-      <c r="H325" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H325">
+        <v>9</v>
+      </c>
+      <c r="I325">
+        <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326">
         <v>10215215</v>
       </c>
       <c r="C326" t="s">
+        <v>645</v>
+      </c>
+      <c r="D326" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" t="s">
         <v>646</v>
-      </c>
-[...4 lines deleted...]
-        <v>647</v>
       </c>
       <c r="F326">
         <v>6</v>
       </c>
       <c r="G326">
         <v>128</v>
       </c>
-      <c r="H326" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H326">
+        <v>9</v>
+      </c>
+      <c r="I326">
+        <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327">
         <v>10220315</v>
       </c>
       <c r="C327" t="s">
+        <v>647</v>
+      </c>
+      <c r="D327" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" t="s">
         <v>648</v>
-      </c>
-[...4 lines deleted...]
-        <v>649</v>
       </c>
       <c r="F327">
         <v>18</v>
       </c>
       <c r="G327">
         <v>551</v>
       </c>
-      <c r="H327" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H327">
+        <v>26</v>
+      </c>
+      <c r="I327">
+        <v>7</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328">
         <v>70012057</v>
       </c>
       <c r="C328" t="s">
+        <v>649</v>
+      </c>
+      <c r="D328" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" t="s">
         <v>650</v>
-      </c>
-[...4 lines deleted...]
-        <v>651</v>
       </c>
       <c r="F328">
         <v>4</v>
       </c>
       <c r="G328">
         <v>26</v>
       </c>
-      <c r="H328" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H328">
+        <v>7</v>
+      </c>
+      <c r="I328">
+        <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329">
         <v>10220200</v>
       </c>
       <c r="C329" t="s">
+        <v>651</v>
+      </c>
+      <c r="D329" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" t="s">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>653</v>
       </c>
       <c r="F329">
         <v>14</v>
       </c>
       <c r="G329">
         <v>376</v>
       </c>
-      <c r="H329" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H329">
+        <v>20</v>
+      </c>
+      <c r="I329">
+        <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330">
         <v>10264632</v>
       </c>
       <c r="C330" t="s">
+        <v>653</v>
+      </c>
+      <c r="D330" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" t="s">
         <v>654</v>
-      </c>
-[...4 lines deleted...]
-        <v>655</v>
       </c>
       <c r="F330">
         <v>6</v>
       </c>
       <c r="G330">
         <v>114</v>
       </c>
-      <c r="H330" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H330">
+        <v>5</v>
+      </c>
+      <c r="I330">
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331">
         <v>10213682</v>
       </c>
       <c r="C331" t="s">
+        <v>655</v>
+      </c>
+      <c r="D331" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" t="s">
         <v>656</v>
-      </c>
-[...4 lines deleted...]
-        <v>657</v>
       </c>
       <c r="F331">
         <v>6</v>
       </c>
       <c r="G331">
         <v>144</v>
       </c>
-      <c r="H331" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H331">
+        <v>9</v>
+      </c>
+      <c r="I331">
+        <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332">
         <v>10213683</v>
       </c>
       <c r="C332" t="s">
+        <v>657</v>
+      </c>
+      <c r="D332" t="s">
+        <v>10</v>
+      </c>
+      <c r="E332" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>659</v>
       </c>
       <c r="F332">
         <v>7</v>
       </c>
       <c r="G332">
         <v>220</v>
       </c>
-      <c r="H332" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H332">
+        <v>9</v>
+      </c>
+      <c r="I332">
+        <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333">
         <v>10215224</v>
       </c>
       <c r="C333" t="s">
+        <v>659</v>
+      </c>
+      <c r="D333" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" t="s">
         <v>660</v>
-      </c>
-[...4 lines deleted...]
-        <v>661</v>
       </c>
       <c r="F333">
         <v>10</v>
       </c>
       <c r="G333">
         <v>194</v>
       </c>
-      <c r="H333" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H333">
+        <v>16</v>
+      </c>
+      <c r="I333">
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334">
         <v>69978322</v>
       </c>
       <c r="C334" t="s">
+        <v>661</v>
+      </c>
+      <c r="D334" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" t="s">
         <v>662</v>
-      </c>
-[...4 lines deleted...]
-        <v>663</v>
       </c>
       <c r="F334">
         <v>7</v>
       </c>
       <c r="G334">
         <v>228</v>
       </c>
-      <c r="H334" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H334">
+        <v>7</v>
+      </c>
+      <c r="I334">
+        <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335">
         <v>69967370</v>
       </c>
       <c r="C335" t="s">
+        <v>663</v>
+      </c>
+      <c r="D335" t="s">
+        <v>10</v>
+      </c>
+      <c r="E335" t="s">
         <v>664</v>
-      </c>
-[...4 lines deleted...]
-        <v>665</v>
       </c>
       <c r="F335">
         <v>6</v>
       </c>
       <c r="G335">
         <v>138</v>
       </c>
-      <c r="H335" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H335">
+        <v>11</v>
+      </c>
+      <c r="I335">
+        <v>2</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336">
         <v>69945962</v>
       </c>
       <c r="C336" t="s">
+        <v>665</v>
+      </c>
+      <c r="D336" t="s">
+        <v>10</v>
+      </c>
+      <c r="E336" t="s">
         <v>666</v>
-      </c>
-[...4 lines deleted...]
-        <v>667</v>
       </c>
       <c r="F336">
         <v>10</v>
       </c>
       <c r="G336">
         <v>175</v>
       </c>
-      <c r="H336" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H336">
+        <v>5</v>
+      </c>
+      <c r="I336">
+        <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337">
         <v>69957049</v>
       </c>
       <c r="C337" t="s">
+        <v>667</v>
+      </c>
+      <c r="D337" t="s">
+        <v>10</v>
+      </c>
+      <c r="E337" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>669</v>
       </c>
       <c r="F337">
         <v>6</v>
       </c>
       <c r="G337">
         <v>67</v>
       </c>
-      <c r="H337" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H337">
+        <v>7</v>
+      </c>
+      <c r="I337">
+        <v>2</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338">
         <v>10213690</v>
       </c>
       <c r="C338" t="s">
+        <v>669</v>
+      </c>
+      <c r="D338" t="s">
+        <v>10</v>
+      </c>
+      <c r="E338" t="s">
         <v>670</v>
-      </c>
-[...4 lines deleted...]
-        <v>671</v>
       </c>
       <c r="F338">
         <v>6</v>
       </c>
       <c r="G338">
         <v>92</v>
       </c>
-      <c r="H338" t="s">
+      <c r="H338">
         <v>12</v>
       </c>
-      <c r="I338" t="s">
-        <v>12</v>
+      <c r="I338">
+        <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339">
         <v>69992950</v>
       </c>
       <c r="C339" t="s">
+        <v>671</v>
+      </c>
+      <c r="D339" t="s">
+        <v>10</v>
+      </c>
+      <c r="E339" t="s">
         <v>672</v>
-      </c>
-[...4 lines deleted...]
-        <v>673</v>
       </c>
       <c r="F339">
         <v>6</v>
       </c>
       <c r="G339">
         <v>95</v>
       </c>
-      <c r="H339" t="s">
+      <c r="H339">
         <v>12</v>
       </c>
-      <c r="I339" t="s">
-        <v>12</v>
+      <c r="I339">
+        <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340">
         <v>10213694</v>
       </c>
       <c r="C340" t="s">
+        <v>673</v>
+      </c>
+      <c r="D340" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" t="s">
         <v>674</v>
-      </c>
-[...4 lines deleted...]
-        <v>675</v>
       </c>
       <c r="F340">
         <v>7</v>
       </c>
       <c r="G340">
         <v>168</v>
       </c>
-      <c r="H340" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H340">
+        <v>16</v>
+      </c>
+      <c r="I340">
+        <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341">
         <v>69920003</v>
       </c>
       <c r="C341" t="s">
+        <v>675</v>
+      </c>
+      <c r="D341" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" t="s">
         <v>676</v>
-      </c>
-[...4 lines deleted...]
-        <v>677</v>
       </c>
       <c r="F341">
         <v>6</v>
       </c>
       <c r="G341">
         <v>109</v>
       </c>
-      <c r="H341" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H341">
+        <v>10</v>
+      </c>
+      <c r="I341">
+        <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342">
         <v>69897077</v>
       </c>
       <c r="C342" t="s">
+        <v>677</v>
+      </c>
+      <c r="D342" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" t="s">
         <v>678</v>
-      </c>
-[...4 lines deleted...]
-        <v>679</v>
       </c>
       <c r="F342">
         <v>0</v>
       </c>
       <c r="G342">
         <v>0</v>
       </c>
-      <c r="H342" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H342">
+        <v>2</v>
+      </c>
+      <c r="I342">
+        <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343">
         <v>10261860</v>
       </c>
       <c r="C343" t="s">
+        <v>679</v>
+      </c>
+      <c r="D343" t="s">
+        <v>10</v>
+      </c>
+      <c r="E343" t="s">
         <v>680</v>
-      </c>
-[...4 lines deleted...]
-        <v>681</v>
       </c>
       <c r="F343">
         <v>6</v>
       </c>
       <c r="G343">
         <v>161</v>
       </c>
-      <c r="H343" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H343">
+        <v>8</v>
+      </c>
+      <c r="I343">
+        <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344">
         <v>10215236</v>
       </c>
       <c r="C344" t="s">
+        <v>681</v>
+      </c>
+      <c r="D344" t="s">
+        <v>10</v>
+      </c>
+      <c r="E344" t="s">
         <v>682</v>
-      </c>
-[...4 lines deleted...]
-        <v>683</v>
       </c>
       <c r="F344">
         <v>12</v>
       </c>
       <c r="G344">
         <v>308</v>
       </c>
-      <c r="H344" t="s">
+      <c r="H344">
         <v>12</v>
       </c>
-      <c r="I344" t="s">
-        <v>12</v>
+      <c r="I344">
+        <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345">
         <v>10213699</v>
       </c>
       <c r="C345" t="s">
+        <v>683</v>
+      </c>
+      <c r="D345" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" t="s">
         <v>684</v>
-      </c>
-[...4 lines deleted...]
-        <v>685</v>
       </c>
       <c r="F345">
         <v>7</v>
       </c>
       <c r="G345">
         <v>219</v>
       </c>
-      <c r="H345" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H345">
+        <v>10</v>
+      </c>
+      <c r="I345">
+        <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346">
         <v>69952832</v>
       </c>
       <c r="C346" t="s">
+        <v>685</v>
+      </c>
+      <c r="D346" t="s">
+        <v>10</v>
+      </c>
+      <c r="E346" t="s">
         <v>686</v>
-      </c>
-[...4 lines deleted...]
-        <v>687</v>
       </c>
       <c r="F346">
         <v>6</v>
       </c>
       <c r="G346">
         <v>128</v>
       </c>
-      <c r="H346" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H346">
+        <v>8</v>
+      </c>
+      <c r="I346">
+        <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347">
         <v>10220204</v>
       </c>
       <c r="C347" t="s">
+        <v>687</v>
+      </c>
+      <c r="D347" t="s">
+        <v>10</v>
+      </c>
+      <c r="E347" t="s">
         <v>688</v>
-      </c>
-[...4 lines deleted...]
-        <v>689</v>
       </c>
       <c r="F347">
         <v>6</v>
       </c>
       <c r="G347">
         <v>82</v>
       </c>
-      <c r="H347" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H347">
+        <v>8</v>
+      </c>
+      <c r="I347">
+        <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348">
         <v>69932604</v>
       </c>
       <c r="C348" t="s">
+        <v>689</v>
+      </c>
+      <c r="D348" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" t="s">
         <v>690</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
       <c r="F348">
         <v>11</v>
       </c>
       <c r="G348">
         <v>226</v>
       </c>
-      <c r="H348" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H348">
+        <v>17</v>
+      </c>
+      <c r="I348">
+        <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349">
         <v>70042757</v>
       </c>
       <c r="C349" t="s">
+        <v>691</v>
+      </c>
+      <c r="D349" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" t="s">
         <v>692</v>
-      </c>
-[...4 lines deleted...]
-        <v>693</v>
       </c>
       <c r="F349">
         <v>6</v>
       </c>
       <c r="G349">
         <v>85</v>
       </c>
-      <c r="H349" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H349">
+        <v>9</v>
+      </c>
+      <c r="I349">
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350">
         <v>10261463</v>
       </c>
       <c r="C350" t="s">
+        <v>693</v>
+      </c>
+      <c r="D350" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" t="s">
         <v>694</v>
-      </c>
-[...4 lines deleted...]
-        <v>695</v>
       </c>
       <c r="F350">
         <v>8</v>
       </c>
       <c r="G350">
         <v>194</v>
       </c>
-      <c r="H350" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H350">
+        <v>13</v>
+      </c>
+      <c r="I350">
+        <v>2</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351">
         <v>70053784</v>
       </c>
       <c r="C351" t="s">
+        <v>695</v>
+      </c>
+      <c r="D351" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" t="s">
         <v>696</v>
-      </c>
-[...4 lines deleted...]
-        <v>697</v>
       </c>
       <c r="F351">
         <v>4</v>
       </c>
       <c r="G351">
         <v>49</v>
       </c>
-      <c r="H351" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H351">
+        <v>5</v>
+      </c>
+      <c r="I351">
+        <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352">
         <v>10213705</v>
       </c>
       <c r="C352" t="s">
+        <v>697</v>
+      </c>
+      <c r="D352" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" t="s">
         <v>698</v>
-      </c>
-[...4 lines deleted...]
-        <v>699</v>
       </c>
       <c r="F352">
         <v>13</v>
       </c>
       <c r="G352">
         <v>297</v>
       </c>
-      <c r="H352" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H352">
+        <v>19</v>
+      </c>
+      <c r="I352">
+        <v>2</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353">
         <v>69787013</v>
       </c>
       <c r="C353" t="s">
+        <v>699</v>
+      </c>
+      <c r="D353" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>701</v>
       </c>
       <c r="F353">
         <v>35</v>
       </c>
       <c r="G353">
         <v>938</v>
       </c>
-      <c r="H353" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H353">
+        <v>41</v>
+      </c>
+      <c r="I353">
+        <v>2</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354">
         <v>10220205</v>
       </c>
       <c r="C354" t="s">
+        <v>701</v>
+      </c>
+      <c r="D354" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" t="s">
         <v>702</v>
-      </c>
-[...4 lines deleted...]
-        <v>703</v>
       </c>
       <c r="F354">
         <v>6</v>
       </c>
       <c r="G354">
         <v>93</v>
       </c>
-      <c r="H354" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H354">
+        <v>7</v>
+      </c>
+      <c r="I354">
+        <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355">
         <v>69969537</v>
       </c>
       <c r="C355" t="s">
+        <v>703</v>
+      </c>
+      <c r="D355" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" t="s">
         <v>704</v>
-      </c>
-[...4 lines deleted...]
-        <v>705</v>
       </c>
       <c r="F355">
         <v>6</v>
       </c>
       <c r="G355">
         <v>100</v>
       </c>
-      <c r="H355" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H355">
+        <v>9</v>
+      </c>
+      <c r="I355">
+        <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356">
         <v>69790729</v>
       </c>
       <c r="C356" t="s">
+        <v>705</v>
+      </c>
+      <c r="D356" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" t="s">
         <v>706</v>
-      </c>
-[...4 lines deleted...]
-        <v>707</v>
       </c>
       <c r="F356">
         <v>11</v>
       </c>
       <c r="G356">
         <v>246</v>
       </c>
-      <c r="H356" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H356">
+        <v>15</v>
+      </c>
+      <c r="I356">
+        <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357">
         <v>10215243</v>
       </c>
       <c r="C357" t="s">
+        <v>707</v>
+      </c>
+      <c r="D357" t="s">
+        <v>10</v>
+      </c>
+      <c r="E357" t="s">
         <v>708</v>
-      </c>
-[...4 lines deleted...]
-        <v>709</v>
       </c>
       <c r="F357">
         <v>15</v>
       </c>
       <c r="G357">
         <v>352</v>
       </c>
-      <c r="H357" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H357">
+        <v>20</v>
+      </c>
+      <c r="I357">
+        <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358">
         <v>10261816</v>
       </c>
       <c r="C358" t="s">
+        <v>709</v>
+      </c>
+      <c r="D358" t="s">
+        <v>10</v>
+      </c>
+      <c r="E358" t="s">
         <v>710</v>
-      </c>
-[...4 lines deleted...]
-        <v>711</v>
       </c>
       <c r="F358">
         <v>8</v>
       </c>
       <c r="G358">
         <v>210</v>
       </c>
-      <c r="H358" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H358">
+        <v>11</v>
+      </c>
+      <c r="I358">
+        <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359">
         <v>10213691</v>
       </c>
       <c r="C359" t="s">
+        <v>711</v>
+      </c>
+      <c r="D359" t="s">
+        <v>10</v>
+      </c>
+      <c r="E359" t="s">
         <v>712</v>
-      </c>
-[...4 lines deleted...]
-        <v>713</v>
       </c>
       <c r="F359">
         <v>7</v>
       </c>
       <c r="G359">
         <v>177</v>
       </c>
-      <c r="H359" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H359">
+        <v>16</v>
+      </c>
+      <c r="I359">
+        <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360">
         <v>10215229</v>
       </c>
       <c r="C360" t="s">
+        <v>713</v>
+      </c>
+      <c r="D360" t="s">
+        <v>10</v>
+      </c>
+      <c r="E360" t="s">
         <v>714</v>
-      </c>
-[...4 lines deleted...]
-        <v>715</v>
       </c>
       <c r="F360">
         <v>6</v>
       </c>
       <c r="G360">
         <v>38</v>
       </c>
-      <c r="H360" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H360">
+        <v>8</v>
+      </c>
+      <c r="I360">
+        <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361">
         <v>10213696</v>
       </c>
       <c r="C361" t="s">
+        <v>715</v>
+      </c>
+      <c r="D361" t="s">
+        <v>10</v>
+      </c>
+      <c r="E361" t="s">
         <v>716</v>
-      </c>
-[...4 lines deleted...]
-        <v>717</v>
       </c>
       <c r="F361">
         <v>6</v>
       </c>
       <c r="G361">
         <v>67</v>
       </c>
-      <c r="H361" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H361">
+        <v>11</v>
+      </c>
+      <c r="I361">
+        <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362">
         <v>10213697</v>
       </c>
       <c r="C362" t="s">
+        <v>717</v>
+      </c>
+      <c r="D362" t="s">
+        <v>10</v>
+      </c>
+      <c r="E362" t="s">
         <v>718</v>
-      </c>
-[...4 lines deleted...]
-        <v>719</v>
       </c>
       <c r="F362">
         <v>10</v>
       </c>
       <c r="G362">
         <v>191</v>
       </c>
-      <c r="H362" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H362">
+        <v>17</v>
+      </c>
+      <c r="I362">
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363">
         <v>10213698</v>
       </c>
       <c r="C363" t="s">
+        <v>719</v>
+      </c>
+      <c r="D363" t="s">
+        <v>10</v>
+      </c>
+      <c r="E363" t="s">
         <v>720</v>
-      </c>
-[...4 lines deleted...]
-        <v>721</v>
       </c>
       <c r="F363">
         <v>6</v>
       </c>
       <c r="G363">
         <v>156</v>
       </c>
-      <c r="H363" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H363">
+        <v>9</v>
+      </c>
+      <c r="I363">
+        <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364">
         <v>10215239</v>
       </c>
       <c r="C364" t="s">
+        <v>721</v>
+      </c>
+      <c r="D364" t="s">
+        <v>10</v>
+      </c>
+      <c r="E364" t="s">
         <v>722</v>
-      </c>
-[...4 lines deleted...]
-        <v>723</v>
       </c>
       <c r="F364">
         <v>6</v>
       </c>
       <c r="G364">
         <v>123</v>
       </c>
-      <c r="H364" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H364">
+        <v>11</v>
+      </c>
+      <c r="I364">
+        <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365">
         <v>69830188</v>
       </c>
       <c r="C365" t="s">
+        <v>723</v>
+      </c>
+      <c r="D365" t="s">
+        <v>10</v>
+      </c>
+      <c r="E365" t="s">
         <v>724</v>
-      </c>
-[...4 lines deleted...]
-        <v>725</v>
       </c>
       <c r="F365">
         <v>7</v>
       </c>
       <c r="G365">
         <v>189</v>
       </c>
-      <c r="H365" t="s">
+      <c r="H365">
         <v>12</v>
       </c>
-      <c r="I365" t="s">
-        <v>12</v>
+      <c r="I365">
+        <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366">
         <v>10215240</v>
       </c>
       <c r="C366" t="s">
+        <v>725</v>
+      </c>
+      <c r="D366" t="s">
+        <v>10</v>
+      </c>
+      <c r="E366" t="s">
         <v>726</v>
-      </c>
-[...4 lines deleted...]
-        <v>727</v>
       </c>
       <c r="F366">
         <v>7</v>
       </c>
       <c r="G366">
         <v>167</v>
       </c>
-      <c r="H366" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H366">
+        <v>11</v>
+      </c>
+      <c r="I366">
+        <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367">
         <v>10213701</v>
       </c>
       <c r="C367" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="F367">
         <v>6</v>
       </c>
       <c r="G367">
         <v>178</v>
       </c>
-      <c r="H367" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H367">
+        <v>13</v>
+      </c>
+      <c r="I367">
+        <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368">
         <v>10261838</v>
       </c>
       <c r="C368" t="s">
+        <v>728</v>
+      </c>
+      <c r="D368" t="s">
+        <v>10</v>
+      </c>
+      <c r="E368" t="s">
         <v>729</v>
-      </c>
-[...4 lines deleted...]
-        <v>730</v>
       </c>
       <c r="F368">
         <v>6</v>
       </c>
       <c r="G368">
         <v>89</v>
       </c>
-      <c r="H368" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H368">
+        <v>10</v>
+      </c>
+      <c r="I368">
+        <v>2</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369">
         <v>70057282</v>
       </c>
       <c r="C369" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F369">
         <v>0</v>
       </c>
       <c r="G369">
         <v>0</v>
       </c>
-      <c r="H369" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H369">
+        <v>0</v>
+      </c>
+      <c r="I369">
+        <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370">
         <v>70046792</v>
       </c>
       <c r="C370" t="s">
+        <v>731</v>
+      </c>
+      <c r="D370" t="s">
+        <v>10</v>
+      </c>
+      <c r="E370" t="s">
         <v>732</v>
-      </c>
-[...4 lines deleted...]
-        <v>733</v>
       </c>
       <c r="F370">
         <v>5</v>
       </c>
       <c r="G370">
         <v>149</v>
       </c>
-      <c r="H370" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H370">
+        <v>9</v>
+      </c>
+      <c r="I370">
+        <v>2</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371">
         <v>10215245</v>
       </c>
       <c r="C371" t="s">
+        <v>733</v>
+      </c>
+      <c r="D371" t="s">
+        <v>10</v>
+      </c>
+      <c r="E371" t="s">
         <v>734</v>
-      </c>
-[...4 lines deleted...]
-        <v>735</v>
       </c>
       <c r="F371">
         <v>6</v>
       </c>
       <c r="G371">
         <v>111</v>
       </c>
-      <c r="H371" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H371">
+        <v>9</v>
+      </c>
+      <c r="I371">
+        <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372">
         <v>69888502</v>
       </c>
       <c r="C372" t="s">
+        <v>735</v>
+      </c>
+      <c r="D372" t="s">
+        <v>10</v>
+      </c>
+      <c r="E372" t="s">
         <v>736</v>
-      </c>
-[...4 lines deleted...]
-        <v>737</v>
       </c>
       <c r="F372">
         <v>10</v>
       </c>
       <c r="G372">
         <v>229</v>
       </c>
-      <c r="H372" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H372">
+        <v>19</v>
+      </c>
+      <c r="I372">
+        <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373">
         <v>69888512</v>
       </c>
       <c r="C373" t="s">
+        <v>737</v>
+      </c>
+      <c r="D373" t="s">
+        <v>10</v>
+      </c>
+      <c r="E373" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>739</v>
       </c>
       <c r="F373">
         <v>15</v>
       </c>
       <c r="G373">
         <v>356</v>
       </c>
-      <c r="H373" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H373">
+        <v>27</v>
+      </c>
+      <c r="I373">
+        <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374">
         <v>69918268</v>
       </c>
       <c r="C374" t="s">
+        <v>739</v>
+      </c>
+      <c r="D374" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" t="s">
         <v>740</v>
-      </c>
-[...4 lines deleted...]
-        <v>741</v>
       </c>
       <c r="F374">
         <v>22</v>
       </c>
       <c r="G374">
         <v>586</v>
       </c>
-      <c r="H374" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H374">
+        <v>38</v>
+      </c>
+      <c r="I374">
+        <v>4</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375">
         <v>10213578</v>
       </c>
       <c r="C375" t="s">
+        <v>741</v>
+      </c>
+      <c r="D375" t="s">
+        <v>10</v>
+      </c>
+      <c r="E375" t="s">
         <v>742</v>
-      </c>
-[...4 lines deleted...]
-        <v>743</v>
       </c>
       <c r="F375">
         <v>6</v>
       </c>
       <c r="G375">
         <v>28</v>
       </c>
-      <c r="H375" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H375">
+        <v>7</v>
+      </c>
+      <c r="I375">
+        <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376">
         <v>10213580</v>
       </c>
       <c r="C376" t="s">
+        <v>743</v>
+      </c>
+      <c r="D376" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" t="s">
         <v>744</v>
-      </c>
-[...4 lines deleted...]
-        <v>745</v>
       </c>
       <c r="F376">
         <v>19</v>
       </c>
       <c r="G376">
         <v>605</v>
       </c>
-      <c r="H376" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H376">
+        <v>24</v>
+      </c>
+      <c r="I376">
+        <v>2</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377">
         <v>10215152</v>
       </c>
       <c r="C377" t="s">
+        <v>745</v>
+      </c>
+      <c r="D377" t="s">
+        <v>10</v>
+      </c>
+      <c r="E377" t="s">
         <v>746</v>
-      </c>
-[...4 lines deleted...]
-        <v>747</v>
       </c>
       <c r="F377">
         <v>9</v>
       </c>
       <c r="G377">
         <v>189</v>
       </c>
-      <c r="H377" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H377">
+        <v>10</v>
+      </c>
+      <c r="I377">
+        <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378">
         <v>10213087</v>
       </c>
       <c r="C378" t="s">
+        <v>747</v>
+      </c>
+      <c r="D378" t="s">
+        <v>10</v>
+      </c>
+      <c r="E378" t="s">
         <v>748</v>
-      </c>
-[...4 lines deleted...]
-        <v>749</v>
       </c>
       <c r="F378">
         <v>6</v>
       </c>
       <c r="G378">
         <v>128</v>
       </c>
-      <c r="H378" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H378">
+        <v>11</v>
+      </c>
+      <c r="I378">
+        <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379">
         <v>69787058</v>
       </c>
       <c r="C379" t="s">
+        <v>749</v>
+      </c>
+      <c r="D379" t="s">
+        <v>10</v>
+      </c>
+      <c r="E379" t="s">
         <v>750</v>
-      </c>
-[...4 lines deleted...]
-        <v>751</v>
       </c>
       <c r="F379">
         <v>24</v>
       </c>
       <c r="G379">
         <v>660</v>
       </c>
-      <c r="H379" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H379">
+        <v>23</v>
+      </c>
+      <c r="I379">
+        <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380">
         <v>69799886</v>
       </c>
       <c r="C380" t="s">
+        <v>751</v>
+      </c>
+      <c r="D380" t="s">
+        <v>10</v>
+      </c>
+      <c r="E380" t="s">
         <v>752</v>
-      </c>
-[...4 lines deleted...]
-        <v>753</v>
       </c>
       <c r="F380">
         <v>12</v>
       </c>
       <c r="G380">
         <v>304</v>
       </c>
-      <c r="H380" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H380">
+        <v>13</v>
+      </c>
+      <c r="I380">
+        <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381">
         <v>10215131</v>
       </c>
       <c r="C381" t="s">
+        <v>753</v>
+      </c>
+      <c r="D381" t="s">
+        <v>10</v>
+      </c>
+      <c r="E381" t="s">
         <v>754</v>
-      </c>
-[...4 lines deleted...]
-        <v>755</v>
       </c>
       <c r="F381">
         <v>12</v>
       </c>
       <c r="G381">
         <v>364</v>
       </c>
-      <c r="H381" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H381">
+        <v>19</v>
+      </c>
+      <c r="I381">
+        <v>3</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382">
         <v>69856943</v>
       </c>
       <c r="C382" t="s">
+        <v>755</v>
+      </c>
+      <c r="D382" t="s">
+        <v>10</v>
+      </c>
+      <c r="E382" t="s">
         <v>756</v>
-      </c>
-[...4 lines deleted...]
-        <v>757</v>
       </c>
       <c r="F382">
         <v>22</v>
       </c>
       <c r="G382">
         <v>603</v>
       </c>
-      <c r="H382" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H382">
+        <v>29</v>
+      </c>
+      <c r="I382">
+        <v>3</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383">
         <v>10213640</v>
       </c>
       <c r="C383" t="s">
+        <v>757</v>
+      </c>
+      <c r="D383" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" t="s">
         <v>758</v>
-      </c>
-[...4 lines deleted...]
-        <v>759</v>
       </c>
       <c r="F383">
         <v>11</v>
       </c>
       <c r="G383">
         <v>270</v>
       </c>
-      <c r="H383" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H383">
+        <v>21</v>
+      </c>
+      <c r="I383">
+        <v>3</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384">
         <v>10261492</v>
       </c>
       <c r="C384" t="s">
+        <v>759</v>
+      </c>
+      <c r="D384" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" t="s">
         <v>760</v>
-      </c>
-[...4 lines deleted...]
-        <v>761</v>
       </c>
       <c r="F384">
         <v>11</v>
       </c>
       <c r="G384">
         <v>279</v>
       </c>
-      <c r="H384" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H384">
+        <v>13</v>
+      </c>
+      <c r="I384">
+        <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385">
         <v>10260293</v>
       </c>
       <c r="C385" t="s">
+        <v>761</v>
+      </c>
+      <c r="D385" t="s">
+        <v>10</v>
+      </c>
+      <c r="E385" t="s">
         <v>762</v>
-      </c>
-[...4 lines deleted...]
-        <v>763</v>
       </c>
       <c r="F385">
         <v>12</v>
       </c>
       <c r="G385">
         <v>289</v>
       </c>
-      <c r="H385" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H385">
+        <v>15</v>
+      </c>
+      <c r="I385">
+        <v>2</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386">
         <v>69804641</v>
       </c>
       <c r="C386" t="s">
+        <v>763</v>
+      </c>
+      <c r="D386" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" t="s">
         <v>764</v>
-      </c>
-[...4 lines deleted...]
-        <v>765</v>
       </c>
       <c r="F386">
         <v>6</v>
       </c>
       <c r="G386">
         <v>88</v>
       </c>
-      <c r="H386" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H386">
+        <v>10</v>
+      </c>
+      <c r="I386">
+        <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387">
         <v>10213677</v>
       </c>
       <c r="C387" t="s">
+        <v>765</v>
+      </c>
+      <c r="D387" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" t="s">
         <v>766</v>
-      </c>
-[...4 lines deleted...]
-        <v>767</v>
       </c>
       <c r="F387">
         <v>8</v>
       </c>
       <c r="G387">
         <v>215</v>
       </c>
-      <c r="H387" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H387">
+        <v>11</v>
+      </c>
+      <c r="I387">
+        <v>2</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388">
         <v>10261528</v>
       </c>
       <c r="C388" t="s">
+        <v>767</v>
+      </c>
+      <c r="D388" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" t="s">
         <v>768</v>
-      </c>
-[...4 lines deleted...]
-        <v>769</v>
       </c>
       <c r="F388">
         <v>6</v>
       </c>
       <c r="G388">
         <v>99</v>
       </c>
-      <c r="H388" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H388">
+        <v>8</v>
+      </c>
+      <c r="I388">
+        <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389">
         <v>10261411</v>
       </c>
       <c r="C389" t="s">
+        <v>769</v>
+      </c>
+      <c r="D389" t="s">
+        <v>10</v>
+      </c>
+      <c r="E389" t="s">
         <v>770</v>
-      </c>
-[...4 lines deleted...]
-        <v>771</v>
       </c>
       <c r="F389">
         <v>8</v>
       </c>
       <c r="G389">
         <v>182</v>
       </c>
-      <c r="H389" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H389">
+        <v>13</v>
+      </c>
+      <c r="I389">
+        <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390">
         <v>60725259</v>
       </c>
       <c r="C390" t="s">
+        <v>771</v>
+      </c>
+      <c r="D390" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" t="s">
         <v>772</v>
-      </c>
-[...4 lines deleted...]
-        <v>773</v>
       </c>
       <c r="F390">
         <v>5</v>
       </c>
       <c r="G390">
         <v>53</v>
       </c>
-      <c r="H390" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H390">
+        <v>7</v>
+      </c>
+      <c r="I390">
+        <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391">
         <v>69830208</v>
       </c>
       <c r="C391" t="s">
+        <v>773</v>
+      </c>
+      <c r="D391" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" t="s">
         <v>774</v>
-      </c>
-[...4 lines deleted...]
-        <v>775</v>
       </c>
       <c r="F391">
         <v>6</v>
       </c>
       <c r="G391">
         <v>136</v>
       </c>
-      <c r="H391" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H391">
+        <v>8</v>
+      </c>
+      <c r="I391">
+        <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392">
         <v>69787040</v>
       </c>
       <c r="C392" t="s">
+        <v>775</v>
+      </c>
+      <c r="D392" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" t="s">
         <v>776</v>
-      </c>
-[...4 lines deleted...]
-        <v>777</v>
       </c>
       <c r="F392">
         <v>10</v>
       </c>
       <c r="G392">
         <v>252</v>
       </c>
-      <c r="H392" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H392">
+        <v>15</v>
+      </c>
+      <c r="I392">
+        <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393">
         <v>69787119</v>
       </c>
       <c r="C393" t="s">
+        <v>777</v>
+      </c>
+      <c r="D393" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" t="s">
         <v>778</v>
-      </c>
-[...4 lines deleted...]
-        <v>779</v>
       </c>
       <c r="F393">
         <v>3</v>
       </c>
       <c r="G393">
         <v>10</v>
       </c>
-      <c r="H393" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H393">
+        <v>7</v>
+      </c>
+      <c r="I393">
+        <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394">
         <v>10218054</v>
       </c>
       <c r="C394" t="s">
+        <v>779</v>
+      </c>
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
         <v>780</v>
-      </c>
-[...4 lines deleted...]
-        <v>781</v>
       </c>
       <c r="F394">
         <v>6</v>
       </c>
       <c r="G394">
         <v>14</v>
       </c>
-      <c r="H394" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H394">
+        <v>4</v>
+      </c>
+      <c r="I394">
+        <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395">
         <v>10213680</v>
       </c>
       <c r="C395" t="s">
+        <v>781</v>
+      </c>
+      <c r="D395" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" t="s">
         <v>782</v>
-      </c>
-[...4 lines deleted...]
-        <v>783</v>
       </c>
       <c r="F395">
         <v>18</v>
       </c>
       <c r="G395">
         <v>469</v>
       </c>
-      <c r="H395" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H395">
+        <v>29</v>
+      </c>
+      <c r="I395">
+        <v>3</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396">
         <v>10215225</v>
       </c>
       <c r="C396" t="s">
+        <v>783</v>
+      </c>
+      <c r="D396" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" t="s">
         <v>784</v>
-      </c>
-[...4 lines deleted...]
-        <v>785</v>
       </c>
       <c r="F396">
         <v>17</v>
       </c>
       <c r="G396">
         <v>407</v>
       </c>
-      <c r="H396" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H396">
+        <v>26</v>
+      </c>
+      <c r="I396">
+        <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397">
         <v>10213692</v>
       </c>
       <c r="C397" t="s">
+        <v>785</v>
+      </c>
+      <c r="D397" t="s">
+        <v>10</v>
+      </c>
+      <c r="E397" t="s">
         <v>786</v>
-      </c>
-[...4 lines deleted...]
-        <v>787</v>
       </c>
       <c r="F397">
         <v>6</v>
       </c>
       <c r="G397">
         <v>72</v>
       </c>
-      <c r="H397" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H397">
+        <v>10</v>
+      </c>
+      <c r="I397">
+        <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398">
         <v>10213695</v>
       </c>
       <c r="C398" t="s">
+        <v>787</v>
+      </c>
+      <c r="D398" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" t="s">
         <v>788</v>
-      </c>
-[...4 lines deleted...]
-        <v>789</v>
       </c>
       <c r="F398">
         <v>6</v>
       </c>
       <c r="G398">
         <v>102</v>
       </c>
-      <c r="H398" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H398">
+        <v>9</v>
+      </c>
+      <c r="I398">
+        <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399">
         <v>69922170</v>
       </c>
       <c r="C399" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F399">
         <v>0</v>
       </c>
       <c r="G399">
         <v>0</v>
       </c>
-      <c r="H399" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H399">
+        <v>0</v>
+      </c>
+      <c r="I399">
+        <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400">
         <v>70009138</v>
       </c>
       <c r="C400" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F400">
         <v>0</v>
       </c>
       <c r="G400">
         <v>0</v>
       </c>
-      <c r="H400" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H400">
+        <v>0</v>
+      </c>
+      <c r="I400">
+        <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401">
         <v>10220202</v>
       </c>
       <c r="C401" t="s">
+        <v>791</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
         <v>792</v>
-      </c>
-[...4 lines deleted...]
-        <v>793</v>
       </c>
       <c r="F401">
         <v>15</v>
       </c>
       <c r="G401">
         <v>416</v>
       </c>
-      <c r="H401" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H401">
+        <v>19</v>
+      </c>
+      <c r="I401">
+        <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402">
         <v>10214931</v>
       </c>
       <c r="C402" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="D402" t="s">
+        <v>794</v>
+      </c>
+      <c r="E402" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="F402">
         <v>10</v>
       </c>
       <c r="G402">
         <v>189</v>
       </c>
-      <c r="H402" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H402">
+        <v>13</v>
+      </c>
+      <c r="I402">
+        <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403">
         <v>10215148</v>
       </c>
       <c r="C403" t="s">
+        <v>796</v>
+      </c>
+      <c r="D403" t="s">
+        <v>794</v>
+      </c>
+      <c r="E403" t="s">
         <v>797</v>
-      </c>
-[...4 lines deleted...]
-        <v>798</v>
       </c>
       <c r="F403">
         <v>5</v>
       </c>
       <c r="G403">
         <v>17</v>
       </c>
-      <c r="H403" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H403">
+        <v>5</v>
+      </c>
+      <c r="I403">
+        <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404">
         <v>10200646</v>
       </c>
       <c r="C404" t="s">
+        <v>798</v>
+      </c>
+      <c r="D404" t="s">
+        <v>794</v>
+      </c>
+      <c r="E404" t="s">
         <v>799</v>
-      </c>
-[...4 lines deleted...]
-        <v>800</v>
       </c>
       <c r="F404">
         <v>8</v>
       </c>
       <c r="G404">
         <v>185</v>
       </c>
-      <c r="H404" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H404">
+        <v>11</v>
+      </c>
+      <c r="I404">
+        <v>3</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405">
         <v>10200785</v>
       </c>
       <c r="C405" t="s">
+        <v>800</v>
+      </c>
+      <c r="D405" t="s">
+        <v>794</v>
+      </c>
+      <c r="E405" t="s">
         <v>801</v>
-      </c>
-[...4 lines deleted...]
-        <v>802</v>
       </c>
       <c r="F405">
         <v>11</v>
       </c>
       <c r="G405">
         <v>197</v>
       </c>
-      <c r="H405" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H405">
+        <v>18</v>
+      </c>
+      <c r="I405">
+        <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406">
         <v>10213098</v>
       </c>
       <c r="C406" t="s">
+        <v>802</v>
+      </c>
+      <c r="D406" t="s">
+        <v>794</v>
+      </c>
+      <c r="E406" t="s">
         <v>803</v>
-      </c>
-[...4 lines deleted...]
-        <v>804</v>
       </c>
       <c r="F406">
         <v>5</v>
       </c>
       <c r="G406">
         <v>40</v>
       </c>
-      <c r="H406" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H406">
+        <v>6</v>
+      </c>
+      <c r="I406">
+        <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407">
         <v>10200783</v>
       </c>
       <c r="C407" t="s">
+        <v>804</v>
+      </c>
+      <c r="D407" t="s">
+        <v>794</v>
+      </c>
+      <c r="E407" t="s">
         <v>805</v>
-      </c>
-[...4 lines deleted...]
-        <v>806</v>
       </c>
       <c r="F407">
         <v>11</v>
       </c>
       <c r="G407">
         <v>249</v>
       </c>
-      <c r="H407" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H407">
+        <v>18</v>
+      </c>
+      <c r="I407">
+        <v>2</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408">
         <v>10200782</v>
       </c>
       <c r="C408" t="s">
+        <v>806</v>
+      </c>
+      <c r="D408" t="s">
+        <v>794</v>
+      </c>
+      <c r="E408" t="s">
         <v>807</v>
-      </c>
-[...4 lines deleted...]
-        <v>808</v>
       </c>
       <c r="F408">
         <v>7</v>
       </c>
       <c r="G408">
         <v>134</v>
       </c>
-      <c r="H408" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H408">
+        <v>10</v>
+      </c>
+      <c r="I408">
+        <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409">
         <v>10214762</v>
       </c>
       <c r="C409" t="s">
+        <v>808</v>
+      </c>
+      <c r="D409" t="s">
+        <v>794</v>
+      </c>
+      <c r="E409" t="s">
         <v>809</v>
-      </c>
-[...4 lines deleted...]
-        <v>810</v>
       </c>
       <c r="F409">
         <v>6</v>
       </c>
       <c r="G409">
         <v>181</v>
       </c>
-      <c r="H409" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H409">
+        <v>11</v>
+      </c>
+      <c r="I409">
+        <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410">
         <v>10200767</v>
       </c>
       <c r="C410" t="s">
+        <v>810</v>
+      </c>
+      <c r="D410" t="s">
+        <v>794</v>
+      </c>
+      <c r="E410" t="s">
         <v>811</v>
-      </c>
-[...4 lines deleted...]
-        <v>812</v>
       </c>
       <c r="F410">
         <v>11</v>
       </c>
       <c r="G410">
         <v>207</v>
       </c>
-      <c r="H410" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H410">
+        <v>16</v>
+      </c>
+      <c r="I410">
+        <v>2</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411">
         <v>10213104</v>
       </c>
       <c r="C411" t="s">
+        <v>812</v>
+      </c>
+      <c r="D411" t="s">
+        <v>794</v>
+      </c>
+      <c r="E411" t="s">
         <v>813</v>
-      </c>
-[...4 lines deleted...]
-        <v>814</v>
       </c>
       <c r="F411">
         <v>16</v>
       </c>
       <c r="G411">
         <v>385</v>
       </c>
-      <c r="H411" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H411">
+        <v>23</v>
+      </c>
+      <c r="I411">
+        <v>2</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412">
         <v>10200766</v>
       </c>
       <c r="C412" t="s">
+        <v>814</v>
+      </c>
+      <c r="D412" t="s">
+        <v>794</v>
+      </c>
+      <c r="E412" t="s">
         <v>815</v>
-      </c>
-[...4 lines deleted...]
-        <v>816</v>
       </c>
       <c r="F412">
         <v>11</v>
       </c>
       <c r="G412">
         <v>195</v>
       </c>
-      <c r="H412" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H412">
+        <v>15</v>
+      </c>
+      <c r="I412">
+        <v>2</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413">
         <v>10200755</v>
       </c>
       <c r="C413" t="s">
+        <v>816</v>
+      </c>
+      <c r="D413" t="s">
+        <v>794</v>
+      </c>
+      <c r="E413" t="s">
         <v>817</v>
-      </c>
-[...4 lines deleted...]
-        <v>818</v>
       </c>
       <c r="F413">
         <v>11</v>
       </c>
       <c r="G413">
         <v>238</v>
       </c>
-      <c r="H413" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H413">
+        <v>18</v>
+      </c>
+      <c r="I413">
+        <v>3</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414">
         <v>10200754</v>
       </c>
       <c r="C414" t="s">
+        <v>818</v>
+      </c>
+      <c r="D414" t="s">
+        <v>794</v>
+      </c>
+      <c r="E414" t="s">
         <v>819</v>
-      </c>
-[...4 lines deleted...]
-        <v>820</v>
       </c>
       <c r="F414">
         <v>18</v>
       </c>
       <c r="G414">
         <v>546</v>
       </c>
-      <c r="H414" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H414">
+        <v>25</v>
+      </c>
+      <c r="I414">
+        <v>2</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415">
         <v>10214765</v>
       </c>
       <c r="C415" t="s">
+        <v>820</v>
+      </c>
+      <c r="D415" t="s">
+        <v>794</v>
+      </c>
+      <c r="E415" t="s">
         <v>821</v>
-      </c>
-[...4 lines deleted...]
-        <v>822</v>
       </c>
       <c r="F415">
         <v>14</v>
       </c>
       <c r="G415">
         <v>416</v>
       </c>
-      <c r="H415" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H415">
+        <v>18</v>
+      </c>
+      <c r="I415">
+        <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416">
         <v>10200753</v>
       </c>
       <c r="C416" t="s">
+        <v>822</v>
+      </c>
+      <c r="D416" t="s">
+        <v>794</v>
+      </c>
+      <c r="E416" t="s">
         <v>823</v>
-      </c>
-[...4 lines deleted...]
-        <v>824</v>
       </c>
       <c r="F416">
         <v>10</v>
       </c>
       <c r="G416">
         <v>213</v>
       </c>
-      <c r="H416" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H416">
+        <v>17</v>
+      </c>
+      <c r="I416">
+        <v>2</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417">
         <v>10213110</v>
       </c>
       <c r="C417" t="s">
+        <v>824</v>
+      </c>
+      <c r="D417" t="s">
+        <v>794</v>
+      </c>
+      <c r="E417" t="s">
         <v>825</v>
-      </c>
-[...4 lines deleted...]
-        <v>826</v>
       </c>
       <c r="F417">
         <v>17</v>
       </c>
       <c r="G417">
         <v>474</v>
       </c>
-      <c r="H417" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H417">
+        <v>24</v>
+      </c>
+      <c r="I417">
+        <v>3</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418">
         <v>10200752</v>
       </c>
       <c r="C418" t="s">
+        <v>826</v>
+      </c>
+      <c r="D418" t="s">
+        <v>794</v>
+      </c>
+      <c r="E418" t="s">
         <v>827</v>
-      </c>
-[...4 lines deleted...]
-        <v>828</v>
       </c>
       <c r="F418">
         <v>13</v>
       </c>
       <c r="G418">
         <v>307</v>
       </c>
-      <c r="H418" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H418">
+        <v>19</v>
+      </c>
+      <c r="I418">
+        <v>4</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419">
         <v>10200751</v>
       </c>
       <c r="C419" t="s">
+        <v>828</v>
+      </c>
+      <c r="D419" t="s">
+        <v>794</v>
+      </c>
+      <c r="E419" t="s">
         <v>829</v>
-      </c>
-[...4 lines deleted...]
-        <v>830</v>
       </c>
       <c r="F419">
         <v>13</v>
       </c>
       <c r="G419">
         <v>324</v>
       </c>
-      <c r="H419" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H419">
+        <v>18</v>
+      </c>
+      <c r="I419">
+        <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420">
         <v>10200750</v>
       </c>
       <c r="C420" t="s">
+        <v>830</v>
+      </c>
+      <c r="D420" t="s">
+        <v>794</v>
+      </c>
+      <c r="E420" t="s">
         <v>831</v>
-      </c>
-[...4 lines deleted...]
-        <v>832</v>
       </c>
       <c r="F420">
         <v>8</v>
       </c>
       <c r="G420">
         <v>183</v>
       </c>
-      <c r="H420" t="s">
+      <c r="H420">
         <v>12</v>
       </c>
-      <c r="I420" t="s">
-        <v>12</v>
+      <c r="I420">
+        <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421">
         <v>10200749</v>
       </c>
       <c r="C421" t="s">
+        <v>832</v>
+      </c>
+      <c r="D421" t="s">
+        <v>794</v>
+      </c>
+      <c r="E421" t="s">
         <v>833</v>
-      </c>
-[...4 lines deleted...]
-        <v>834</v>
       </c>
       <c r="F421">
         <v>13</v>
       </c>
       <c r="G421">
         <v>338</v>
       </c>
-      <c r="H421" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H421">
+        <v>20</v>
+      </c>
+      <c r="I421">
+        <v>3</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422">
         <v>10200748</v>
       </c>
       <c r="C422" t="s">
+        <v>834</v>
+      </c>
+      <c r="D422" t="s">
+        <v>794</v>
+      </c>
+      <c r="E422" t="s">
         <v>835</v>
-      </c>
-[...4 lines deleted...]
-        <v>836</v>
       </c>
       <c r="F422">
         <v>6</v>
       </c>
       <c r="G422">
         <v>164</v>
       </c>
-      <c r="H422" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H422">
+        <v>10</v>
+      </c>
+      <c r="I422">
+        <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423">
         <v>10200756</v>
       </c>
       <c r="C423" t="s">
+        <v>836</v>
+      </c>
+      <c r="D423" t="s">
+        <v>794</v>
+      </c>
+      <c r="E423" t="s">
         <v>837</v>
-      </c>
-[...4 lines deleted...]
-        <v>838</v>
       </c>
       <c r="F423">
         <v>6</v>
       </c>
       <c r="G423">
         <v>92</v>
       </c>
-      <c r="H423" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H423">
+        <v>9</v>
+      </c>
+      <c r="I423">
+        <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424">
         <v>10200757</v>
       </c>
       <c r="C424" t="s">
+        <v>838</v>
+      </c>
+      <c r="D424" t="s">
+        <v>794</v>
+      </c>
+      <c r="E424" t="s">
         <v>839</v>
-      </c>
-[...4 lines deleted...]
-        <v>840</v>
       </c>
       <c r="F424">
         <v>6</v>
       </c>
       <c r="G424">
         <v>120</v>
       </c>
-      <c r="H424" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H424">
+        <v>8</v>
+      </c>
+      <c r="I424">
+        <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425">
         <v>10200765</v>
       </c>
       <c r="C425" t="s">
+        <v>840</v>
+      </c>
+      <c r="D425" t="s">
+        <v>794</v>
+      </c>
+      <c r="E425" t="s">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>842</v>
       </c>
       <c r="F425">
         <v>12</v>
       </c>
       <c r="G425">
         <v>302</v>
       </c>
-      <c r="H425" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H425">
+        <v>17</v>
+      </c>
+      <c r="I425">
+        <v>2</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426">
         <v>10200764</v>
       </c>
       <c r="C426" t="s">
+        <v>842</v>
+      </c>
+      <c r="D426" t="s">
+        <v>794</v>
+      </c>
+      <c r="E426" t="s">
         <v>843</v>
-      </c>
-[...4 lines deleted...]
-        <v>844</v>
       </c>
       <c r="F426">
         <v>18</v>
       </c>
       <c r="G426">
         <v>581</v>
       </c>
-      <c r="H426" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H426">
+        <v>26</v>
+      </c>
+      <c r="I426">
+        <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427">
         <v>10200763</v>
       </c>
       <c r="C427" t="s">
+        <v>844</v>
+      </c>
+      <c r="D427" t="s">
+        <v>794</v>
+      </c>
+      <c r="E427" t="s">
         <v>845</v>
-      </c>
-[...4 lines deleted...]
-        <v>846</v>
       </c>
       <c r="F427">
         <v>14</v>
       </c>
       <c r="G427">
         <v>374</v>
       </c>
-      <c r="H427" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H427">
+        <v>20</v>
+      </c>
+      <c r="I427">
+        <v>2</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428">
         <v>10213124</v>
       </c>
       <c r="C428" t="s">
+        <v>846</v>
+      </c>
+      <c r="D428" t="s">
+        <v>794</v>
+      </c>
+      <c r="E428" t="s">
         <v>847</v>
-      </c>
-[...4 lines deleted...]
-        <v>848</v>
       </c>
       <c r="F428">
         <v>6</v>
       </c>
       <c r="G428">
         <v>145</v>
       </c>
-      <c r="H428" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H428">
+        <v>11</v>
+      </c>
+      <c r="I428">
+        <v>2</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429">
         <v>10200760</v>
       </c>
       <c r="C429" t="s">
+        <v>848</v>
+      </c>
+      <c r="D429" t="s">
+        <v>794</v>
+      </c>
+      <c r="E429" t="s">
         <v>849</v>
-      </c>
-[...4 lines deleted...]
-        <v>850</v>
       </c>
       <c r="F429">
         <v>6</v>
       </c>
       <c r="G429">
         <v>122</v>
       </c>
-      <c r="H429" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H429">
+        <v>9</v>
+      </c>
+      <c r="I429">
+        <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430">
         <v>10200759</v>
       </c>
       <c r="C430" t="s">
+        <v>850</v>
+      </c>
+      <c r="D430" t="s">
+        <v>794</v>
+      </c>
+      <c r="E430" t="s">
         <v>851</v>
-      </c>
-[...4 lines deleted...]
-        <v>852</v>
       </c>
       <c r="F430">
         <v>6</v>
       </c>
       <c r="G430">
         <v>49</v>
       </c>
-      <c r="H430" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H430">
+        <v>7</v>
+      </c>
+      <c r="I430">
+        <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431">
         <v>10200660</v>
       </c>
       <c r="C431" t="s">
+        <v>852</v>
+      </c>
+      <c r="D431" t="s">
+        <v>794</v>
+      </c>
+      <c r="E431" t="s">
         <v>853</v>
-      </c>
-[...4 lines deleted...]
-        <v>854</v>
       </c>
       <c r="F431">
         <v>6</v>
       </c>
       <c r="G431">
         <v>97</v>
       </c>
-      <c r="H431" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H431">
+        <v>6</v>
+      </c>
+      <c r="I431">
+        <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432">
         <v>10200649</v>
       </c>
       <c r="C432" t="s">
+        <v>854</v>
+      </c>
+      <c r="D432" t="s">
+        <v>794</v>
+      </c>
+      <c r="E432" t="s">
         <v>855</v>
-      </c>
-[...4 lines deleted...]
-        <v>856</v>
       </c>
       <c r="F432">
         <v>12</v>
       </c>
       <c r="G432">
         <v>300</v>
       </c>
-      <c r="H432" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H432">
+        <v>16</v>
+      </c>
+      <c r="I432">
+        <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433">
         <v>10200648</v>
       </c>
       <c r="C433" t="s">
+        <v>856</v>
+      </c>
+      <c r="D433" t="s">
+        <v>794</v>
+      </c>
+      <c r="E433" t="s">
         <v>857</v>
-      </c>
-[...4 lines deleted...]
-        <v>858</v>
       </c>
       <c r="F433">
         <v>7</v>
       </c>
       <c r="G433">
         <v>162</v>
       </c>
-      <c r="H433" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H433">
+        <v>11</v>
+      </c>
+      <c r="I433">
+        <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434">
         <v>10200647</v>
       </c>
       <c r="C434" t="s">
+        <v>858</v>
+      </c>
+      <c r="D434" t="s">
+        <v>794</v>
+      </c>
+      <c r="E434" t="s">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F434">
         <v>9</v>
       </c>
       <c r="G434">
         <v>188</v>
       </c>
-      <c r="H434" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H434">
+        <v>15</v>
+      </c>
+      <c r="I434">
+        <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435">
         <v>10213134</v>
       </c>
       <c r="C435" t="s">
+        <v>860</v>
+      </c>
+      <c r="D435" t="s">
+        <v>794</v>
+      </c>
+      <c r="E435" t="s">
         <v>861</v>
-      </c>
-[...4 lines deleted...]
-        <v>862</v>
       </c>
       <c r="F435">
         <v>18</v>
       </c>
       <c r="G435">
         <v>413</v>
       </c>
-      <c r="H435" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H435">
+        <v>26</v>
+      </c>
+      <c r="I435">
+        <v>4</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436">
         <v>10213135</v>
       </c>
       <c r="C436" t="s">
+        <v>862</v>
+      </c>
+      <c r="D436" t="s">
+        <v>794</v>
+      </c>
+      <c r="E436" t="s">
         <v>863</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
       <c r="F436">
         <v>11</v>
       </c>
       <c r="G436">
         <v>267</v>
       </c>
-      <c r="H436" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H436">
+        <v>19</v>
+      </c>
+      <c r="I436">
+        <v>2</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437">
         <v>10214769</v>
       </c>
       <c r="C437" t="s">
+        <v>864</v>
+      </c>
+      <c r="D437" t="s">
+        <v>794</v>
+      </c>
+      <c r="E437" t="s">
         <v>865</v>
-      </c>
-[...4 lines deleted...]
-        <v>866</v>
       </c>
       <c r="F437">
         <v>17</v>
       </c>
       <c r="G437">
         <v>376</v>
       </c>
-      <c r="H437" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H437">
+        <v>29</v>
+      </c>
+      <c r="I437">
+        <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438">
         <v>10214770</v>
       </c>
       <c r="C438" t="s">
+        <v>866</v>
+      </c>
+      <c r="D438" t="s">
+        <v>794</v>
+      </c>
+      <c r="E438" t="s">
         <v>867</v>
-      </c>
-[...4 lines deleted...]
-        <v>868</v>
       </c>
       <c r="F438">
         <v>8</v>
       </c>
       <c r="G438">
         <v>200</v>
       </c>
-      <c r="H438" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H438">
+        <v>13</v>
+      </c>
+      <c r="I438">
+        <v>2</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439">
         <v>10214771</v>
       </c>
       <c r="C439" t="s">
+        <v>868</v>
+      </c>
+      <c r="D439" t="s">
+        <v>794</v>
+      </c>
+      <c r="E439" t="s">
         <v>869</v>
-      </c>
-[...4 lines deleted...]
-        <v>870</v>
       </c>
       <c r="F439">
         <v>9</v>
       </c>
       <c r="G439">
         <v>182</v>
       </c>
-      <c r="H439" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H439">
+        <v>14</v>
+      </c>
+      <c r="I439">
+        <v>2</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440">
         <v>10214772</v>
       </c>
       <c r="C440" t="s">
+        <v>870</v>
+      </c>
+      <c r="D440" t="s">
+        <v>794</v>
+      </c>
+      <c r="E440" t="s">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>872</v>
       </c>
       <c r="F440">
         <v>10</v>
       </c>
       <c r="G440">
         <v>214</v>
       </c>
-      <c r="H440" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H440">
+        <v>17</v>
+      </c>
+      <c r="I440">
+        <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441">
         <v>10213140</v>
       </c>
       <c r="C441" t="s">
+        <v>872</v>
+      </c>
+      <c r="D441" t="s">
+        <v>794</v>
+      </c>
+      <c r="E441" t="s">
         <v>873</v>
-      </c>
-[...4 lines deleted...]
-        <v>874</v>
       </c>
       <c r="F441">
         <v>13</v>
       </c>
       <c r="G441">
         <v>258</v>
       </c>
-      <c r="H441" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H441">
+        <v>19</v>
+      </c>
+      <c r="I441">
+        <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442">
         <v>10214774</v>
       </c>
       <c r="C442" t="s">
+        <v>874</v>
+      </c>
+      <c r="D442" t="s">
+        <v>794</v>
+      </c>
+      <c r="E442" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>876</v>
       </c>
       <c r="F442">
         <v>15</v>
       </c>
       <c r="G442">
         <v>405</v>
       </c>
-      <c r="H442" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H442">
+        <v>22</v>
+      </c>
+      <c r="I442">
+        <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443">
         <v>10213142</v>
       </c>
       <c r="C443" t="s">
+        <v>876</v>
+      </c>
+      <c r="D443" t="s">
+        <v>794</v>
+      </c>
+      <c r="E443" t="s">
         <v>877</v>
-      </c>
-[...4 lines deleted...]
-        <v>878</v>
       </c>
       <c r="F443">
         <v>12</v>
       </c>
       <c r="G443">
         <v>264</v>
       </c>
-      <c r="H443" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H443">
+        <v>18</v>
+      </c>
+      <c r="I443">
+        <v>2</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444">
         <v>10214776</v>
       </c>
       <c r="C444" t="s">
+        <v>878</v>
+      </c>
+      <c r="D444" t="s">
+        <v>794</v>
+      </c>
+      <c r="E444" t="s">
         <v>879</v>
-      </c>
-[...4 lines deleted...]
-        <v>880</v>
       </c>
       <c r="F444">
         <v>12</v>
       </c>
       <c r="G444">
         <v>322</v>
       </c>
-      <c r="H444" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H444">
+        <v>18</v>
+      </c>
+      <c r="I444">
+        <v>2</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445">
         <v>10214779</v>
       </c>
       <c r="C445" t="s">
+        <v>880</v>
+      </c>
+      <c r="D445" t="s">
+        <v>794</v>
+      </c>
+      <c r="E445" t="s">
         <v>881</v>
-      </c>
-[...4 lines deleted...]
-        <v>882</v>
       </c>
       <c r="F445">
         <v>12</v>
       </c>
       <c r="G445">
         <v>398</v>
       </c>
-      <c r="H445" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H445">
+        <v>18</v>
+      </c>
+      <c r="I445">
+        <v>3</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446">
         <v>10213145</v>
       </c>
       <c r="C446" t="s">
+        <v>882</v>
+      </c>
+      <c r="D446" t="s">
+        <v>794</v>
+      </c>
+      <c r="E446" t="s">
         <v>883</v>
-      </c>
-[...4 lines deleted...]
-        <v>884</v>
       </c>
       <c r="F446">
         <v>15</v>
       </c>
       <c r="G446">
         <v>389</v>
       </c>
-      <c r="H446" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H446">
+        <v>20</v>
+      </c>
+      <c r="I446">
+        <v>2</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447">
         <v>10213146</v>
       </c>
       <c r="C447" t="s">
+        <v>884</v>
+      </c>
+      <c r="D447" t="s">
+        <v>794</v>
+      </c>
+      <c r="E447" t="s">
         <v>885</v>
-      </c>
-[...4 lines deleted...]
-        <v>886</v>
       </c>
       <c r="F447">
         <v>12</v>
       </c>
       <c r="G447">
         <v>352</v>
       </c>
-      <c r="H447" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H447">
+        <v>17</v>
+      </c>
+      <c r="I447">
+        <v>2</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448">
         <v>10214780</v>
       </c>
       <c r="C448" t="s">
+        <v>886</v>
+      </c>
+      <c r="D448" t="s">
+        <v>794</v>
+      </c>
+      <c r="E448" t="s">
         <v>887</v>
-      </c>
-[...4 lines deleted...]
-        <v>888</v>
       </c>
       <c r="F448">
         <v>13</v>
       </c>
       <c r="G448">
         <v>238</v>
       </c>
-      <c r="H448" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H448">
+        <v>17</v>
+      </c>
+      <c r="I448">
+        <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449">
         <v>10213148</v>
       </c>
       <c r="C449" t="s">
+        <v>888</v>
+      </c>
+      <c r="D449" t="s">
+        <v>794</v>
+      </c>
+      <c r="E449" t="s">
         <v>889</v>
-      </c>
-[...4 lines deleted...]
-        <v>890</v>
       </c>
       <c r="F449">
         <v>6</v>
       </c>
       <c r="G449">
         <v>141</v>
       </c>
-      <c r="H449" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H449">
+        <v>11</v>
+      </c>
+      <c r="I449">
+        <v>4</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450">
         <v>10213149</v>
       </c>
       <c r="C450" t="s">
+        <v>890</v>
+      </c>
+      <c r="D450" t="s">
+        <v>794</v>
+      </c>
+      <c r="E450" t="s">
         <v>891</v>
-      </c>
-[...4 lines deleted...]
-        <v>892</v>
       </c>
       <c r="F450">
         <v>11</v>
       </c>
       <c r="G450">
         <v>244</v>
       </c>
-      <c r="H450" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H450">
+        <v>17</v>
+      </c>
+      <c r="I450">
+        <v>2</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451">
         <v>10213150</v>
       </c>
       <c r="C451" t="s">
+        <v>892</v>
+      </c>
+      <c r="D451" t="s">
+        <v>794</v>
+      </c>
+      <c r="E451" t="s">
         <v>893</v>
-      </c>
-[...4 lines deleted...]
-        <v>894</v>
       </c>
       <c r="F451">
         <v>6</v>
       </c>
       <c r="G451">
         <v>96</v>
       </c>
-      <c r="H451" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H451">
+        <v>7</v>
+      </c>
+      <c r="I451">
+        <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452">
         <v>10213151</v>
       </c>
       <c r="C452" t="s">
+        <v>894</v>
+      </c>
+      <c r="D452" t="s">
+        <v>794</v>
+      </c>
+      <c r="E452" t="s">
         <v>895</v>
-      </c>
-[...4 lines deleted...]
-        <v>896</v>
       </c>
       <c r="F452">
         <v>9</v>
       </c>
       <c r="G452">
         <v>160</v>
       </c>
-      <c r="H452" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H452">
+        <v>16</v>
+      </c>
+      <c r="I452">
+        <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453">
         <v>10214784</v>
       </c>
       <c r="C453" t="s">
+        <v>896</v>
+      </c>
+      <c r="D453" t="s">
+        <v>794</v>
+      </c>
+      <c r="E453" t="s">
         <v>897</v>
-      </c>
-[...4 lines deleted...]
-        <v>898</v>
       </c>
       <c r="F453">
         <v>10</v>
       </c>
       <c r="G453">
         <v>203</v>
       </c>
-      <c r="H453" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H453">
+        <v>15</v>
+      </c>
+      <c r="I453">
+        <v>2</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454">
         <v>10214785</v>
       </c>
       <c r="C454" t="s">
+        <v>898</v>
+      </c>
+      <c r="D454" t="s">
+        <v>794</v>
+      </c>
+      <c r="E454" t="s">
         <v>899</v>
-      </c>
-[...4 lines deleted...]
-        <v>900</v>
       </c>
       <c r="F454">
         <v>10</v>
       </c>
       <c r="G454">
         <v>237</v>
       </c>
-      <c r="H454" t="s">
+      <c r="H454">
         <v>12</v>
       </c>
-      <c r="I454" t="s">
-        <v>12</v>
+      <c r="I454">
+        <v>3</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455">
         <v>10212983</v>
       </c>
       <c r="C455" t="s">
+        <v>900</v>
+      </c>
+      <c r="D455" t="s">
+        <v>794</v>
+      </c>
+      <c r="E455" t="s">
         <v>901</v>
-      </c>
-[...4 lines deleted...]
-        <v>902</v>
       </c>
       <c r="F455">
         <v>13</v>
       </c>
       <c r="G455">
         <v>341</v>
       </c>
-      <c r="H455" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H455">
+        <v>21</v>
+      </c>
+      <c r="I455">
+        <v>4</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456">
         <v>10214786</v>
       </c>
       <c r="C456" t="s">
+        <v>902</v>
+      </c>
+      <c r="D456" t="s">
+        <v>794</v>
+      </c>
+      <c r="E456" t="s">
         <v>903</v>
-      </c>
-[...4 lines deleted...]
-        <v>904</v>
       </c>
       <c r="F456">
         <v>14</v>
       </c>
       <c r="G456">
         <v>369</v>
       </c>
-      <c r="H456" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H456">
+        <v>20</v>
+      </c>
+      <c r="I456">
+        <v>3</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457">
         <v>10214787</v>
       </c>
       <c r="C457" t="s">
+        <v>904</v>
+      </c>
+      <c r="D457" t="s">
+        <v>794</v>
+      </c>
+      <c r="E457" t="s">
         <v>905</v>
-      </c>
-[...4 lines deleted...]
-        <v>906</v>
       </c>
       <c r="F457">
         <v>13</v>
       </c>
       <c r="G457">
         <v>357</v>
       </c>
-      <c r="H457" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H457">
+        <v>19</v>
+      </c>
+      <c r="I457">
+        <v>2</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458">
         <v>10214788</v>
       </c>
       <c r="C458" t="s">
+        <v>906</v>
+      </c>
+      <c r="D458" t="s">
+        <v>794</v>
+      </c>
+      <c r="E458" t="s">
         <v>907</v>
-      </c>
-[...4 lines deleted...]
-        <v>908</v>
       </c>
       <c r="F458">
         <v>6</v>
       </c>
       <c r="G458">
         <v>164</v>
       </c>
-      <c r="H458" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H458">
+        <v>10</v>
+      </c>
+      <c r="I458">
+        <v>2</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459">
         <v>10213154</v>
       </c>
       <c r="C459" t="s">
+        <v>908</v>
+      </c>
+      <c r="D459" t="s">
+        <v>794</v>
+      </c>
+      <c r="E459" t="s">
         <v>909</v>
-      </c>
-[...4 lines deleted...]
-        <v>910</v>
       </c>
       <c r="F459">
         <v>17</v>
       </c>
       <c r="G459">
         <v>461</v>
       </c>
-      <c r="H459" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H459">
+        <v>24</v>
+      </c>
+      <c r="I459">
+        <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460">
         <v>10214791</v>
       </c>
       <c r="C460" t="s">
+        <v>910</v>
+      </c>
+      <c r="D460" t="s">
+        <v>794</v>
+      </c>
+      <c r="E460" t="s">
         <v>911</v>
-      </c>
-[...4 lines deleted...]
-        <v>912</v>
       </c>
       <c r="F460">
         <v>11</v>
       </c>
       <c r="G460">
         <v>222</v>
       </c>
-      <c r="H460" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H460">
+        <v>16</v>
+      </c>
+      <c r="I460">
+        <v>2</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461">
         <v>10213156</v>
       </c>
       <c r="C461" t="s">
+        <v>912</v>
+      </c>
+      <c r="D461" t="s">
+        <v>794</v>
+      </c>
+      <c r="E461" t="s">
         <v>913</v>
-      </c>
-[...4 lines deleted...]
-        <v>914</v>
       </c>
       <c r="F461">
         <v>18</v>
       </c>
       <c r="G461">
         <v>427</v>
       </c>
-      <c r="H461" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H461">
+        <v>22</v>
+      </c>
+      <c r="I461">
+        <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462">
         <v>10213157</v>
       </c>
       <c r="C462" t="s">
+        <v>914</v>
+      </c>
+      <c r="D462" t="s">
+        <v>794</v>
+      </c>
+      <c r="E462" t="s">
         <v>915</v>
-      </c>
-[...4 lines deleted...]
-        <v>916</v>
       </c>
       <c r="F462">
         <v>19</v>
       </c>
       <c r="G462">
         <v>447</v>
       </c>
-      <c r="H462" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H462">
+        <v>28</v>
+      </c>
+      <c r="I462">
+        <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463">
         <v>10213159</v>
       </c>
       <c r="C463" t="s">
+        <v>916</v>
+      </c>
+      <c r="D463" t="s">
+        <v>794</v>
+      </c>
+      <c r="E463" t="s">
         <v>917</v>
-      </c>
-[...4 lines deleted...]
-        <v>918</v>
       </c>
       <c r="F463">
         <v>22</v>
       </c>
       <c r="G463">
         <v>546</v>
       </c>
-      <c r="H463" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H463">
+        <v>33</v>
+      </c>
+      <c r="I463">
+        <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464">
         <v>10213160</v>
       </c>
       <c r="C464" t="s">
+        <v>918</v>
+      </c>
+      <c r="D464" t="s">
+        <v>794</v>
+      </c>
+      <c r="E464" t="s">
         <v>919</v>
-      </c>
-[...4 lines deleted...]
-        <v>920</v>
       </c>
       <c r="F464">
         <v>12</v>
       </c>
       <c r="G464">
         <v>335</v>
       </c>
-      <c r="H464" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H464">
+        <v>18</v>
+      </c>
+      <c r="I464">
+        <v>2</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465">
         <v>10213162</v>
       </c>
       <c r="C465" t="s">
+        <v>920</v>
+      </c>
+      <c r="D465" t="s">
+        <v>794</v>
+      </c>
+      <c r="E465" t="s">
         <v>921</v>
-      </c>
-[...4 lines deleted...]
-        <v>922</v>
       </c>
       <c r="F465">
         <v>11</v>
       </c>
       <c r="G465">
         <v>246</v>
       </c>
-      <c r="H465" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H465">
+        <v>17</v>
+      </c>
+      <c r="I465">
+        <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466">
         <v>10213163</v>
       </c>
       <c r="C466" t="s">
+        <v>922</v>
+      </c>
+      <c r="D466" t="s">
+        <v>794</v>
+      </c>
+      <c r="E466" t="s">
         <v>923</v>
-      </c>
-[...4 lines deleted...]
-        <v>924</v>
       </c>
       <c r="F466">
         <v>12</v>
       </c>
       <c r="G466">
         <v>329</v>
       </c>
-      <c r="H466" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H466">
+        <v>18</v>
+      </c>
+      <c r="I466">
+        <v>3</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467">
         <v>10213164</v>
       </c>
       <c r="C467" t="s">
+        <v>924</v>
+      </c>
+      <c r="D467" t="s">
+        <v>794</v>
+      </c>
+      <c r="E467" t="s">
         <v>925</v>
-      </c>
-[...4 lines deleted...]
-        <v>926</v>
       </c>
       <c r="F467">
         <v>18</v>
       </c>
       <c r="G467">
         <v>466</v>
       </c>
-      <c r="H467" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H467">
+        <v>25</v>
+      </c>
+      <c r="I467">
+        <v>5</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468">
         <v>10213165</v>
       </c>
       <c r="C468" t="s">
+        <v>926</v>
+      </c>
+      <c r="D468" t="s">
+        <v>794</v>
+      </c>
+      <c r="E468" t="s">
         <v>927</v>
-      </c>
-[...4 lines deleted...]
-        <v>928</v>
       </c>
       <c r="F468">
         <v>9</v>
       </c>
       <c r="G468">
         <v>229</v>
       </c>
-      <c r="H468" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H468">
+        <v>15</v>
+      </c>
+      <c r="I468">
+        <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469">
         <v>10213166</v>
       </c>
       <c r="C469" t="s">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="D469" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="E469" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F469">
         <v>12</v>
       </c>
       <c r="G469">
         <v>291</v>
       </c>
-      <c r="H469" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H469">
+        <v>21</v>
+      </c>
+      <c r="I469">
+        <v>4</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470">
         <v>10213167</v>
       </c>
       <c r="C470" t="s">
+        <v>929</v>
+      </c>
+      <c r="D470" t="s">
+        <v>794</v>
+      </c>
+      <c r="E470" t="s">
         <v>930</v>
-      </c>
-[...4 lines deleted...]
-        <v>931</v>
       </c>
       <c r="F470">
         <v>16</v>
       </c>
       <c r="G470">
         <v>442</v>
       </c>
-      <c r="H470" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H470">
+        <v>18</v>
+      </c>
+      <c r="I470">
+        <v>4</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471">
         <v>10212987</v>
       </c>
       <c r="C471" t="s">
+        <v>931</v>
+      </c>
+      <c r="D471" t="s">
+        <v>794</v>
+      </c>
+      <c r="E471" t="s">
         <v>932</v>
-      </c>
-[...4 lines deleted...]
-        <v>933</v>
       </c>
       <c r="F471">
         <v>6</v>
       </c>
       <c r="G471">
         <v>91</v>
       </c>
-      <c r="H471" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H471">
+        <v>13</v>
+      </c>
+      <c r="I471">
+        <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472">
         <v>10212988</v>
       </c>
       <c r="C472" t="s">
+        <v>933</v>
+      </c>
+      <c r="D472" t="s">
+        <v>794</v>
+      </c>
+      <c r="E472" t="s">
         <v>934</v>
-      </c>
-[...4 lines deleted...]
-        <v>935</v>
       </c>
       <c r="F472">
         <v>6</v>
       </c>
       <c r="G472">
         <v>107</v>
       </c>
-      <c r="H472" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H472">
+        <v>11</v>
+      </c>
+      <c r="I472">
+        <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473">
         <v>10212990</v>
       </c>
       <c r="C473" t="s">
+        <v>935</v>
+      </c>
+      <c r="D473" t="s">
+        <v>794</v>
+      </c>
+      <c r="E473" t="s">
         <v>936</v>
-      </c>
-[...4 lines deleted...]
-        <v>937</v>
       </c>
       <c r="F473">
         <v>6</v>
       </c>
       <c r="G473">
         <v>115</v>
       </c>
-      <c r="H473" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H473">
+        <v>11</v>
+      </c>
+      <c r="I473">
+        <v>2</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474">
         <v>10212991</v>
       </c>
       <c r="C474" t="s">
+        <v>937</v>
+      </c>
+      <c r="D474" t="s">
+        <v>794</v>
+      </c>
+      <c r="E474" t="s">
         <v>938</v>
-      </c>
-[...4 lines deleted...]
-        <v>939</v>
       </c>
       <c r="F474">
         <v>7</v>
       </c>
       <c r="G474">
         <v>169</v>
       </c>
-      <c r="H474" t="s">
+      <c r="H474">
         <v>12</v>
       </c>
-      <c r="I474" t="s">
-        <v>12</v>
+      <c r="I474">
+        <v>2</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475">
         <v>10200642</v>
       </c>
       <c r="C475" t="s">
+        <v>939</v>
+      </c>
+      <c r="D475" t="s">
+        <v>794</v>
+      </c>
+      <c r="E475" t="s">
         <v>940</v>
-      </c>
-[...4 lines deleted...]
-        <v>941</v>
       </c>
       <c r="F475">
         <v>12</v>
       </c>
       <c r="G475">
         <v>308</v>
       </c>
-      <c r="H475" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H475">
+        <v>18</v>
+      </c>
+      <c r="I475">
+        <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476">
         <v>10214806</v>
       </c>
       <c r="C476" t="s">
+        <v>941</v>
+      </c>
+      <c r="D476" t="s">
+        <v>794</v>
+      </c>
+      <c r="E476" t="s">
         <v>942</v>
-      </c>
-[...4 lines deleted...]
-        <v>943</v>
       </c>
       <c r="F476">
         <v>10</v>
       </c>
       <c r="G476">
         <v>230</v>
       </c>
-      <c r="H476" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H476">
+        <v>16</v>
+      </c>
+      <c r="I476">
+        <v>2</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477">
         <v>10213170</v>
       </c>
       <c r="C477" t="s">
+        <v>943</v>
+      </c>
+      <c r="D477" t="s">
+        <v>794</v>
+      </c>
+      <c r="E477" t="s">
         <v>944</v>
-      </c>
-[...4 lines deleted...]
-        <v>945</v>
       </c>
       <c r="F477">
         <v>10</v>
       </c>
       <c r="G477">
         <v>191</v>
       </c>
-      <c r="H477" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H477">
+        <v>18</v>
+      </c>
+      <c r="I477">
+        <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478">
         <v>10213171</v>
       </c>
       <c r="C478" t="s">
+        <v>945</v>
+      </c>
+      <c r="D478" t="s">
+        <v>794</v>
+      </c>
+      <c r="E478" t="s">
         <v>946</v>
-      </c>
-[...4 lines deleted...]
-        <v>947</v>
       </c>
       <c r="F478">
         <v>12</v>
       </c>
       <c r="G478">
         <v>262</v>
       </c>
-      <c r="H478" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H478">
+        <v>17</v>
+      </c>
+      <c r="I478">
+        <v>3</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479">
         <v>10214808</v>
       </c>
       <c r="C479" t="s">
+        <v>947</v>
+      </c>
+      <c r="D479" t="s">
+        <v>794</v>
+      </c>
+      <c r="E479" t="s">
         <v>948</v>
-      </c>
-[...4 lines deleted...]
-        <v>949</v>
       </c>
       <c r="F479">
         <v>6</v>
       </c>
       <c r="G479">
         <v>134</v>
       </c>
-      <c r="H479" t="s">
+      <c r="H479">
         <v>12</v>
       </c>
-      <c r="I479" t="s">
-        <v>12</v>
+      <c r="I479">
+        <v>2</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480">
         <v>10200651</v>
       </c>
       <c r="C480" t="s">
+        <v>949</v>
+      </c>
+      <c r="D480" t="s">
+        <v>794</v>
+      </c>
+      <c r="E480" t="s">
         <v>950</v>
-      </c>
-[...4 lines deleted...]
-        <v>951</v>
       </c>
       <c r="F480">
         <v>6</v>
       </c>
       <c r="G480">
         <v>132</v>
       </c>
-      <c r="H480" t="s">
+      <c r="H480">
         <v>12</v>
       </c>
-      <c r="I480" t="s">
-        <v>12</v>
+      <c r="I480">
+        <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481">
         <v>10200659</v>
       </c>
       <c r="C481" t="s">
+        <v>951</v>
+      </c>
+      <c r="D481" t="s">
+        <v>794</v>
+      </c>
+      <c r="E481" t="s">
         <v>952</v>
-      </c>
-[...4 lines deleted...]
-        <v>953</v>
       </c>
       <c r="F481">
         <v>6</v>
       </c>
       <c r="G481">
         <v>87</v>
       </c>
-      <c r="H481" t="s">
+      <c r="H481">
         <v>12</v>
       </c>
-      <c r="I481" t="s">
-        <v>12</v>
+      <c r="I481">
+        <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482">
         <v>10213175</v>
       </c>
       <c r="C482" t="s">
+        <v>953</v>
+      </c>
+      <c r="D482" t="s">
+        <v>794</v>
+      </c>
+      <c r="E482" t="s">
         <v>954</v>
-      </c>
-[...4 lines deleted...]
-        <v>955</v>
       </c>
       <c r="F482">
         <v>13</v>
       </c>
       <c r="G482">
         <v>242</v>
       </c>
-      <c r="H482" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H482">
+        <v>21</v>
+      </c>
+      <c r="I482">
+        <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483">
         <v>10200657</v>
       </c>
       <c r="C483" t="s">
+        <v>955</v>
+      </c>
+      <c r="D483" t="s">
+        <v>794</v>
+      </c>
+      <c r="E483" t="s">
         <v>956</v>
-      </c>
-[...4 lines deleted...]
-        <v>957</v>
       </c>
       <c r="F483">
         <v>12</v>
       </c>
       <c r="G483">
         <v>296</v>
       </c>
-      <c r="H483" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H483">
+        <v>18</v>
+      </c>
+      <c r="I483">
+        <v>5</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484">
         <v>10214809</v>
       </c>
       <c r="C484" t="s">
+        <v>957</v>
+      </c>
+      <c r="D484" t="s">
+        <v>794</v>
+      </c>
+      <c r="E484" t="s">
         <v>958</v>
-      </c>
-[...4 lines deleted...]
-        <v>959</v>
       </c>
       <c r="F484">
         <v>17</v>
       </c>
       <c r="G484">
         <v>361</v>
       </c>
-      <c r="H484" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H484">
+        <v>25</v>
+      </c>
+      <c r="I484">
+        <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485">
         <v>10216415</v>
       </c>
       <c r="C485" t="s">
+        <v>959</v>
+      </c>
+      <c r="D485" t="s">
+        <v>794</v>
+      </c>
+      <c r="E485" t="s">
         <v>960</v>
-      </c>
-[...4 lines deleted...]
-        <v>961</v>
       </c>
       <c r="F485">
         <v>7</v>
       </c>
       <c r="G485">
         <v>102</v>
       </c>
-      <c r="H485" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H485">
+        <v>13</v>
+      </c>
+      <c r="I485">
+        <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486">
         <v>10216417</v>
       </c>
       <c r="C486" t="s">
+        <v>961</v>
+      </c>
+      <c r="D486" t="s">
+        <v>794</v>
+      </c>
+      <c r="E486" t="s">
         <v>962</v>
-      </c>
-[...4 lines deleted...]
-        <v>963</v>
       </c>
       <c r="F486">
         <v>10</v>
       </c>
       <c r="G486">
         <v>261</v>
       </c>
-      <c r="H486" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H486">
+        <v>14</v>
+      </c>
+      <c r="I486">
+        <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487">
         <v>10214810</v>
       </c>
       <c r="C487" t="s">
+        <v>963</v>
+      </c>
+      <c r="D487" t="s">
+        <v>794</v>
+      </c>
+      <c r="E487" t="s">
         <v>964</v>
-      </c>
-[...4 lines deleted...]
-        <v>965</v>
       </c>
       <c r="F487">
         <v>12</v>
       </c>
       <c r="G487">
         <v>258</v>
       </c>
-      <c r="H487" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H487">
+        <v>20</v>
+      </c>
+      <c r="I487">
+        <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488">
         <v>10200654</v>
       </c>
       <c r="C488" t="s">
+        <v>965</v>
+      </c>
+      <c r="D488" t="s">
+        <v>794</v>
+      </c>
+      <c r="E488" t="s">
         <v>966</v>
-      </c>
-[...4 lines deleted...]
-        <v>967</v>
       </c>
       <c r="F488">
         <v>8</v>
       </c>
       <c r="G488">
         <v>166</v>
       </c>
-      <c r="H488" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H488">
+        <v>15</v>
+      </c>
+      <c r="I488">
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489">
         <v>10200653</v>
       </c>
       <c r="C489" t="s">
+        <v>967</v>
+      </c>
+      <c r="D489" t="s">
+        <v>794</v>
+      </c>
+      <c r="E489" t="s">
         <v>968</v>
-      </c>
-[...4 lines deleted...]
-        <v>969</v>
       </c>
       <c r="F489">
         <v>6</v>
       </c>
       <c r="G489">
         <v>100</v>
       </c>
-      <c r="H489" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H489">
+        <v>14</v>
+      </c>
+      <c r="I489">
+        <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490">
         <v>10200652</v>
       </c>
       <c r="C490" t="s">
+        <v>969</v>
+      </c>
+      <c r="D490" t="s">
+        <v>794</v>
+      </c>
+      <c r="E490" t="s">
         <v>970</v>
-      </c>
-[...4 lines deleted...]
-        <v>971</v>
       </c>
       <c r="F490">
         <v>8</v>
       </c>
       <c r="G490">
         <v>173</v>
       </c>
-      <c r="H490" t="s">
+      <c r="H490">
         <v>12</v>
       </c>
-      <c r="I490" t="s">
-        <v>12</v>
+      <c r="I490">
+        <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491">
         <v>10216429</v>
       </c>
       <c r="C491" t="s">
+        <v>971</v>
+      </c>
+      <c r="D491" t="s">
+        <v>794</v>
+      </c>
+      <c r="E491" t="s">
         <v>972</v>
-      </c>
-[...4 lines deleted...]
-        <v>973</v>
       </c>
       <c r="F491">
         <v>6</v>
       </c>
       <c r="G491">
         <v>73</v>
       </c>
-      <c r="H491" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H491">
+        <v>11</v>
+      </c>
+      <c r="I491">
+        <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492">
         <v>10200640</v>
       </c>
       <c r="C492" t="s">
+        <v>973</v>
+      </c>
+      <c r="D492" t="s">
+        <v>794</v>
+      </c>
+      <c r="E492" t="s">
         <v>974</v>
-      </c>
-[...4 lines deleted...]
-        <v>975</v>
       </c>
       <c r="F492">
         <v>6</v>
       </c>
       <c r="G492">
         <v>133</v>
       </c>
-      <c r="H492" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H492">
+        <v>11</v>
+      </c>
+      <c r="I492">
+        <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493">
         <v>10213186</v>
       </c>
       <c r="C493" t="s">
+        <v>975</v>
+      </c>
+      <c r="D493" t="s">
+        <v>794</v>
+      </c>
+      <c r="E493" t="s">
         <v>976</v>
-      </c>
-[...4 lines deleted...]
-        <v>977</v>
       </c>
       <c r="F493">
         <v>8</v>
       </c>
       <c r="G493">
         <v>169</v>
       </c>
-      <c r="H493" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H493">
+        <v>13</v>
+      </c>
+      <c r="I493">
+        <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494">
         <v>10213187</v>
       </c>
       <c r="C494" t="s">
+        <v>977</v>
+      </c>
+      <c r="D494" t="s">
+        <v>794</v>
+      </c>
+      <c r="E494" t="s">
         <v>978</v>
-      </c>
-[...4 lines deleted...]
-        <v>979</v>
       </c>
       <c r="F494">
         <v>13</v>
       </c>
       <c r="G494">
         <v>262</v>
       </c>
-      <c r="H494" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H494">
+        <v>19</v>
+      </c>
+      <c r="I494">
+        <v>2</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495">
         <v>10213188</v>
       </c>
       <c r="C495" t="s">
+        <v>979</v>
+      </c>
+      <c r="D495" t="s">
+        <v>794</v>
+      </c>
+      <c r="E495" t="s">
         <v>980</v>
-      </c>
-[...4 lines deleted...]
-        <v>981</v>
       </c>
       <c r="F495">
         <v>7</v>
       </c>
       <c r="G495">
         <v>153</v>
       </c>
-      <c r="H495" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H495">
+        <v>13</v>
+      </c>
+      <c r="I495">
+        <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496">
         <v>10200626</v>
       </c>
       <c r="C496" t="s">
+        <v>981</v>
+      </c>
+      <c r="D496" t="s">
+        <v>794</v>
+      </c>
+      <c r="E496" t="s">
         <v>982</v>
-      </c>
-[...4 lines deleted...]
-        <v>983</v>
       </c>
       <c r="F496">
         <v>7</v>
       </c>
       <c r="G496">
         <v>146</v>
       </c>
-      <c r="H496" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H496">
+        <v>11</v>
+      </c>
+      <c r="I496">
+        <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497">
         <v>10214811</v>
       </c>
       <c r="C497" t="s">
+        <v>983</v>
+      </c>
+      <c r="D497" t="s">
+        <v>794</v>
+      </c>
+      <c r="E497" t="s">
         <v>984</v>
-      </c>
-[...4 lines deleted...]
-        <v>985</v>
       </c>
       <c r="F497">
         <v>8</v>
       </c>
       <c r="G497">
         <v>161</v>
       </c>
-      <c r="H497" t="s">
+      <c r="H497">
         <v>12</v>
       </c>
-      <c r="I497" t="s">
-        <v>12</v>
+      <c r="I497">
+        <v>2</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498">
         <v>10213191</v>
       </c>
       <c r="C498" t="s">
+        <v>985</v>
+      </c>
+      <c r="D498" t="s">
+        <v>794</v>
+      </c>
+      <c r="E498" t="s">
         <v>986</v>
-      </c>
-[...4 lines deleted...]
-        <v>987</v>
       </c>
       <c r="F498">
         <v>14</v>
       </c>
       <c r="G498">
         <v>326</v>
       </c>
-      <c r="H498" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H498">
+        <v>23</v>
+      </c>
+      <c r="I498">
+        <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499">
         <v>10213192</v>
       </c>
       <c r="C499" t="s">
+        <v>987</v>
+      </c>
+      <c r="D499" t="s">
+        <v>794</v>
+      </c>
+      <c r="E499" t="s">
         <v>988</v>
-      </c>
-[...4 lines deleted...]
-        <v>989</v>
       </c>
       <c r="F499">
         <v>8</v>
       </c>
       <c r="G499">
         <v>179</v>
       </c>
-      <c r="H499" t="s">
+      <c r="H499">
         <v>12</v>
       </c>
-      <c r="I499" t="s">
-        <v>12</v>
+      <c r="I499">
+        <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500">
         <v>10200623</v>
       </c>
       <c r="C500" t="s">
+        <v>989</v>
+      </c>
+      <c r="D500" t="s">
+        <v>794</v>
+      </c>
+      <c r="E500" t="s">
         <v>990</v>
-      </c>
-[...4 lines deleted...]
-        <v>991</v>
       </c>
       <c r="F500">
         <v>9</v>
       </c>
       <c r="G500">
         <v>207</v>
       </c>
-      <c r="H500" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H500">
+        <v>13</v>
+      </c>
+      <c r="I500">
+        <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501">
         <v>10200622</v>
       </c>
       <c r="C501" t="s">
+        <v>991</v>
+      </c>
+      <c r="D501" t="s">
+        <v>794</v>
+      </c>
+      <c r="E501" t="s">
         <v>992</v>
-      </c>
-[...4 lines deleted...]
-        <v>993</v>
       </c>
       <c r="F501">
         <v>6</v>
       </c>
       <c r="G501">
         <v>26</v>
       </c>
-      <c r="H501" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H501">
+        <v>10</v>
+      </c>
+      <c r="I501">
+        <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502">
         <v>10213196</v>
       </c>
       <c r="C502" t="s">
+        <v>993</v>
+      </c>
+      <c r="D502" t="s">
+        <v>794</v>
+      </c>
+      <c r="E502" t="s">
         <v>994</v>
-      </c>
-[...4 lines deleted...]
-        <v>995</v>
       </c>
       <c r="F502">
         <v>7</v>
       </c>
       <c r="G502">
         <v>136</v>
       </c>
-      <c r="H502" t="s">
+      <c r="H502">
         <v>12</v>
       </c>
-      <c r="I502" t="s">
-        <v>12</v>
+      <c r="I502">
+        <v>4</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503">
         <v>10200629</v>
       </c>
       <c r="C503" t="s">
+        <v>995</v>
+      </c>
+      <c r="D503" t="s">
+        <v>794</v>
+      </c>
+      <c r="E503" t="s">
         <v>996</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
       <c r="F503">
         <v>6</v>
       </c>
       <c r="G503">
         <v>155</v>
       </c>
-      <c r="H503" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H503">
+        <v>10</v>
+      </c>
+      <c r="I503">
+        <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504">
         <v>10214813</v>
       </c>
       <c r="C504" t="s">
+        <v>997</v>
+      </c>
+      <c r="D504" t="s">
+        <v>794</v>
+      </c>
+      <c r="E504" t="s">
         <v>998</v>
-      </c>
-[...4 lines deleted...]
-        <v>999</v>
       </c>
       <c r="F504">
         <v>6</v>
       </c>
       <c r="G504">
         <v>177</v>
       </c>
-      <c r="H504" t="s">
+      <c r="H504">
         <v>12</v>
       </c>
-      <c r="I504" t="s">
-        <v>12</v>
+      <c r="I504">
+        <v>2</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505">
         <v>10200630</v>
       </c>
       <c r="C505" t="s">
+        <v>999</v>
+      </c>
+      <c r="D505" t="s">
+        <v>794</v>
+      </c>
+      <c r="E505" t="s">
         <v>1000</v>
-      </c>
-[...4 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="F505">
         <v>6</v>
       </c>
       <c r="G505">
         <v>52</v>
       </c>
-      <c r="H505" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H505">
+        <v>8</v>
+      </c>
+      <c r="I505">
+        <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506">
         <v>10200638</v>
       </c>
       <c r="C506" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D506" t="s">
+        <v>794</v>
+      </c>
+      <c r="E506" t="s">
         <v>1002</v>
-      </c>
-[...4 lines deleted...]
-        <v>1003</v>
       </c>
       <c r="F506">
         <v>6</v>
       </c>
       <c r="G506">
         <v>75</v>
       </c>
-      <c r="H506" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H506">
+        <v>9</v>
+      </c>
+      <c r="I506">
+        <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507">
         <v>10200637</v>
       </c>
       <c r="C507" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D507" t="s">
+        <v>794</v>
+      </c>
+      <c r="E507" t="s">
         <v>1004</v>
-      </c>
-[...4 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="F507">
         <v>6</v>
       </c>
       <c r="G507">
         <v>49</v>
       </c>
-      <c r="H507" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H507">
+        <v>8</v>
+      </c>
+      <c r="I507">
+        <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508">
         <v>10214814</v>
       </c>
       <c r="C508" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D508" t="s">
+        <v>794</v>
+      </c>
+      <c r="E508" t="s">
         <v>1006</v>
-      </c>
-[...4 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="F508">
         <v>6</v>
       </c>
       <c r="G508">
         <v>82</v>
       </c>
-      <c r="H508" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H508">
+        <v>9</v>
+      </c>
+      <c r="I508">
+        <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509">
         <v>10200636</v>
       </c>
       <c r="C509" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D509" t="s">
+        <v>794</v>
+      </c>
+      <c r="E509" t="s">
         <v>1008</v>
-      </c>
-[...4 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="F509">
         <v>6</v>
       </c>
       <c r="G509">
         <v>90</v>
       </c>
-      <c r="H509" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H509">
+        <v>8</v>
+      </c>
+      <c r="I509">
+        <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510">
         <v>10200635</v>
       </c>
       <c r="C510" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D510" t="s">
+        <v>794</v>
+      </c>
+      <c r="E510" t="s">
         <v>1010</v>
-      </c>
-[...4 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="F510">
         <v>8</v>
       </c>
       <c r="G510">
         <v>176</v>
       </c>
-      <c r="H510" t="s">
+      <c r="H510">
         <v>12</v>
       </c>
-      <c r="I510" t="s">
-        <v>12</v>
+      <c r="I510">
+        <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511">
         <v>10213205</v>
       </c>
       <c r="C511" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D511" t="s">
+        <v>794</v>
+      </c>
+      <c r="E511" t="s">
         <v>1012</v>
-      </c>
-[...4 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="F511">
         <v>12</v>
       </c>
       <c r="G511">
         <v>344</v>
       </c>
-      <c r="H511" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H511">
+        <v>16</v>
+      </c>
+      <c r="I511">
+        <v>2</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512">
         <v>10200633</v>
       </c>
       <c r="C512" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D512" t="s">
+        <v>794</v>
+      </c>
+      <c r="E512" t="s">
         <v>1014</v>
-      </c>
-[...4 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="F512">
         <v>6</v>
       </c>
       <c r="G512">
         <v>135</v>
       </c>
-      <c r="H512" t="s">
+      <c r="H512">
         <v>12</v>
       </c>
-      <c r="I512" t="s">
-        <v>12</v>
+      <c r="I512">
+        <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513">
         <v>10212616</v>
       </c>
       <c r="C513" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D513" t="s">
+        <v>794</v>
+      </c>
+      <c r="E513" t="s">
         <v>1016</v>
-      </c>
-[...4 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="F513">
         <v>7</v>
       </c>
       <c r="G513">
         <v>150</v>
       </c>
-      <c r="H513" t="s">
+      <c r="H513">
         <v>12</v>
       </c>
-      <c r="I513" t="s">
-        <v>12</v>
+      <c r="I513">
+        <v>3</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514">
         <v>10200632</v>
       </c>
       <c r="C514" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D514" t="s">
+        <v>794</v>
+      </c>
+      <c r="E514" t="s">
         <v>1018</v>
-      </c>
-[...4 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="F514">
         <v>6</v>
       </c>
       <c r="G514">
         <v>90</v>
       </c>
-      <c r="H514" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H514">
+        <v>10</v>
+      </c>
+      <c r="I514">
+        <v>2</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515">
         <v>10214816</v>
       </c>
       <c r="C515" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D515" t="s">
+        <v>794</v>
+      </c>
+      <c r="E515" t="s">
         <v>1020</v>
-      </c>
-[...4 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="F515">
         <v>6</v>
       </c>
       <c r="G515">
         <v>130</v>
       </c>
-      <c r="H515" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H515">
+        <v>10</v>
+      </c>
+      <c r="I515">
+        <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516">
         <v>10200631</v>
       </c>
       <c r="C516" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D516" t="s">
+        <v>794</v>
+      </c>
+      <c r="E516" t="s">
         <v>1022</v>
-      </c>
-[...4 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="F516">
         <v>6</v>
       </c>
       <c r="G516">
         <v>69</v>
       </c>
-      <c r="H516" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H516">
+        <v>11</v>
+      </c>
+      <c r="I516">
+        <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517">
         <v>10200620</v>
       </c>
       <c r="C517" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D517" t="s">
+        <v>794</v>
+      </c>
+      <c r="E517" t="s">
         <v>1024</v>
-      </c>
-[...4 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="F517">
         <v>6</v>
       </c>
       <c r="G517">
         <v>118</v>
       </c>
-      <c r="H517" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H517">
+        <v>10</v>
+      </c>
+      <c r="I517">
+        <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518">
         <v>10214817</v>
       </c>
       <c r="C518" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D518" t="s">
+        <v>794</v>
+      </c>
+      <c r="E518" t="s">
         <v>1026</v>
-      </c>
-[...4 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="F518">
         <v>6</v>
       </c>
       <c r="G518">
         <v>77</v>
       </c>
-      <c r="H518" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H518">
+        <v>9</v>
+      </c>
+      <c r="I518">
+        <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519">
         <v>10200661</v>
       </c>
       <c r="C519" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D519" t="s">
+        <v>794</v>
+      </c>
+      <c r="E519" t="s">
         <v>1028</v>
-      </c>
-[...4 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="F519">
         <v>6</v>
       </c>
       <c r="G519">
         <v>99</v>
       </c>
-      <c r="H519" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H519">
+        <v>10</v>
+      </c>
+      <c r="I519">
+        <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520">
         <v>10200704</v>
       </c>
       <c r="C520" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D520" t="s">
+        <v>794</v>
+      </c>
+      <c r="E520" t="s">
         <v>1030</v>
-      </c>
-[...4 lines deleted...]
-        <v>1031</v>
       </c>
       <c r="F520">
         <v>13</v>
       </c>
       <c r="G520">
         <v>373</v>
       </c>
-      <c r="H520" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H520">
+        <v>24</v>
+      </c>
+      <c r="I520">
+        <v>4</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521">
         <v>10212619</v>
       </c>
       <c r="C521" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D521" t="s">
+        <v>794</v>
+      </c>
+      <c r="E521" t="s">
         <v>1032</v>
-      </c>
-[...4 lines deleted...]
-        <v>1033</v>
       </c>
       <c r="F521">
         <v>6</v>
       </c>
       <c r="G521">
         <v>63</v>
       </c>
-      <c r="H521" t="s">
+      <c r="H521">
         <v>12</v>
       </c>
-      <c r="I521" t="s">
-        <v>12</v>
+      <c r="I521">
+        <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522">
         <v>10213522</v>
       </c>
       <c r="C522" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D522" t="s">
+        <v>794</v>
+      </c>
+      <c r="E522" t="s">
         <v>1034</v>
-      </c>
-[...4 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="F522">
         <v>6</v>
       </c>
       <c r="G522">
         <v>150</v>
       </c>
-      <c r="H522" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H522">
+        <v>13</v>
+      </c>
+      <c r="I522">
+        <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523">
         <v>10213523</v>
       </c>
       <c r="C523" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D523" t="s">
+        <v>794</v>
+      </c>
+      <c r="E523" t="s">
         <v>1036</v>
-      </c>
-[...4 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="F523">
         <v>6</v>
       </c>
       <c r="G523">
         <v>66</v>
       </c>
-      <c r="H523" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H523">
+        <v>11</v>
+      </c>
+      <c r="I523">
+        <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524">
         <v>10200691</v>
       </c>
       <c r="C524" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D524" t="s">
+        <v>794</v>
+      </c>
+      <c r="E524" t="s">
         <v>1038</v>
-      </c>
-[...4 lines deleted...]
-        <v>1039</v>
       </c>
       <c r="F524">
         <v>6</v>
       </c>
       <c r="G524">
         <v>140</v>
       </c>
-      <c r="H524" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H524">
+        <v>11</v>
+      </c>
+      <c r="I524">
+        <v>4</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525">
         <v>10213525</v>
       </c>
       <c r="C525" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D525" t="s">
+        <v>794</v>
+      </c>
+      <c r="E525" t="s">
         <v>1040</v>
-      </c>
-[...4 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="F525">
         <v>6</v>
       </c>
       <c r="G525">
         <v>83</v>
       </c>
-      <c r="H525" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H525">
+        <v>13</v>
+      </c>
+      <c r="I525">
+        <v>2</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526">
         <v>10200689</v>
       </c>
       <c r="C526" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D526" t="s">
+        <v>794</v>
+      </c>
+      <c r="E526" t="s">
         <v>1042</v>
-      </c>
-[...4 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="F526">
         <v>6</v>
       </c>
       <c r="G526">
         <v>41</v>
       </c>
-      <c r="H526" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H526">
+        <v>9</v>
+      </c>
+      <c r="I526">
+        <v>2</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527">
         <v>10213527</v>
       </c>
       <c r="C527" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D527" t="s">
+        <v>794</v>
+      </c>
+      <c r="E527" t="s">
         <v>1044</v>
-      </c>
-[...4 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="F527">
         <v>7</v>
       </c>
       <c r="G527">
         <v>154</v>
       </c>
-      <c r="H527" t="s">
+      <c r="H527">
         <v>12</v>
       </c>
-      <c r="I527" t="s">
-        <v>12</v>
+      <c r="I527">
+        <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528">
         <v>10214819</v>
       </c>
       <c r="C528" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D528" t="s">
+        <v>794</v>
+      </c>
+      <c r="E528" t="s">
         <v>1046</v>
-      </c>
-[...4 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="F528">
         <v>6</v>
       </c>
       <c r="G528">
         <v>149</v>
       </c>
-      <c r="H528" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H528">
+        <v>9</v>
+      </c>
+      <c r="I528">
+        <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529">
         <v>10214821</v>
       </c>
       <c r="C529" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D529" t="s">
+        <v>794</v>
+      </c>
+      <c r="E529" t="s">
         <v>1048</v>
-      </c>
-[...4 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="F529">
         <v>12</v>
       </c>
       <c r="G529">
         <v>279</v>
       </c>
-      <c r="H529" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H529">
+        <v>21</v>
+      </c>
+      <c r="I529">
+        <v>3</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530">
         <v>10200686</v>
       </c>
       <c r="C530" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D530" t="s">
+        <v>794</v>
+      </c>
+      <c r="E530" t="s">
         <v>1050</v>
-      </c>
-[...4 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="F530">
         <v>12</v>
       </c>
       <c r="G530">
         <v>305</v>
       </c>
-      <c r="H530" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H530">
+        <v>18</v>
+      </c>
+      <c r="I530">
+        <v>2</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531">
         <v>10200694</v>
       </c>
       <c r="C531" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D531" t="s">
+        <v>794</v>
+      </c>
+      <c r="E531" t="s">
         <v>1052</v>
-      </c>
-[...4 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="F531">
         <v>12</v>
       </c>
       <c r="G531">
         <v>340</v>
       </c>
-      <c r="H531" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H531">
+        <v>19</v>
+      </c>
+      <c r="I531">
+        <v>6</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532">
         <v>10200695</v>
       </c>
       <c r="C532" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D532" t="s">
+        <v>794</v>
+      </c>
+      <c r="E532" t="s">
         <v>1054</v>
-      </c>
-[...4 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="F532">
         <v>6</v>
       </c>
       <c r="G532">
         <v>107</v>
       </c>
-      <c r="H532" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H532">
+        <v>11</v>
+      </c>
+      <c r="I532">
+        <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533">
         <v>10200703</v>
       </c>
       <c r="C533" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D533" t="s">
+        <v>794</v>
+      </c>
+      <c r="E533" t="s">
         <v>1056</v>
-      </c>
-[...4 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="F533">
         <v>12</v>
       </c>
       <c r="G533">
         <v>302</v>
       </c>
-      <c r="H533" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H533">
+        <v>17</v>
+      </c>
+      <c r="I533">
+        <v>2</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534">
         <v>10200702</v>
       </c>
       <c r="C534" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D534" t="s">
+        <v>794</v>
+      </c>
+      <c r="E534" t="s">
         <v>1058</v>
-      </c>
-[...4 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="F534">
         <v>6</v>
       </c>
       <c r="G534">
         <v>103</v>
       </c>
-      <c r="H534" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H534">
+        <v>9</v>
+      </c>
+      <c r="I534">
+        <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535">
         <v>10200701</v>
       </c>
       <c r="C535" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D535" t="s">
+        <v>794</v>
+      </c>
+      <c r="E535" t="s">
         <v>1060</v>
-      </c>
-[...4 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="F535">
         <v>10</v>
       </c>
       <c r="G535">
         <v>225</v>
       </c>
-      <c r="H535" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H535">
+        <v>16</v>
+      </c>
+      <c r="I535">
+        <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536">
         <v>10200700</v>
       </c>
       <c r="C536" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D536" t="s">
+        <v>794</v>
+      </c>
+      <c r="E536" t="s">
         <v>1062</v>
-      </c>
-[...4 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="F536">
         <v>9</v>
       </c>
       <c r="G536">
         <v>176</v>
       </c>
-      <c r="H536" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H536">
+        <v>14</v>
+      </c>
+      <c r="I536">
+        <v>2</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537">
         <v>10200698</v>
       </c>
       <c r="C537" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D537" t="s">
+        <v>794</v>
+      </c>
+      <c r="E537" t="s">
         <v>1064</v>
-      </c>
-[...4 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="F537">
         <v>14</v>
       </c>
       <c r="G537">
         <v>353</v>
       </c>
-      <c r="H537" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H537">
+        <v>21</v>
+      </c>
+      <c r="I537">
+        <v>2</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538">
         <v>10200697</v>
       </c>
       <c r="C538" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D538" t="s">
+        <v>794</v>
+      </c>
+      <c r="E538" t="s">
         <v>1066</v>
-      </c>
-[...4 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="F538">
         <v>17</v>
       </c>
       <c r="G538">
         <v>489</v>
       </c>
-      <c r="H538" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H538">
+        <v>23</v>
+      </c>
+      <c r="I538">
+        <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539">
         <v>10200696</v>
       </c>
       <c r="C539" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D539" t="s">
+        <v>794</v>
+      </c>
+      <c r="E539" t="s">
         <v>1068</v>
-      </c>
-[...4 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="F539">
         <v>7</v>
       </c>
       <c r="G539">
         <v>141</v>
       </c>
-      <c r="H539" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H539">
+        <v>13</v>
+      </c>
+      <c r="I539">
+        <v>2</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540">
         <v>10212993</v>
       </c>
       <c r="C540" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D540" t="s">
+        <v>794</v>
+      </c>
+      <c r="E540" t="s">
         <v>1070</v>
-      </c>
-[...4 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="F540">
         <v>6</v>
       </c>
       <c r="G540">
         <v>77</v>
       </c>
-      <c r="H540" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H540">
+        <v>8</v>
+      </c>
+      <c r="I540">
+        <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541">
         <v>10214823</v>
       </c>
       <c r="C541" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D541" t="s">
+        <v>794</v>
+      </c>
+      <c r="E541" t="s">
         <v>1072</v>
-      </c>
-[...4 lines deleted...]
-        <v>1073</v>
       </c>
       <c r="F541">
         <v>13</v>
       </c>
       <c r="G541">
         <v>328</v>
       </c>
-      <c r="H541" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H541">
+        <v>20</v>
+      </c>
+      <c r="I541">
+        <v>2</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542">
         <v>10212995</v>
       </c>
       <c r="C542" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D542" t="s">
+        <v>794</v>
+      </c>
+      <c r="E542" t="s">
         <v>1074</v>
-      </c>
-[...4 lines deleted...]
-        <v>1075</v>
       </c>
       <c r="F542">
         <v>11</v>
       </c>
       <c r="G542">
         <v>238</v>
       </c>
-      <c r="H542" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H542">
+        <v>16</v>
+      </c>
+      <c r="I542">
+        <v>2</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543">
         <v>10214825</v>
       </c>
       <c r="C543" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D543" t="s">
+        <v>794</v>
+      </c>
+      <c r="E543" t="s">
         <v>1076</v>
-      </c>
-[...4 lines deleted...]
-        <v>1077</v>
       </c>
       <c r="F543">
         <v>9</v>
       </c>
       <c r="G543">
         <v>200</v>
       </c>
-      <c r="H543" t="s">
+      <c r="H543">
         <v>12</v>
       </c>
-      <c r="I543" t="s">
-        <v>12</v>
+      <c r="I543">
+        <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544">
         <v>10214826</v>
       </c>
       <c r="C544" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D544" t="s">
+        <v>794</v>
+      </c>
+      <c r="E544" t="s">
         <v>1078</v>
-      </c>
-[...4 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="F544">
         <v>7</v>
       </c>
       <c r="G544">
         <v>130</v>
       </c>
-      <c r="H544" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H544">
+        <v>15</v>
+      </c>
+      <c r="I544">
+        <v>2</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545">
         <v>10214827</v>
       </c>
       <c r="C545" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D545" t="s">
+        <v>794</v>
+      </c>
+      <c r="E545" t="s">
         <v>1080</v>
-      </c>
-[...4 lines deleted...]
-        <v>1081</v>
       </c>
       <c r="F545">
         <v>12</v>
       </c>
       <c r="G545">
         <v>284</v>
       </c>
-      <c r="H545" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H545">
+        <v>20</v>
+      </c>
+      <c r="I545">
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546">
         <v>10214828</v>
       </c>
       <c r="C546" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D546" t="s">
+        <v>794</v>
+      </c>
+      <c r="E546" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="F546">
         <v>11</v>
       </c>
       <c r="G546">
         <v>249</v>
       </c>
-      <c r="H546" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H546">
+        <v>18</v>
+      </c>
+      <c r="I546">
+        <v>2</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547">
         <v>10214829</v>
       </c>
       <c r="C547" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D547" t="s">
+        <v>794</v>
+      </c>
+      <c r="E547" t="s">
         <v>1084</v>
-      </c>
-[...4 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="F547">
         <v>12</v>
       </c>
       <c r="G547">
         <v>275</v>
       </c>
-      <c r="H547" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H547">
+        <v>16</v>
+      </c>
+      <c r="I547">
+        <v>2</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548">
         <v>10214830</v>
       </c>
       <c r="C548" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D548" t="s">
+        <v>794</v>
+      </c>
+      <c r="E548" t="s">
         <v>1086</v>
-      </c>
-[...4 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="F548">
         <v>12</v>
       </c>
       <c r="G548">
         <v>350</v>
       </c>
-      <c r="H548" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H548">
+        <v>18</v>
+      </c>
+      <c r="I548">
+        <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549">
         <v>10214831</v>
       </c>
       <c r="C549" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D549" t="s">
+        <v>794</v>
+      </c>
+      <c r="E549" t="s">
         <v>1088</v>
-      </c>
-[...4 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="F549">
         <v>7</v>
       </c>
       <c r="G549">
         <v>144</v>
       </c>
-      <c r="H549" t="s">
+      <c r="H549">
         <v>12</v>
       </c>
-      <c r="I549" t="s">
-        <v>12</v>
+      <c r="I549">
+        <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550">
         <v>10214832</v>
       </c>
       <c r="C550" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D550" t="s">
+        <v>794</v>
+      </c>
+      <c r="E550" t="s">
         <v>1090</v>
-      </c>
-[...4 lines deleted...]
-        <v>1091</v>
       </c>
       <c r="F550">
         <v>9</v>
       </c>
       <c r="G550">
         <v>227</v>
       </c>
-      <c r="H550" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H550">
+        <v>14</v>
+      </c>
+      <c r="I550">
+        <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551">
         <v>10214833</v>
       </c>
       <c r="C551" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D551" t="s">
+        <v>794</v>
+      </c>
+      <c r="E551" t="s">
         <v>1092</v>
-      </c>
-[...4 lines deleted...]
-        <v>1093</v>
       </c>
       <c r="F551">
         <v>12</v>
       </c>
       <c r="G551">
         <v>269</v>
       </c>
-      <c r="H551" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H551">
+        <v>15</v>
+      </c>
+      <c r="I551">
+        <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552">
         <v>10214834</v>
       </c>
       <c r="C552" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D552" t="s">
+        <v>794</v>
+      </c>
+      <c r="E552" t="s">
         <v>1094</v>
-      </c>
-[...4 lines deleted...]
-        <v>1095</v>
       </c>
       <c r="F552">
         <v>6</v>
       </c>
       <c r="G552">
         <v>68</v>
       </c>
-      <c r="H552" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H552">
+        <v>9</v>
+      </c>
+      <c r="I552">
+        <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553">
         <v>10214836</v>
       </c>
       <c r="C553" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D553" t="s">
+        <v>794</v>
+      </c>
+      <c r="E553" t="s">
         <v>1096</v>
-      </c>
-[...4 lines deleted...]
-        <v>1097</v>
       </c>
       <c r="F553">
         <v>6</v>
       </c>
       <c r="G553">
         <v>88</v>
       </c>
-      <c r="H553" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H553">
+        <v>9</v>
+      </c>
+      <c r="I553">
+        <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554">
         <v>10214837</v>
       </c>
       <c r="C554" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D554" t="s">
+        <v>794</v>
+      </c>
+      <c r="E554" t="s">
         <v>1098</v>
-      </c>
-[...4 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="F554">
         <v>6</v>
       </c>
       <c r="G554">
         <v>65</v>
       </c>
-      <c r="H554" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H554">
+        <v>11</v>
+      </c>
+      <c r="I554">
+        <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555">
         <v>10214839</v>
       </c>
       <c r="C555" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D555" t="s">
+        <v>794</v>
+      </c>
+      <c r="E555" t="s">
         <v>1100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="F555">
         <v>14</v>
       </c>
       <c r="G555">
         <v>359</v>
       </c>
-      <c r="H555" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H555">
+        <v>20</v>
+      </c>
+      <c r="I555">
+        <v>2</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556">
         <v>10214840</v>
       </c>
       <c r="C556" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D556" t="s">
+        <v>794</v>
+      </c>
+      <c r="E556" t="s">
         <v>1102</v>
-      </c>
-[...4 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="F556">
         <v>12</v>
       </c>
       <c r="G556">
         <v>322</v>
       </c>
-      <c r="H556" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H556">
+        <v>18</v>
+      </c>
+      <c r="I556">
+        <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557">
         <v>10214841</v>
       </c>
       <c r="C557" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D557" t="s">
+        <v>794</v>
+      </c>
+      <c r="E557" t="s">
         <v>1104</v>
-      </c>
-[...4 lines deleted...]
-        <v>1105</v>
       </c>
       <c r="F557">
         <v>12</v>
       </c>
       <c r="G557">
         <v>289</v>
       </c>
-      <c r="H557" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H557">
+        <v>18</v>
+      </c>
+      <c r="I557">
+        <v>2</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558">
         <v>10214842</v>
       </c>
       <c r="C558" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D558" t="s">
+        <v>794</v>
+      </c>
+      <c r="E558" t="s">
         <v>1106</v>
-      </c>
-[...4 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="F558">
         <v>23</v>
       </c>
       <c r="G558">
         <v>601</v>
       </c>
-      <c r="H558" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H558">
+        <v>33</v>
+      </c>
+      <c r="I558">
+        <v>2</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559">
         <v>10214843</v>
       </c>
       <c r="C559" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D559" t="s">
+        <v>794</v>
+      </c>
+      <c r="E559" t="s">
         <v>1108</v>
-      </c>
-[...4 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="F559">
         <v>15</v>
       </c>
       <c r="G559">
         <v>338</v>
       </c>
-      <c r="H559" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H559">
+        <v>20</v>
+      </c>
+      <c r="I559">
+        <v>3</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560">
         <v>10200685</v>
       </c>
       <c r="C560" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D560" t="s">
+        <v>794</v>
+      </c>
+      <c r="E560" t="s">
         <v>1110</v>
-      </c>
-[...4 lines deleted...]
-        <v>1111</v>
       </c>
       <c r="F560">
         <v>11</v>
       </c>
       <c r="G560">
         <v>259</v>
       </c>
-      <c r="H560" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H560">
+        <v>18</v>
+      </c>
+      <c r="I560">
+        <v>3</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561">
         <v>10200684</v>
       </c>
       <c r="C561" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D561" t="s">
+        <v>794</v>
+      </c>
+      <c r="E561" t="s">
         <v>1112</v>
-      </c>
-[...4 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="F561">
         <v>7</v>
       </c>
       <c r="G561">
         <v>165</v>
       </c>
-      <c r="H561" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H561">
+        <v>11</v>
+      </c>
+      <c r="I561">
+        <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562">
         <v>10200683</v>
       </c>
       <c r="C562" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D562" t="s">
+        <v>794</v>
+      </c>
+      <c r="E562" t="s">
         <v>1114</v>
-      </c>
-[...4 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="F562">
         <v>16</v>
       </c>
       <c r="G562">
         <v>460</v>
       </c>
-      <c r="H562" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H562">
+        <v>22</v>
+      </c>
+      <c r="I562">
+        <v>2</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563">
         <v>10200671</v>
       </c>
       <c r="C563" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D563" t="s">
+        <v>794</v>
+      </c>
+      <c r="E563" t="s">
         <v>1116</v>
-      </c>
-[...4 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="F563">
         <v>12</v>
       </c>
       <c r="G563">
         <v>243</v>
       </c>
-      <c r="H563" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H563">
+        <v>19</v>
+      </c>
+      <c r="I563">
+        <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564">
         <v>10200670</v>
       </c>
       <c r="C564" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D564" t="s">
+        <v>794</v>
+      </c>
+      <c r="E564" t="s">
         <v>1118</v>
-      </c>
-[...4 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="F564">
         <v>7</v>
       </c>
       <c r="G564">
         <v>157</v>
       </c>
-      <c r="H564" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H564">
+        <v>14</v>
+      </c>
+      <c r="I564">
+        <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565">
         <v>10200669</v>
       </c>
       <c r="C565" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D565" t="s">
+        <v>794</v>
+      </c>
+      <c r="E565" t="s">
         <v>1120</v>
-      </c>
-[...4 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="F565">
         <v>12</v>
       </c>
       <c r="G565">
         <v>314</v>
       </c>
-      <c r="H565" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H565">
+        <v>20</v>
+      </c>
+      <c r="I565">
+        <v>3</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566">
         <v>10200668</v>
       </c>
       <c r="C566" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D566" t="s">
+        <v>794</v>
+      </c>
+      <c r="E566" t="s">
         <v>1122</v>
-      </c>
-[...4 lines deleted...]
-        <v>1123</v>
       </c>
       <c r="F566">
         <v>5</v>
       </c>
       <c r="G566">
         <v>34</v>
       </c>
-      <c r="H566" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H566">
+        <v>10</v>
+      </c>
+      <c r="I566">
+        <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567">
         <v>10200667</v>
       </c>
       <c r="C567" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D567" t="s">
+        <v>794</v>
+      </c>
+      <c r="E567" t="s">
         <v>1124</v>
-      </c>
-[...4 lines deleted...]
-        <v>1125</v>
       </c>
       <c r="F567">
         <v>7</v>
       </c>
       <c r="G567">
         <v>155</v>
       </c>
-      <c r="H567" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H567">
+        <v>11</v>
+      </c>
+      <c r="I567">
+        <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568">
         <v>10200665</v>
       </c>
       <c r="C568" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D568" t="s">
+        <v>794</v>
+      </c>
+      <c r="E568" t="s">
         <v>1126</v>
-      </c>
-[...4 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="F568">
         <v>12</v>
       </c>
       <c r="G568">
         <v>209</v>
       </c>
-      <c r="H568" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H568">
+        <v>18</v>
+      </c>
+      <c r="I568">
+        <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569">
         <v>10200663</v>
       </c>
       <c r="C569" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D569" t="s">
+        <v>794</v>
+      </c>
+      <c r="E569" t="s">
         <v>1128</v>
-      </c>
-[...4 lines deleted...]
-        <v>1129</v>
       </c>
       <c r="F569">
         <v>6</v>
       </c>
       <c r="G569">
         <v>94</v>
       </c>
-      <c r="H569" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H569">
+        <v>7</v>
+      </c>
+      <c r="I569">
+        <v>3</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570">
         <v>10214844</v>
       </c>
       <c r="C570" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D570" t="s">
+        <v>794</v>
+      </c>
+      <c r="E570" t="s">
         <v>1130</v>
-      </c>
-[...4 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="F570">
         <v>9</v>
       </c>
       <c r="G570">
         <v>221</v>
       </c>
-      <c r="H570" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H570">
+        <v>11</v>
+      </c>
+      <c r="I570">
+        <v>2</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571">
         <v>10214845</v>
       </c>
       <c r="C571" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D571" t="s">
+        <v>794</v>
+      </c>
+      <c r="E571" t="s">
         <v>1132</v>
-      </c>
-[...4 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="F571">
         <v>13</v>
       </c>
       <c r="G571">
         <v>350</v>
       </c>
-      <c r="H571" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H571">
+        <v>18</v>
+      </c>
+      <c r="I571">
+        <v>2</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572">
         <v>10214846</v>
       </c>
       <c r="C572" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D572" t="s">
+        <v>794</v>
+      </c>
+      <c r="E572" t="s">
         <v>1134</v>
-      </c>
-[...4 lines deleted...]
-        <v>1135</v>
       </c>
       <c r="F572">
         <v>9</v>
       </c>
       <c r="G572">
         <v>215</v>
       </c>
-      <c r="H572" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H572">
+        <v>13</v>
+      </c>
+      <c r="I572">
+        <v>2</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573">
         <v>10214847</v>
       </c>
       <c r="C573" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D573" t="s">
+        <v>794</v>
+      </c>
+      <c r="E573" t="s">
         <v>1136</v>
-      </c>
-[...4 lines deleted...]
-        <v>1137</v>
       </c>
       <c r="F573">
         <v>6</v>
       </c>
       <c r="G573">
         <v>133</v>
       </c>
-      <c r="H573" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H573">
+        <v>9</v>
+      </c>
+      <c r="I573">
+        <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574">
         <v>10200672</v>
       </c>
       <c r="C574" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D574" t="s">
+        <v>794</v>
+      </c>
+      <c r="E574" t="s">
         <v>1138</v>
-      </c>
-[...4 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="F574">
         <v>6</v>
       </c>
       <c r="G574">
         <v>97</v>
       </c>
-      <c r="H574" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H574">
+        <v>11</v>
+      </c>
+      <c r="I574">
+        <v>2</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575">
         <v>10200673</v>
       </c>
       <c r="C575" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D575" t="s">
+        <v>794</v>
+      </c>
+      <c r="E575" t="s">
         <v>1140</v>
-      </c>
-[...4 lines deleted...]
-        <v>1141</v>
       </c>
       <c r="F575">
         <v>10</v>
       </c>
       <c r="G575">
         <v>175</v>
       </c>
-      <c r="H575" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H575">
+        <v>15</v>
+      </c>
+      <c r="I575">
+        <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576">
         <v>10200682</v>
       </c>
       <c r="C576" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D576" t="s">
+        <v>794</v>
+      </c>
+      <c r="E576" t="s">
         <v>1142</v>
-      </c>
-[...4 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="F576">
         <v>6</v>
       </c>
       <c r="G576">
         <v>151</v>
       </c>
-      <c r="H576" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H576">
+        <v>8</v>
+      </c>
+      <c r="I576">
+        <v>2</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577">
         <v>10200680</v>
       </c>
       <c r="C577" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D577" t="s">
+        <v>794</v>
+      </c>
+      <c r="E577" t="s">
         <v>1144</v>
-      </c>
-[...4 lines deleted...]
-        <v>1145</v>
       </c>
       <c r="F577">
         <v>6</v>
       </c>
       <c r="G577">
         <v>69</v>
       </c>
-      <c r="H577" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H577">
+        <v>9</v>
+      </c>
+      <c r="I577">
+        <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578">
         <v>10200679</v>
       </c>
       <c r="C578" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D578" t="s">
+        <v>794</v>
+      </c>
+      <c r="E578" t="s">
         <v>1146</v>
-      </c>
-[...4 lines deleted...]
-        <v>1147</v>
       </c>
       <c r="F578">
         <v>6</v>
       </c>
       <c r="G578">
         <v>121</v>
       </c>
-      <c r="H578" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H578">
+        <v>9</v>
+      </c>
+      <c r="I578">
+        <v>2</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579">
         <v>10200677</v>
       </c>
       <c r="C579" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D579" t="s">
+        <v>794</v>
+      </c>
+      <c r="E579" t="s">
         <v>1148</v>
-      </c>
-[...4 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="F579">
         <v>6</v>
       </c>
       <c r="G579">
         <v>94</v>
       </c>
-      <c r="H579" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H579">
+        <v>10</v>
+      </c>
+      <c r="I579">
+        <v>3</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580">
         <v>10200676</v>
       </c>
       <c r="C580" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D580" t="s">
+        <v>794</v>
+      </c>
+      <c r="E580" t="s">
         <v>1150</v>
-      </c>
-[...4 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="F580">
         <v>13</v>
       </c>
       <c r="G580">
         <v>378</v>
       </c>
-      <c r="H580" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H580">
+        <v>19</v>
+      </c>
+      <c r="I580">
+        <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581">
         <v>10200675</v>
       </c>
       <c r="C581" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D581" t="s">
+        <v>794</v>
+      </c>
+      <c r="E581" t="s">
         <v>1152</v>
-      </c>
-[...4 lines deleted...]
-        <v>1153</v>
       </c>
       <c r="F581">
         <v>13</v>
       </c>
       <c r="G581">
         <v>323</v>
       </c>
-      <c r="H581" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H581">
+        <v>18</v>
+      </c>
+      <c r="I581">
+        <v>3</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582">
         <v>10200662</v>
       </c>
       <c r="C582" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D582" t="s">
+        <v>794</v>
+      </c>
+      <c r="E582" t="s">
         <v>1154</v>
-      </c>
-[...4 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="F582">
         <v>6</v>
       </c>
       <c r="G582">
         <v>79</v>
       </c>
-      <c r="H582" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H582">
+        <v>8</v>
+      </c>
+      <c r="I582">
+        <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583">
         <v>10214850</v>
       </c>
       <c r="C583" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D583" t="s">
+        <v>794</v>
+      </c>
+      <c r="E583" t="s">
         <v>1156</v>
-      </c>
-[...4 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="F583">
         <v>6</v>
       </c>
       <c r="G583">
         <v>81</v>
       </c>
-      <c r="H583" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H583">
+        <v>10</v>
+      </c>
+      <c r="I583">
+        <v>1</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584">
         <v>10200449</v>
       </c>
       <c r="C584" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D584" t="s">
+        <v>794</v>
+      </c>
+      <c r="E584" t="s">
         <v>1158</v>
-      </c>
-[...4 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="F584">
         <v>6</v>
       </c>
       <c r="G584">
         <v>130</v>
       </c>
-      <c r="H584" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H584">
+        <v>9</v>
+      </c>
+      <c r="I584">
+        <v>3</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585">
         <v>10200236</v>
       </c>
       <c r="C585" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D585" t="s">
+        <v>794</v>
+      </c>
+      <c r="E585" t="s">
         <v>1160</v>
-      </c>
-[...4 lines deleted...]
-        <v>1161</v>
       </c>
       <c r="F585">
         <v>12</v>
       </c>
       <c r="G585">
         <v>306</v>
       </c>
-      <c r="H585" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H585">
+        <v>16</v>
+      </c>
+      <c r="I585">
+        <v>3</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586">
         <v>10200224</v>
       </c>
       <c r="C586" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D586" t="s">
+        <v>794</v>
+      </c>
+      <c r="E586" t="s">
         <v>1162</v>
-      </c>
-[...4 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="F586">
         <v>15</v>
       </c>
       <c r="G586">
         <v>361</v>
       </c>
-      <c r="H586" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H586">
+        <v>20</v>
+      </c>
+      <c r="I586">
+        <v>3</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587">
         <v>10213216</v>
       </c>
       <c r="C587" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D587" t="s">
+        <v>794</v>
+      </c>
+      <c r="E587" t="s">
         <v>1164</v>
-      </c>
-[...4 lines deleted...]
-        <v>1165</v>
       </c>
       <c r="F587">
         <v>8</v>
       </c>
       <c r="G587">
         <v>222</v>
       </c>
-      <c r="H587" t="s">
+      <c r="H587">
         <v>12</v>
       </c>
-      <c r="I587" t="s">
-        <v>12</v>
+      <c r="I587">
+        <v>3</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588">
         <v>10214855</v>
       </c>
       <c r="C588" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D588" t="s">
+        <v>794</v>
+      </c>
+      <c r="E588" t="s">
         <v>1166</v>
-      </c>
-[...4 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="F588">
         <v>7</v>
       </c>
       <c r="G588">
         <v>150</v>
       </c>
-      <c r="H588" t="s">
+      <c r="H588">
         <v>12</v>
       </c>
-      <c r="I588" t="s">
-        <v>12</v>
+      <c r="I588">
+        <v>2</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589">
         <v>10213218</v>
       </c>
       <c r="C589" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D589" t="s">
+        <v>794</v>
+      </c>
+      <c r="E589" t="s">
         <v>1168</v>
-      </c>
-[...4 lines deleted...]
-        <v>1169</v>
       </c>
       <c r="F589">
         <v>8</v>
       </c>
       <c r="G589">
         <v>223</v>
       </c>
-      <c r="H589" t="s">
+      <c r="H589">
         <v>12</v>
       </c>
-      <c r="I589" t="s">
-        <v>12</v>
+      <c r="I589">
+        <v>2</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590">
         <v>10214857</v>
       </c>
       <c r="C590" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D590" t="s">
+        <v>794</v>
+      </c>
+      <c r="E590" t="s">
         <v>1170</v>
-      </c>
-[...4 lines deleted...]
-        <v>1171</v>
       </c>
       <c r="F590">
         <v>6</v>
       </c>
       <c r="G590">
         <v>80</v>
       </c>
-      <c r="H590" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H590">
+        <v>11</v>
+      </c>
+      <c r="I590">
+        <v>2</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591">
         <v>10214858</v>
       </c>
       <c r="C591" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D591" t="s">
+        <v>794</v>
+      </c>
+      <c r="E591" t="s">
         <v>1172</v>
-      </c>
-[...4 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="F591">
         <v>15</v>
       </c>
       <c r="G591">
         <v>493</v>
       </c>
-      <c r="H591" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H591">
+        <v>21</v>
+      </c>
+      <c r="I591">
+        <v>2</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592">
         <v>10213221</v>
       </c>
       <c r="C592" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D592" t="s">
+        <v>794</v>
+      </c>
+      <c r="E592" t="s">
         <v>1174</v>
-      </c>
-[...4 lines deleted...]
-        <v>1175</v>
       </c>
       <c r="F592">
         <v>8</v>
       </c>
       <c r="G592">
         <v>201</v>
       </c>
-      <c r="H592" t="s">
+      <c r="H592">
         <v>12</v>
       </c>
-      <c r="I592" t="s">
-        <v>12</v>
+      <c r="I592">
+        <v>2</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593">
         <v>10214860</v>
       </c>
       <c r="C593" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D593" t="s">
+        <v>794</v>
+      </c>
+      <c r="E593" t="s">
         <v>1176</v>
-      </c>
-[...4 lines deleted...]
-        <v>1177</v>
       </c>
       <c r="F593">
         <v>6</v>
       </c>
       <c r="G593">
         <v>138</v>
       </c>
-      <c r="H593" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H593">
+        <v>10</v>
+      </c>
+      <c r="I593">
+        <v>4</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594">
         <v>10214861</v>
       </c>
       <c r="C594" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D594" t="s">
+        <v>794</v>
+      </c>
+      <c r="E594" t="s">
         <v>1178</v>
-      </c>
-[...4 lines deleted...]
-        <v>1179</v>
       </c>
       <c r="F594">
         <v>6</v>
       </c>
       <c r="G594">
         <v>72</v>
       </c>
-      <c r="H594" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H594">
+        <v>9</v>
+      </c>
+      <c r="I594">
+        <v>2</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595">
         <v>10213225</v>
       </c>
       <c r="C595" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D595" t="s">
+        <v>794</v>
+      </c>
+      <c r="E595" t="s">
         <v>1180</v>
-      </c>
-[...4 lines deleted...]
-        <v>1181</v>
       </c>
       <c r="F595">
         <v>6</v>
       </c>
       <c r="G595">
         <v>89</v>
       </c>
-      <c r="H595" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H595">
+        <v>8</v>
+      </c>
+      <c r="I595">
+        <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596">
         <v>10214863</v>
       </c>
       <c r="C596" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D596" t="s">
+        <v>794</v>
+      </c>
+      <c r="E596" t="s">
         <v>1182</v>
-      </c>
-[...4 lines deleted...]
-        <v>1183</v>
       </c>
       <c r="F596">
         <v>6</v>
       </c>
       <c r="G596">
         <v>76</v>
       </c>
-      <c r="H596" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H596">
+        <v>10</v>
+      </c>
+      <c r="I596">
+        <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597">
         <v>10213227</v>
       </c>
       <c r="C597" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D597" t="s">
+        <v>794</v>
+      </c>
+      <c r="E597" t="s">
         <v>1184</v>
-      </c>
-[...4 lines deleted...]
-        <v>1185</v>
       </c>
       <c r="F597">
         <v>6</v>
       </c>
       <c r="G597">
         <v>62</v>
       </c>
-      <c r="H597" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H597">
+        <v>9</v>
+      </c>
+      <c r="I597">
+        <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598">
         <v>10214865</v>
       </c>
       <c r="C598" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D598" t="s">
+        <v>794</v>
+      </c>
+      <c r="E598" t="s">
         <v>1186</v>
-      </c>
-[...4 lines deleted...]
-        <v>1187</v>
       </c>
       <c r="F598">
         <v>6</v>
       </c>
       <c r="G598">
         <v>94</v>
       </c>
-      <c r="H598" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H598">
+        <v>11</v>
+      </c>
+      <c r="I598">
+        <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599">
         <v>10213229</v>
       </c>
       <c r="C599" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D599" t="s">
+        <v>794</v>
+      </c>
+      <c r="E599" t="s">
         <v>1188</v>
-      </c>
-[...4 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="F599">
         <v>6</v>
       </c>
       <c r="G599">
         <v>94</v>
       </c>
-      <c r="H599" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H599">
+        <v>9</v>
+      </c>
+      <c r="I599">
+        <v>2</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600">
         <v>10214868</v>
       </c>
       <c r="C600" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D600" t="s">
+        <v>794</v>
+      </c>
+      <c r="E600" t="s">
         <v>1190</v>
-      </c>
-[...4 lines deleted...]
-        <v>1191</v>
       </c>
       <c r="F600">
         <v>6</v>
       </c>
       <c r="G600">
         <v>73</v>
       </c>
-      <c r="H600" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H600">
+        <v>9</v>
+      </c>
+      <c r="I600">
+        <v>2</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601">
         <v>10214869</v>
       </c>
       <c r="C601" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D601" t="s">
+        <v>794</v>
+      </c>
+      <c r="E601" t="s">
         <v>1192</v>
-      </c>
-[...4 lines deleted...]
-        <v>1193</v>
       </c>
       <c r="F601">
         <v>6</v>
       </c>
       <c r="G601">
         <v>27</v>
       </c>
-      <c r="H601" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H601">
+        <v>8</v>
+      </c>
+      <c r="I601">
+        <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602">
         <v>10213233</v>
       </c>
       <c r="C602" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D602" t="s">
+        <v>794</v>
+      </c>
+      <c r="E602" t="s">
         <v>1194</v>
-      </c>
-[...4 lines deleted...]
-        <v>1195</v>
       </c>
       <c r="F602">
         <v>7</v>
       </c>
       <c r="G602">
         <v>151</v>
       </c>
-      <c r="H602" t="s">
+      <c r="H602">
         <v>12</v>
       </c>
-      <c r="I602" t="s">
-        <v>12</v>
+      <c r="I602">
+        <v>3</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603">
         <v>10213235</v>
       </c>
       <c r="C603" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D603" t="s">
+        <v>794</v>
+      </c>
+      <c r="E603" t="s">
         <v>1196</v>
-      </c>
-[...4 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="F603">
         <v>6</v>
       </c>
       <c r="G603">
         <v>105</v>
       </c>
-      <c r="H603" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H603">
+        <v>9</v>
+      </c>
+      <c r="I603">
+        <v>2</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604">
         <v>10213236</v>
       </c>
       <c r="C604" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D604" t="s">
+        <v>794</v>
+      </c>
+      <c r="E604" t="s">
         <v>1198</v>
-      </c>
-[...4 lines deleted...]
-        <v>1199</v>
       </c>
       <c r="F604">
         <v>6</v>
       </c>
       <c r="G604">
         <v>53</v>
       </c>
-      <c r="H604" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H604">
+        <v>8</v>
+      </c>
+      <c r="I604">
+        <v>2</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605">
         <v>10214873</v>
       </c>
       <c r="C605" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D605" t="s">
+        <v>794</v>
+      </c>
+      <c r="E605" t="s">
         <v>1200</v>
-      </c>
-[...4 lines deleted...]
-        <v>1201</v>
       </c>
       <c r="F605">
         <v>11</v>
       </c>
       <c r="G605">
         <v>225</v>
       </c>
-      <c r="H605" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H605">
+        <v>17</v>
+      </c>
+      <c r="I605">
+        <v>3</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606">
         <v>10213238</v>
       </c>
       <c r="C606" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D606" t="s">
+        <v>794</v>
+      </c>
+      <c r="E606" t="s">
         <v>1202</v>
-      </c>
-[...4 lines deleted...]
-        <v>1203</v>
       </c>
       <c r="F606">
         <v>7</v>
       </c>
       <c r="G606">
         <v>188</v>
       </c>
-      <c r="H606" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H606">
+        <v>14</v>
+      </c>
+      <c r="I606">
+        <v>2</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607">
         <v>10213239</v>
       </c>
       <c r="C607" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D607" t="s">
+        <v>794</v>
+      </c>
+      <c r="E607" t="s">
         <v>1204</v>
-      </c>
-[...4 lines deleted...]
-        <v>1205</v>
       </c>
       <c r="F607">
         <v>7</v>
       </c>
       <c r="G607">
         <v>159</v>
       </c>
-      <c r="H607" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H607">
+        <v>10</v>
+      </c>
+      <c r="I607">
+        <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608">
         <v>10213240</v>
       </c>
       <c r="C608" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D608" t="s">
+        <v>794</v>
+      </c>
+      <c r="E608" t="s">
         <v>1206</v>
-      </c>
-[...4 lines deleted...]
-        <v>1207</v>
       </c>
       <c r="F608">
         <v>6</v>
       </c>
       <c r="G608">
         <v>100</v>
       </c>
-      <c r="H608" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H608">
+        <v>11</v>
+      </c>
+      <c r="I608">
+        <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609">
         <v>10213241</v>
       </c>
       <c r="C609" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D609" t="s">
+        <v>794</v>
+      </c>
+      <c r="E609" t="s">
         <v>1208</v>
-      </c>
-[...4 lines deleted...]
-        <v>1209</v>
       </c>
       <c r="F609">
         <v>6</v>
       </c>
       <c r="G609">
         <v>141</v>
       </c>
-      <c r="H609" t="s">
+      <c r="H609">
         <v>12</v>
       </c>
-      <c r="I609" t="s">
-        <v>12</v>
+      <c r="I609">
+        <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610">
         <v>10213242</v>
       </c>
       <c r="C610" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D610" t="s">
+        <v>794</v>
+      </c>
+      <c r="E610" t="s">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1211</v>
       </c>
       <c r="F610">
         <v>6</v>
       </c>
       <c r="G610">
         <v>116</v>
       </c>
-      <c r="H610" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H610">
+        <v>10</v>
+      </c>
+      <c r="I610">
+        <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611">
         <v>10200218</v>
       </c>
       <c r="C611" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D611" t="s">
+        <v>794</v>
+      </c>
+      <c r="E611" t="s">
         <v>1212</v>
-      </c>
-[...4 lines deleted...]
-        <v>1213</v>
       </c>
       <c r="F611">
         <v>6</v>
       </c>
       <c r="G611">
         <v>118</v>
       </c>
-      <c r="H611" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H611">
+        <v>10</v>
+      </c>
+      <c r="I611">
+        <v>4</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612">
         <v>10213244</v>
       </c>
       <c r="C612" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D612" t="s">
+        <v>794</v>
+      </c>
+      <c r="E612" t="s">
         <v>1214</v>
-      </c>
-[...4 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="F612">
         <v>6</v>
       </c>
       <c r="G612">
         <v>88</v>
       </c>
-      <c r="H612" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H612">
+        <v>9</v>
+      </c>
+      <c r="I612">
+        <v>2</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613">
         <v>10213249</v>
       </c>
       <c r="C613" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D613" t="s">
+        <v>794</v>
+      </c>
+      <c r="E613" t="s">
         <v>1216</v>
-      </c>
-[...4 lines deleted...]
-        <v>1217</v>
       </c>
       <c r="F613">
         <v>6</v>
       </c>
       <c r="G613">
         <v>126</v>
       </c>
-      <c r="H613" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H613">
+        <v>9</v>
+      </c>
+      <c r="I613">
+        <v>1</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614">
         <v>10213250</v>
       </c>
       <c r="C614" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D614" t="s">
+        <v>794</v>
+      </c>
+      <c r="E614" t="s">
         <v>1218</v>
-      </c>
-[...4 lines deleted...]
-        <v>1219</v>
       </c>
       <c r="F614">
         <v>6</v>
       </c>
       <c r="G614">
         <v>29</v>
       </c>
-      <c r="H614" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H614">
+        <v>6</v>
+      </c>
+      <c r="I614">
+        <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615">
         <v>10213251</v>
       </c>
       <c r="C615" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D615" t="s">
+        <v>794</v>
+      </c>
+      <c r="E615" t="s">
         <v>1220</v>
-      </c>
-[...4 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="F615">
         <v>6</v>
       </c>
       <c r="G615">
         <v>74</v>
       </c>
-      <c r="H615" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H615">
+        <v>9</v>
+      </c>
+      <c r="I615">
+        <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616">
         <v>615</v>
       </c>
       <c r="B616">
         <v>10216696</v>
       </c>
       <c r="C616" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D616" t="s">
+        <v>794</v>
+      </c>
+      <c r="E616" t="s">
         <v>1222</v>
-      </c>
-[...4 lines deleted...]
-        <v>1223</v>
       </c>
       <c r="F616">
         <v>6</v>
       </c>
       <c r="G616">
         <v>139</v>
       </c>
-      <c r="H616" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H616">
+        <v>11</v>
+      </c>
+      <c r="I616">
+        <v>4</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617">
         <v>616</v>
       </c>
       <c r="B617">
         <v>10200231</v>
       </c>
       <c r="C617" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D617" t="s">
+        <v>794</v>
+      </c>
+      <c r="E617" t="s">
         <v>1224</v>
-      </c>
-[...4 lines deleted...]
-        <v>1225</v>
       </c>
       <c r="F617">
         <v>6</v>
       </c>
       <c r="G617">
         <v>103</v>
       </c>
-      <c r="H617" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H617">
+        <v>11</v>
+      </c>
+      <c r="I617">
+        <v>2</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618">
         <v>617</v>
       </c>
       <c r="B618">
         <v>10200230</v>
       </c>
       <c r="C618" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D618" t="s">
+        <v>794</v>
+      </c>
+      <c r="E618" t="s">
         <v>1226</v>
-      </c>
-[...4 lines deleted...]
-        <v>1227</v>
       </c>
       <c r="F618">
         <v>6</v>
       </c>
       <c r="G618">
         <v>121</v>
       </c>
-      <c r="H618" t="s">
+      <c r="H618">
         <v>12</v>
       </c>
-      <c r="I618" t="s">
-        <v>12</v>
+      <c r="I618">
+        <v>4</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619">
         <v>618</v>
       </c>
       <c r="B619">
         <v>10213255</v>
       </c>
       <c r="C619" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D619" t="s">
+        <v>794</v>
+      </c>
+      <c r="E619" t="s">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="F619">
         <v>17</v>
       </c>
       <c r="G619">
         <v>440</v>
       </c>
-      <c r="H619" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H619">
+        <v>25</v>
+      </c>
+      <c r="I619">
+        <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620">
         <v>10213256</v>
       </c>
       <c r="C620" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D620" t="s">
+        <v>794</v>
+      </c>
+      <c r="E620" t="s">
         <v>1230</v>
-      </c>
-[...4 lines deleted...]
-        <v>1231</v>
       </c>
       <c r="F620">
         <v>10</v>
       </c>
       <c r="G620">
         <v>194</v>
       </c>
-      <c r="H620" t="s">
+      <c r="H620">
         <v>12</v>
       </c>
-      <c r="I620" t="s">
-        <v>12</v>
+      <c r="I620">
+        <v>2</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621">
         <v>10213257</v>
       </c>
       <c r="C621" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D621" t="s">
+        <v>794</v>
+      </c>
+      <c r="E621" t="s">
         <v>1232</v>
-      </c>
-[...4 lines deleted...]
-        <v>1233</v>
       </c>
       <c r="F621">
         <v>12</v>
       </c>
       <c r="G621">
         <v>300</v>
       </c>
-      <c r="H621" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H621">
+        <v>19</v>
+      </c>
+      <c r="I621">
+        <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622">
         <v>10213258</v>
       </c>
       <c r="C622" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D622" t="s">
+        <v>794</v>
+      </c>
+      <c r="E622" t="s">
         <v>1234</v>
-      </c>
-[...4 lines deleted...]
-        <v>1235</v>
       </c>
       <c r="F622">
         <v>14</v>
       </c>
       <c r="G622">
         <v>397</v>
       </c>
-      <c r="H622" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H622">
+        <v>22</v>
+      </c>
+      <c r="I622">
+        <v>2</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623">
         <v>10213259</v>
       </c>
       <c r="C623" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D623" t="s">
+        <v>794</v>
+      </c>
+      <c r="E623" t="s">
         <v>1236</v>
-      </c>
-[...4 lines deleted...]
-        <v>1237</v>
       </c>
       <c r="F623">
         <v>7</v>
       </c>
       <c r="G623">
         <v>140</v>
       </c>
-      <c r="H623" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H623">
+        <v>13</v>
+      </c>
+      <c r="I623">
+        <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624">
         <v>10213260</v>
       </c>
       <c r="C624" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D624" t="s">
+        <v>794</v>
+      </c>
+      <c r="E624" t="s">
         <v>1238</v>
-      </c>
-[...4 lines deleted...]
-        <v>1239</v>
       </c>
       <c r="F624">
         <v>12</v>
       </c>
       <c r="G624">
         <v>218</v>
       </c>
-      <c r="H624" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H624">
+        <v>14</v>
+      </c>
+      <c r="I624">
+        <v>1</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625">
         <v>10200202</v>
       </c>
       <c r="C625" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D625" t="s">
+        <v>794</v>
+      </c>
+      <c r="E625" t="s">
         <v>1240</v>
-      </c>
-[...4 lines deleted...]
-        <v>1241</v>
       </c>
       <c r="F625">
         <v>7</v>
       </c>
       <c r="G625">
         <v>147</v>
       </c>
-      <c r="H625" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H625">
+        <v>10</v>
+      </c>
+      <c r="I625">
+        <v>1</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626">
         <v>10200201</v>
       </c>
       <c r="C626" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D626" t="s">
+        <v>794</v>
+      </c>
+      <c r="E626" t="s">
         <v>1242</v>
-      </c>
-[...4 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="F626">
         <v>12</v>
       </c>
       <c r="G626">
         <v>219</v>
       </c>
-      <c r="H626" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H626">
+        <v>14</v>
+      </c>
+      <c r="I626">
+        <v>2</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627">
         <v>10200200</v>
       </c>
       <c r="C627" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D627" t="s">
+        <v>794</v>
+      </c>
+      <c r="E627" t="s">
         <v>1244</v>
-      </c>
-[...4 lines deleted...]
-        <v>1245</v>
       </c>
       <c r="F627">
         <v>9</v>
       </c>
       <c r="G627">
         <v>216</v>
       </c>
-      <c r="H627" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H627">
+        <v>13</v>
+      </c>
+      <c r="I627">
+        <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628">
         <v>10200199</v>
       </c>
       <c r="C628" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D628" t="s">
+        <v>794</v>
+      </c>
+      <c r="E628" t="s">
         <v>1246</v>
-      </c>
-[...4 lines deleted...]
-        <v>1247</v>
       </c>
       <c r="F628">
         <v>12</v>
       </c>
       <c r="G628">
         <v>253</v>
       </c>
-      <c r="H628" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H628">
+        <v>15</v>
+      </c>
+      <c r="I628">
+        <v>2</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629">
         <v>10200198</v>
       </c>
       <c r="C629" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D629" t="s">
+        <v>794</v>
+      </c>
+      <c r="E629" t="s">
         <v>1248</v>
-      </c>
-[...4 lines deleted...]
-        <v>1249</v>
       </c>
       <c r="F629">
         <v>9</v>
       </c>
       <c r="G629">
         <v>184</v>
       </c>
-      <c r="H629" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H629">
+        <v>10</v>
+      </c>
+      <c r="I629">
+        <v>2</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630">
         <v>10200197</v>
       </c>
       <c r="C630" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D630" t="s">
+        <v>794</v>
+      </c>
+      <c r="E630" t="s">
         <v>1250</v>
-      </c>
-[...4 lines deleted...]
-        <v>1251</v>
       </c>
       <c r="F630">
         <v>7</v>
       </c>
       <c r="G630">
         <v>165</v>
       </c>
-      <c r="H630" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H630">
+        <v>11</v>
+      </c>
+      <c r="I630">
+        <v>2</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631">
         <v>10214883</v>
       </c>
       <c r="C631" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D631" t="s">
+        <v>794</v>
+      </c>
+      <c r="E631" t="s">
         <v>1252</v>
-      </c>
-[...4 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="F631">
         <v>6</v>
       </c>
       <c r="G631">
         <v>101</v>
       </c>
-      <c r="H631" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H631">
+        <v>9</v>
+      </c>
+      <c r="I631">
+        <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632">
         <v>10216737</v>
       </c>
       <c r="C632" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D632" t="s">
+        <v>794</v>
+      </c>
+      <c r="E632" t="s">
         <v>1254</v>
-      </c>
-[...4 lines deleted...]
-        <v>1255</v>
       </c>
       <c r="F632">
         <v>9</v>
       </c>
       <c r="G632">
         <v>161</v>
       </c>
-      <c r="H632" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H632">
+        <v>15</v>
+      </c>
+      <c r="I632">
+        <v>2</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633">
         <v>10214885</v>
       </c>
       <c r="C633" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="D633" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="E633" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="F633">
         <v>16</v>
       </c>
       <c r="G633">
         <v>466</v>
       </c>
-      <c r="H633" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H633">
+        <v>21</v>
+      </c>
+      <c r="I633">
+        <v>2</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634">
         <v>10200196</v>
       </c>
       <c r="C634" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D634" t="s">
+        <v>794</v>
+      </c>
+      <c r="E634" t="s">
         <v>1257</v>
-      </c>
-[...4 lines deleted...]
-        <v>1258</v>
       </c>
       <c r="F634">
         <v>8</v>
       </c>
       <c r="G634">
         <v>218</v>
       </c>
-      <c r="H634" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H634">
+        <v>13</v>
+      </c>
+      <c r="I634">
+        <v>2</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635">
         <v>10200195</v>
       </c>
       <c r="C635" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D635" t="s">
+        <v>794</v>
+      </c>
+      <c r="E635" t="s">
         <v>1259</v>
-      </c>
-[...4 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="F635">
         <v>6</v>
       </c>
       <c r="G635">
         <v>145</v>
       </c>
-      <c r="H635" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H635">
+        <v>10</v>
+      </c>
+      <c r="I635">
+        <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636">
         <v>10214886</v>
       </c>
       <c r="C636" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D636" t="s">
+        <v>794</v>
+      </c>
+      <c r="E636" t="s">
         <v>1261</v>
-      </c>
-[...4 lines deleted...]
-        <v>1262</v>
       </c>
       <c r="F636">
         <v>7</v>
       </c>
       <c r="G636">
         <v>199</v>
       </c>
-      <c r="H636" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H636">
+        <v>11</v>
+      </c>
+      <c r="I636">
+        <v>4</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637">
         <v>10213272</v>
       </c>
       <c r="C637" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D637" t="s">
+        <v>794</v>
+      </c>
+      <c r="E637" t="s">
         <v>1263</v>
-      </c>
-[...4 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="F637">
         <v>19</v>
       </c>
       <c r="G637">
         <v>478</v>
       </c>
-      <c r="H637" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H637">
+        <v>26</v>
+      </c>
+      <c r="I637">
+        <v>2</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638">
         <v>10213273</v>
       </c>
       <c r="C638" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D638" t="s">
+        <v>794</v>
+      </c>
+      <c r="E638" t="s">
         <v>1265</v>
-      </c>
-[...4 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="F638">
         <v>19</v>
       </c>
       <c r="G638">
         <v>481</v>
       </c>
-      <c r="H638" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H638">
+        <v>26</v>
+      </c>
+      <c r="I638">
+        <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639">
         <v>10214891</v>
       </c>
       <c r="C639" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D639" t="s">
+        <v>794</v>
+      </c>
+      <c r="E639" t="s">
         <v>1267</v>
-      </c>
-[...4 lines deleted...]
-        <v>1268</v>
       </c>
       <c r="F639">
         <v>18</v>
       </c>
       <c r="G639">
         <v>492</v>
       </c>
-      <c r="H639" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H639">
+        <v>24</v>
+      </c>
+      <c r="I639">
+        <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640">
         <v>639</v>
       </c>
       <c r="B640">
         <v>10214892</v>
       </c>
       <c r="C640" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D640" t="s">
+        <v>794</v>
+      </c>
+      <c r="E640" t="s">
         <v>1269</v>
-      </c>
-[...4 lines deleted...]
-        <v>1270</v>
       </c>
       <c r="F640">
         <v>13</v>
       </c>
       <c r="G640">
         <v>304</v>
       </c>
-      <c r="H640" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H640">
+        <v>18</v>
+      </c>
+      <c r="I640">
+        <v>4</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641">
         <v>10214893</v>
       </c>
       <c r="C641" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D641" t="s">
+        <v>794</v>
+      </c>
+      <c r="E641" t="s">
         <v>1271</v>
-      </c>
-[...4 lines deleted...]
-        <v>1272</v>
       </c>
       <c r="F641">
         <v>7</v>
       </c>
       <c r="G641">
         <v>143</v>
       </c>
-      <c r="H641" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H641">
+        <v>11</v>
+      </c>
+      <c r="I641">
+        <v>3</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642">
         <v>10213277</v>
       </c>
       <c r="C642" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D642" t="s">
+        <v>794</v>
+      </c>
+      <c r="E642" t="s">
         <v>1273</v>
-      </c>
-[...4 lines deleted...]
-        <v>1274</v>
       </c>
       <c r="F642">
         <v>12</v>
       </c>
       <c r="G642">
         <v>248</v>
       </c>
-      <c r="H642" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H642">
+        <v>18</v>
+      </c>
+      <c r="I642">
+        <v>0</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643">
         <v>10213278</v>
       </c>
       <c r="C643" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D643" t="s">
+        <v>794</v>
+      </c>
+      <c r="E643" t="s">
         <v>1275</v>
-      </c>
-[...4 lines deleted...]
-        <v>1276</v>
       </c>
       <c r="F643">
         <v>12</v>
       </c>
       <c r="G643">
         <v>233</v>
       </c>
-      <c r="H643" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H643">
+        <v>20</v>
+      </c>
+      <c r="I643">
+        <v>2</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644">
         <v>10213279</v>
       </c>
       <c r="C644" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D644" t="s">
+        <v>794</v>
+      </c>
+      <c r="E644" t="s">
         <v>1277</v>
-      </c>
-[...4 lines deleted...]
-        <v>1278</v>
       </c>
       <c r="F644">
         <v>17</v>
       </c>
       <c r="G644">
         <v>381</v>
       </c>
-      <c r="H644" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H644">
+        <v>23</v>
+      </c>
+      <c r="I644">
+        <v>4</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645">
         <v>10213280</v>
       </c>
       <c r="C645" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D645" t="s">
+        <v>794</v>
+      </c>
+      <c r="E645" t="s">
         <v>1279</v>
-      </c>
-[...4 lines deleted...]
-        <v>1280</v>
       </c>
       <c r="F645">
         <v>12</v>
       </c>
       <c r="G645">
         <v>296</v>
       </c>
-      <c r="H645" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H645">
+        <v>19</v>
+      </c>
+      <c r="I645">
+        <v>3</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646">
         <v>10213281</v>
       </c>
       <c r="C646" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D646" t="s">
+        <v>794</v>
+      </c>
+      <c r="E646" t="s">
         <v>1281</v>
-      </c>
-[...4 lines deleted...]
-        <v>1282</v>
       </c>
       <c r="F646">
         <v>5</v>
       </c>
       <c r="G646">
         <v>17</v>
       </c>
-      <c r="H646" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H646">
+        <v>7</v>
+      </c>
+      <c r="I646">
+        <v>2</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647">
         <v>10213282</v>
       </c>
       <c r="C647" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D647" t="s">
+        <v>794</v>
+      </c>
+      <c r="E647" t="s">
         <v>1283</v>
-      </c>
-[...4 lines deleted...]
-        <v>1284</v>
       </c>
       <c r="F647">
         <v>12</v>
       </c>
       <c r="G647">
         <v>271</v>
       </c>
-      <c r="H647" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H647">
+        <v>17</v>
+      </c>
+      <c r="I647">
+        <v>1</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648">
         <v>10213283</v>
       </c>
       <c r="C648" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D648" t="s">
+        <v>794</v>
+      </c>
+      <c r="E648" t="s">
         <v>1285</v>
-      </c>
-[...4 lines deleted...]
-        <v>1286</v>
       </c>
       <c r="F648">
         <v>16</v>
       </c>
       <c r="G648">
         <v>455</v>
       </c>
-      <c r="H648" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H648">
+        <v>26</v>
+      </c>
+      <c r="I648">
+        <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649">
         <v>10213284</v>
       </c>
       <c r="C649" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D649" t="s">
+        <v>794</v>
+      </c>
+      <c r="E649" t="s">
         <v>1287</v>
-      </c>
-[...4 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="F649">
         <v>16</v>
       </c>
       <c r="G649">
         <v>378</v>
       </c>
-      <c r="H649" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H649">
+        <v>22</v>
+      </c>
+      <c r="I649">
+        <v>4</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650">
         <v>649</v>
       </c>
       <c r="B650">
         <v>10213285</v>
       </c>
       <c r="C650" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D650" t="s">
+        <v>794</v>
+      </c>
+      <c r="E650" t="s">
         <v>1289</v>
-      </c>
-[...4 lines deleted...]
-        <v>1290</v>
       </c>
       <c r="F650">
         <v>22</v>
       </c>
       <c r="G650">
         <v>639</v>
       </c>
-      <c r="H650" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H650">
+        <v>27</v>
+      </c>
+      <c r="I650">
+        <v>1</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651">
         <v>650</v>
       </c>
       <c r="B651">
         <v>10213023</v>
       </c>
       <c r="C651" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D651" t="s">
+        <v>794</v>
+      </c>
+      <c r="E651" t="s">
         <v>1291</v>
-      </c>
-[...4 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="F651">
         <v>15</v>
       </c>
       <c r="G651">
         <v>397</v>
       </c>
-      <c r="H651" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H651">
+        <v>20</v>
+      </c>
+      <c r="I651">
+        <v>1</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652">
         <v>10214903</v>
       </c>
       <c r="C652" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D652" t="s">
+        <v>794</v>
+      </c>
+      <c r="E652" t="s">
         <v>1293</v>
-      </c>
-[...4 lines deleted...]
-        <v>1294</v>
       </c>
       <c r="F652">
         <v>6</v>
       </c>
       <c r="G652">
         <v>84</v>
       </c>
-      <c r="H652" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H652">
+        <v>9</v>
+      </c>
+      <c r="I652">
+        <v>1</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653">
         <v>10213286</v>
       </c>
       <c r="C653" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D653" t="s">
+        <v>794</v>
+      </c>
+      <c r="E653" t="s">
         <v>1295</v>
-      </c>
-[...4 lines deleted...]
-        <v>1296</v>
       </c>
       <c r="F653">
         <v>12</v>
       </c>
       <c r="G653">
         <v>252</v>
       </c>
-      <c r="H653" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H653">
+        <v>18</v>
+      </c>
+      <c r="I653">
+        <v>2</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654">
         <v>10213287</v>
       </c>
       <c r="C654" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D654" t="s">
+        <v>794</v>
+      </c>
+      <c r="E654" t="s">
         <v>1297</v>
-      </c>
-[...4 lines deleted...]
-        <v>1298</v>
       </c>
       <c r="F654">
         <v>11</v>
       </c>
       <c r="G654">
         <v>255</v>
       </c>
-      <c r="H654" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H654">
+        <v>18</v>
+      </c>
+      <c r="I654">
+        <v>1</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655">
         <v>10213288</v>
       </c>
       <c r="C655" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D655" t="s">
+        <v>794</v>
+      </c>
+      <c r="E655" t="s">
         <v>1299</v>
-      </c>
-[...4 lines deleted...]
-        <v>1300</v>
       </c>
       <c r="F655">
         <v>10</v>
       </c>
       <c r="G655">
         <v>277</v>
       </c>
-      <c r="H655" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H655">
+        <v>16</v>
+      </c>
+      <c r="I655">
+        <v>2</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656">
         <v>10213289</v>
       </c>
       <c r="C656" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D656" t="s">
+        <v>794</v>
+      </c>
+      <c r="E656" t="s">
         <v>1301</v>
-      </c>
-[...4 lines deleted...]
-        <v>1302</v>
       </c>
       <c r="F656">
         <v>6</v>
       </c>
       <c r="G656">
         <v>48</v>
       </c>
-      <c r="H656" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H656">
+        <v>10</v>
+      </c>
+      <c r="I656">
+        <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657">
         <v>10213290</v>
       </c>
       <c r="C657" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D657" t="s">
+        <v>794</v>
+      </c>
+      <c r="E657" t="s">
         <v>1303</v>
-      </c>
-[...4 lines deleted...]
-        <v>1304</v>
       </c>
       <c r="F657">
         <v>11</v>
       </c>
       <c r="G657">
         <v>227</v>
       </c>
-      <c r="H657" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H657">
+        <v>15</v>
+      </c>
+      <c r="I657">
+        <v>1</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658">
         <v>10213291</v>
       </c>
       <c r="C658" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D658" t="s">
+        <v>794</v>
+      </c>
+      <c r="E658" t="s">
         <v>1305</v>
-      </c>
-[...4 lines deleted...]
-        <v>1306</v>
       </c>
       <c r="F658">
         <v>6</v>
       </c>
       <c r="G658">
         <v>177</v>
       </c>
-      <c r="H658" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H658">
+        <v>11</v>
+      </c>
+      <c r="I658">
+        <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659">
         <v>10200209</v>
       </c>
       <c r="C659" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D659" t="s">
+        <v>794</v>
+      </c>
+      <c r="E659" t="s">
         <v>1307</v>
-      </c>
-[...4 lines deleted...]
-        <v>1308</v>
       </c>
       <c r="F659">
         <v>7</v>
       </c>
       <c r="G659">
         <v>130</v>
       </c>
-      <c r="H659" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H659">
+        <v>13</v>
+      </c>
+      <c r="I659">
+        <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660">
         <v>10200208</v>
       </c>
       <c r="C660" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D660" t="s">
+        <v>794</v>
+      </c>
+      <c r="E660" t="s">
         <v>1309</v>
-      </c>
-[...4 lines deleted...]
-        <v>1310</v>
       </c>
       <c r="F660">
         <v>6</v>
       </c>
       <c r="G660">
         <v>72</v>
       </c>
-      <c r="H660" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H660">
+        <v>9</v>
+      </c>
+      <c r="I660">
+        <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661">
         <v>10200207</v>
       </c>
       <c r="C661" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D661" t="s">
+        <v>794</v>
+      </c>
+      <c r="E661" t="s">
         <v>1311</v>
-      </c>
-[...4 lines deleted...]
-        <v>1312</v>
       </c>
       <c r="F661">
         <v>6</v>
       </c>
       <c r="G661">
         <v>115</v>
       </c>
-      <c r="H661" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H661">
+        <v>11</v>
+      </c>
+      <c r="I661">
+        <v>3</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662">
         <v>10200206</v>
       </c>
       <c r="C662" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D662" t="s">
+        <v>794</v>
+      </c>
+      <c r="E662" t="s">
         <v>1313</v>
-      </c>
-[...4 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="F662">
         <v>6</v>
       </c>
       <c r="G662">
         <v>172</v>
       </c>
-      <c r="H662" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H662">
+        <v>10</v>
+      </c>
+      <c r="I662">
+        <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663">
         <v>10200205</v>
       </c>
       <c r="C663" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D663" t="s">
+        <v>794</v>
+      </c>
+      <c r="E663" t="s">
         <v>1315</v>
-      </c>
-[...4 lines deleted...]
-        <v>1316</v>
       </c>
       <c r="F663">
         <v>6</v>
       </c>
       <c r="G663">
         <v>93</v>
       </c>
-      <c r="H663" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H663">
+        <v>9</v>
+      </c>
+      <c r="I663">
+        <v>2</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664">
         <v>10200194</v>
       </c>
       <c r="C664" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D664" t="s">
+        <v>794</v>
+      </c>
+      <c r="E664" t="s">
         <v>1317</v>
-      </c>
-[...4 lines deleted...]
-        <v>1318</v>
       </c>
       <c r="F664">
         <v>6</v>
       </c>
       <c r="G664">
         <v>195</v>
       </c>
-      <c r="H664" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H664">
+        <v>10</v>
+      </c>
+      <c r="I664">
+        <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665">
         <v>10200237</v>
       </c>
       <c r="C665" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D665" t="s">
+        <v>794</v>
+      </c>
+      <c r="E665" t="s">
         <v>1319</v>
-      </c>
-[...4 lines deleted...]
-        <v>1320</v>
       </c>
       <c r="F665">
         <v>6</v>
       </c>
       <c r="G665">
         <v>159</v>
       </c>
-      <c r="H665" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H665">
+        <v>11</v>
+      </c>
+      <c r="I665">
+        <v>2</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666">
         <v>10200278</v>
       </c>
       <c r="C666" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D666" t="s">
+        <v>794</v>
+      </c>
+      <c r="E666" t="s">
         <v>1321</v>
-      </c>
-[...4 lines deleted...]
-        <v>1322</v>
       </c>
       <c r="F666">
         <v>16</v>
       </c>
       <c r="G666">
         <v>408</v>
       </c>
-      <c r="H666" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H666">
+        <v>22</v>
+      </c>
+      <c r="I666">
+        <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667">
         <v>10214905</v>
       </c>
       <c r="C667" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D667" t="s">
+        <v>794</v>
+      </c>
+      <c r="E667" t="s">
         <v>1323</v>
-      </c>
-[...4 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="F667">
         <v>12</v>
       </c>
       <c r="G667">
         <v>320</v>
       </c>
-      <c r="H667" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H667">
+        <v>19</v>
+      </c>
+      <c r="I667">
+        <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668">
         <v>10214906</v>
       </c>
       <c r="C668" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D668" t="s">
+        <v>794</v>
+      </c>
+      <c r="E668" t="s">
         <v>1325</v>
-      </c>
-[...4 lines deleted...]
-        <v>1326</v>
       </c>
       <c r="F668">
         <v>8</v>
       </c>
       <c r="G668">
         <v>146</v>
       </c>
-      <c r="H668" t="s">
+      <c r="H668">
         <v>12</v>
       </c>
-      <c r="I668" t="s">
-        <v>12</v>
+      <c r="I668">
+        <v>0</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669">
         <v>10214907</v>
       </c>
       <c r="C669" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D669" t="s">
+        <v>794</v>
+      </c>
+      <c r="E669" t="s">
         <v>1327</v>
-      </c>
-[...4 lines deleted...]
-        <v>1328</v>
       </c>
       <c r="F669">
         <v>14</v>
       </c>
       <c r="G669">
         <v>316</v>
       </c>
-      <c r="H669" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H669">
+        <v>20</v>
+      </c>
+      <c r="I669">
+        <v>2</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670">
         <v>10214908</v>
       </c>
       <c r="C670" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D670" t="s">
+        <v>794</v>
+      </c>
+      <c r="E670" t="s">
         <v>1329</v>
-      </c>
-[...4 lines deleted...]
-        <v>1330</v>
       </c>
       <c r="F670">
         <v>12</v>
       </c>
       <c r="G670">
         <v>280</v>
       </c>
-      <c r="H670" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H670">
+        <v>15</v>
+      </c>
+      <c r="I670">
+        <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671">
         <v>10214909</v>
       </c>
       <c r="C671" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D671" t="s">
+        <v>794</v>
+      </c>
+      <c r="E671" t="s">
         <v>1331</v>
-      </c>
-[...4 lines deleted...]
-        <v>1332</v>
       </c>
       <c r="F671">
         <v>10</v>
       </c>
       <c r="G671">
         <v>227</v>
       </c>
-      <c r="H671" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H671">
+        <v>15</v>
+      </c>
+      <c r="I671">
+        <v>2</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672">
         <v>10214910</v>
       </c>
       <c r="C672" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D672" t="s">
+        <v>794</v>
+      </c>
+      <c r="E672" t="s">
         <v>1333</v>
-      </c>
-[...4 lines deleted...]
-        <v>1334</v>
       </c>
       <c r="F672">
         <v>10</v>
       </c>
       <c r="G672">
         <v>292</v>
       </c>
-      <c r="H672" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H672">
+        <v>13</v>
+      </c>
+      <c r="I672">
+        <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673">
         <v>10214911</v>
       </c>
       <c r="C673" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D673" t="s">
+        <v>794</v>
+      </c>
+      <c r="E673" t="s">
         <v>1335</v>
-      </c>
-[...4 lines deleted...]
-        <v>1336</v>
       </c>
       <c r="F673">
         <v>14</v>
       </c>
       <c r="G673">
         <v>387</v>
       </c>
-      <c r="H673" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H673">
+        <v>18</v>
+      </c>
+      <c r="I673">
+        <v>2</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674">
         <v>10214912</v>
       </c>
       <c r="C674" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D674" t="s">
+        <v>794</v>
+      </c>
+      <c r="E674" t="s">
         <v>1337</v>
-      </c>
-[...4 lines deleted...]
-        <v>1338</v>
       </c>
       <c r="F674">
         <v>12</v>
       </c>
       <c r="G674">
         <v>262</v>
       </c>
-      <c r="H674" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H674">
+        <v>18</v>
+      </c>
+      <c r="I674">
+        <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675">
         <v>10214913</v>
       </c>
       <c r="C675" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D675" t="s">
+        <v>794</v>
+      </c>
+      <c r="E675" t="s">
         <v>1339</v>
-      </c>
-[...4 lines deleted...]
-        <v>1340</v>
       </c>
       <c r="F675">
         <v>7</v>
       </c>
       <c r="G675">
         <v>159</v>
       </c>
-      <c r="H675" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H675">
+        <v>10</v>
+      </c>
+      <c r="I675">
+        <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676">
         <v>10214914</v>
       </c>
       <c r="C676" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D676" t="s">
+        <v>794</v>
+      </c>
+      <c r="E676" t="s">
         <v>1341</v>
-      </c>
-[...4 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="F676">
         <v>7</v>
       </c>
       <c r="G676">
         <v>139</v>
       </c>
-      <c r="H676" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H676">
+        <v>11</v>
+      </c>
+      <c r="I676">
+        <v>2</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677">
         <v>10200267</v>
       </c>
       <c r="C677" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D677" t="s">
+        <v>794</v>
+      </c>
+      <c r="E677" t="s">
         <v>1343</v>
-      </c>
-[...4 lines deleted...]
-        <v>1344</v>
       </c>
       <c r="F677">
         <v>12</v>
       </c>
       <c r="G677">
         <v>277</v>
       </c>
-      <c r="H677" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H677">
+        <v>18</v>
+      </c>
+      <c r="I677">
+        <v>3</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678">
         <v>10200266</v>
       </c>
       <c r="C678" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D678" t="s">
+        <v>794</v>
+      </c>
+      <c r="E678" t="s">
         <v>1345</v>
-      </c>
-[...4 lines deleted...]
-        <v>1346</v>
       </c>
       <c r="F678">
         <v>12</v>
       </c>
       <c r="G678">
         <v>349</v>
       </c>
-      <c r="H678" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H678">
+        <v>18</v>
+      </c>
+      <c r="I678">
+        <v>3</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679">
         <v>10200265</v>
       </c>
       <c r="C679" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D679" t="s">
+        <v>794</v>
+      </c>
+      <c r="E679" t="s">
         <v>1347</v>
-      </c>
-[...4 lines deleted...]
-        <v>1348</v>
       </c>
       <c r="F679">
         <v>6</v>
       </c>
       <c r="G679">
         <v>99</v>
       </c>
-      <c r="H679" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H679">
+        <v>9</v>
+      </c>
+      <c r="I679">
+        <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680">
         <v>10200264</v>
       </c>
       <c r="C680" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D680" t="s">
+        <v>794</v>
+      </c>
+      <c r="E680" t="s">
         <v>1349</v>
-      </c>
-[...4 lines deleted...]
-        <v>1350</v>
       </c>
       <c r="F680">
         <v>12</v>
       </c>
       <c r="G680">
         <v>273</v>
       </c>
-      <c r="H680" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H680">
+        <v>17</v>
+      </c>
+      <c r="I680">
+        <v>2</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681">
         <v>10200263</v>
       </c>
       <c r="C681" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D681" t="s">
+        <v>794</v>
+      </c>
+      <c r="E681" t="s">
         <v>1351</v>
-      </c>
-[...4 lines deleted...]
-        <v>1352</v>
       </c>
       <c r="F681">
         <v>9</v>
       </c>
       <c r="G681">
         <v>219</v>
       </c>
-      <c r="H681" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H681">
+        <v>15</v>
+      </c>
+      <c r="I681">
+        <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682">
         <v>10214916</v>
       </c>
       <c r="C682" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D682" t="s">
+        <v>794</v>
+      </c>
+      <c r="E682" t="s">
         <v>1353</v>
-      </c>
-[...4 lines deleted...]
-        <v>1354</v>
       </c>
       <c r="F682">
         <v>6</v>
       </c>
       <c r="G682">
         <v>132</v>
       </c>
-      <c r="H682" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H682">
+        <v>11</v>
+      </c>
+      <c r="I682">
+        <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683">
         <v>10214917</v>
       </c>
       <c r="C683" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D683" t="s">
+        <v>794</v>
+      </c>
+      <c r="E683" t="s">
         <v>1355</v>
-      </c>
-[...4 lines deleted...]
-        <v>1356</v>
       </c>
       <c r="F683">
         <v>11</v>
       </c>
       <c r="G683">
         <v>270</v>
       </c>
-      <c r="H683" t="s">
+      <c r="H683">
         <v>12</v>
       </c>
-      <c r="I683" t="s">
-        <v>12</v>
+      <c r="I683">
+        <v>2</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684">
         <v>10200262</v>
       </c>
       <c r="C684" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D684" t="s">
+        <v>794</v>
+      </c>
+      <c r="E684" t="s">
         <v>1357</v>
-      </c>
-[...4 lines deleted...]
-        <v>1358</v>
       </c>
       <c r="F684">
         <v>7</v>
       </c>
       <c r="G684">
         <v>159</v>
       </c>
-      <c r="H684" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H684">
+        <v>10</v>
+      </c>
+      <c r="I684">
+        <v>2</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685">
         <v>10214918</v>
       </c>
       <c r="C685" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D685" t="s">
+        <v>794</v>
+      </c>
+      <c r="E685" t="s">
         <v>1359</v>
-      </c>
-[...4 lines deleted...]
-        <v>1360</v>
       </c>
       <c r="F685">
         <v>6</v>
       </c>
       <c r="G685">
         <v>106</v>
       </c>
-      <c r="H685" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H685">
+        <v>10</v>
+      </c>
+      <c r="I685">
+        <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686">
         <v>10213549</v>
       </c>
       <c r="C686" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D686" t="s">
+        <v>794</v>
+      </c>
+      <c r="E686" t="s">
         <v>1361</v>
-      </c>
-[...4 lines deleted...]
-        <v>1362</v>
       </c>
       <c r="F686">
         <v>6</v>
       </c>
       <c r="G686">
         <v>132</v>
       </c>
-      <c r="H686" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H686">
+        <v>9</v>
+      </c>
+      <c r="I686">
+        <v>1</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687">
         <v>10200260</v>
       </c>
       <c r="C687" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D687" t="s">
+        <v>794</v>
+      </c>
+      <c r="E687" t="s">
         <v>1363</v>
-      </c>
-[...4 lines deleted...]
-        <v>1364</v>
       </c>
       <c r="F687">
         <v>12</v>
       </c>
       <c r="G687">
         <v>251</v>
       </c>
-      <c r="H687" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H687">
+        <v>17</v>
+      </c>
+      <c r="I687">
+        <v>3</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688">
         <v>10200268</v>
       </c>
       <c r="C688" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D688" t="s">
+        <v>794</v>
+      </c>
+      <c r="E688" t="s">
         <v>1365</v>
-      </c>
-[...4 lines deleted...]
-        <v>1366</v>
       </c>
       <c r="F688">
         <v>6</v>
       </c>
       <c r="G688">
         <v>146</v>
       </c>
-      <c r="H688" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H688">
+        <v>11</v>
+      </c>
+      <c r="I688">
+        <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689">
         <v>688</v>
       </c>
       <c r="B689">
         <v>10213530</v>
       </c>
       <c r="C689" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D689" t="s">
+        <v>794</v>
+      </c>
+      <c r="E689" t="s">
         <v>1367</v>
-      </c>
-[...4 lines deleted...]
-        <v>1368</v>
       </c>
       <c r="F689">
         <v>8</v>
       </c>
       <c r="G689">
         <v>196</v>
       </c>
-      <c r="H689" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H689">
+        <v>15</v>
+      </c>
+      <c r="I689">
+        <v>3</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690">
         <v>689</v>
       </c>
       <c r="B690">
         <v>10200277</v>
       </c>
       <c r="C690" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D690" t="s">
+        <v>794</v>
+      </c>
+      <c r="E690" t="s">
         <v>1369</v>
-      </c>
-[...4 lines deleted...]
-        <v>1370</v>
       </c>
       <c r="F690">
         <v>12</v>
       </c>
       <c r="G690">
         <v>312</v>
       </c>
-      <c r="H690" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H690">
+        <v>15</v>
+      </c>
+      <c r="I690">
+        <v>3</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691">
         <v>690</v>
       </c>
       <c r="B691">
         <v>10214919</v>
       </c>
       <c r="C691" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D691" t="s">
+        <v>794</v>
+      </c>
+      <c r="E691" t="s">
         <v>1371</v>
-      </c>
-[...4 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="F691">
         <v>15</v>
       </c>
       <c r="G691">
         <v>397</v>
       </c>
-      <c r="H691" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H691">
+        <v>20</v>
+      </c>
+      <c r="I691">
+        <v>3</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692">
         <v>691</v>
       </c>
       <c r="B692">
         <v>10213552</v>
       </c>
       <c r="C692" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D692" t="s">
+        <v>794</v>
+      </c>
+      <c r="E692" t="s">
         <v>1373</v>
-      </c>
-[...4 lines deleted...]
-        <v>1374</v>
       </c>
       <c r="F692">
         <v>16</v>
       </c>
       <c r="G692">
         <v>413</v>
       </c>
-      <c r="H692" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H692">
+        <v>22</v>
+      </c>
+      <c r="I692">
+        <v>4</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693">
         <v>692</v>
       </c>
       <c r="B693">
         <v>10214920</v>
       </c>
       <c r="C693" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D693" t="s">
+        <v>794</v>
+      </c>
+      <c r="E693" t="s">
         <v>1375</v>
-      </c>
-[...4 lines deleted...]
-        <v>1376</v>
       </c>
       <c r="F693">
         <v>12</v>
       </c>
       <c r="G693">
         <v>347</v>
       </c>
-      <c r="H693" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H693">
+        <v>18</v>
+      </c>
+      <c r="I693">
+        <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694">
         <v>693</v>
       </c>
       <c r="B694">
         <v>10200275</v>
       </c>
       <c r="C694" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D694" t="s">
+        <v>794</v>
+      </c>
+      <c r="E694" t="s">
         <v>1377</v>
-      </c>
-[...4 lines deleted...]
-        <v>1378</v>
       </c>
       <c r="F694">
         <v>12</v>
       </c>
       <c r="G694">
         <v>256</v>
       </c>
-      <c r="H694" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H694">
+        <v>17</v>
+      </c>
+      <c r="I694">
+        <v>2</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695">
         <v>694</v>
       </c>
       <c r="B695">
         <v>10200274</v>
       </c>
       <c r="C695" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D695" t="s">
+        <v>794</v>
+      </c>
+      <c r="E695" t="s">
         <v>1379</v>
-      </c>
-[...4 lines deleted...]
-        <v>1380</v>
       </c>
       <c r="F695">
         <v>6</v>
       </c>
       <c r="G695">
         <v>58</v>
       </c>
-      <c r="H695" t="s">
+      <c r="H695">
         <v>12</v>
       </c>
-      <c r="I695" t="s">
-        <v>12</v>
+      <c r="I695">
+        <v>2</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696">
         <v>695</v>
       </c>
       <c r="B696">
         <v>10214921</v>
       </c>
       <c r="C696" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D696" t="s">
+        <v>794</v>
+      </c>
+      <c r="E696" t="s">
         <v>1381</v>
-      </c>
-[...4 lines deleted...]
-        <v>1382</v>
       </c>
       <c r="F696">
         <v>7</v>
       </c>
       <c r="G696">
         <v>191</v>
       </c>
-      <c r="H696" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H696">
+        <v>10</v>
+      </c>
+      <c r="I696">
+        <v>3</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697">
         <v>696</v>
       </c>
       <c r="B697">
         <v>10213299</v>
       </c>
       <c r="C697" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D697" t="s">
+        <v>794</v>
+      </c>
+      <c r="E697" t="s">
         <v>1383</v>
-      </c>
-[...4 lines deleted...]
-        <v>1384</v>
       </c>
       <c r="F697">
         <v>6</v>
       </c>
       <c r="G697">
         <v>126</v>
       </c>
-      <c r="H697" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H697">
+        <v>10</v>
+      </c>
+      <c r="I697">
+        <v>1</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698">
         <v>697</v>
       </c>
       <c r="B698">
         <v>10213300</v>
       </c>
       <c r="C698" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D698" t="s">
+        <v>794</v>
+      </c>
+      <c r="E698" t="s">
         <v>1385</v>
-      </c>
-[...4 lines deleted...]
-        <v>1386</v>
       </c>
       <c r="F698">
         <v>11</v>
       </c>
       <c r="G698">
         <v>245</v>
       </c>
-      <c r="H698" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H698">
+        <v>16</v>
+      </c>
+      <c r="I698">
+        <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699">
         <v>698</v>
       </c>
       <c r="B699">
         <v>10213301</v>
       </c>
       <c r="C699" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D699" t="s">
+        <v>794</v>
+      </c>
+      <c r="E699" t="s">
         <v>1387</v>
-      </c>
-[...4 lines deleted...]
-        <v>1388</v>
       </c>
       <c r="F699">
         <v>6</v>
       </c>
       <c r="G699">
         <v>49</v>
       </c>
-      <c r="H699" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H699">
+        <v>7</v>
+      </c>
+      <c r="I699">
+        <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700">
         <v>699</v>
       </c>
       <c r="B700">
         <v>10214925</v>
       </c>
       <c r="C700" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D700" t="s">
+        <v>794</v>
+      </c>
+      <c r="E700" t="s">
         <v>1389</v>
-      </c>
-[...4 lines deleted...]
-        <v>1390</v>
       </c>
       <c r="F700">
         <v>13</v>
       </c>
       <c r="G700">
         <v>340</v>
       </c>
-      <c r="H700" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H700">
+        <v>19</v>
+      </c>
+      <c r="I700">
+        <v>2</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701">
         <v>10200273</v>
       </c>
       <c r="C701" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D701" t="s">
+        <v>794</v>
+      </c>
+      <c r="E701" t="s">
         <v>1391</v>
-      </c>
-[...4 lines deleted...]
-        <v>1392</v>
       </c>
       <c r="F701">
         <v>10</v>
       </c>
       <c r="G701">
         <v>182</v>
       </c>
-      <c r="H701" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H701">
+        <v>15</v>
+      </c>
+      <c r="I701">
+        <v>2</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702">
         <v>701</v>
       </c>
       <c r="B702">
         <v>10213304</v>
       </c>
       <c r="C702" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D702" t="s">
+        <v>794</v>
+      </c>
+      <c r="E702" t="s">
         <v>1393</v>
-      </c>
-[...4 lines deleted...]
-        <v>1394</v>
       </c>
       <c r="F702">
         <v>6</v>
       </c>
       <c r="G702">
         <v>110</v>
       </c>
-      <c r="H702" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H702">
+        <v>11</v>
+      </c>
+      <c r="I702">
+        <v>2</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703">
         <v>10213305</v>
       </c>
       <c r="C703" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D703" t="s">
+        <v>794</v>
+      </c>
+      <c r="E703" t="s">
         <v>1395</v>
-      </c>
-[...4 lines deleted...]
-        <v>1396</v>
       </c>
       <c r="F703">
         <v>6</v>
       </c>
       <c r="G703">
         <v>125</v>
       </c>
-      <c r="H703" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H703">
+        <v>9</v>
+      </c>
+      <c r="I703">
+        <v>2</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704">
         <v>10213306</v>
       </c>
       <c r="C704" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D704" t="s">
+        <v>794</v>
+      </c>
+      <c r="E704" t="s">
         <v>1397</v>
-      </c>
-[...4 lines deleted...]
-        <v>1398</v>
       </c>
       <c r="F704">
         <v>6</v>
       </c>
       <c r="G704">
         <v>42</v>
       </c>
-      <c r="H704" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H704">
+        <v>7</v>
+      </c>
+      <c r="I704">
+        <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705">
         <v>10200259</v>
       </c>
       <c r="C705" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D705" t="s">
+        <v>794</v>
+      </c>
+      <c r="E705" t="s">
         <v>1399</v>
-      </c>
-[...4 lines deleted...]
-        <v>1400</v>
       </c>
       <c r="F705">
         <v>6</v>
       </c>
       <c r="G705">
         <v>105</v>
       </c>
-      <c r="H705" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H705">
+        <v>10</v>
+      </c>
+      <c r="I705">
+        <v>3</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706">
         <v>10213308</v>
       </c>
       <c r="C706" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D706" t="s">
+        <v>794</v>
+      </c>
+      <c r="E706" t="s">
         <v>1401</v>
-      </c>
-[...4 lines deleted...]
-        <v>1402</v>
       </c>
       <c r="F706">
         <v>18</v>
       </c>
       <c r="G706">
         <v>449</v>
       </c>
-      <c r="H706" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H706">
+        <v>24</v>
+      </c>
+      <c r="I706">
+        <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707">
         <v>10200258</v>
       </c>
       <c r="C707" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D707" t="s">
+        <v>794</v>
+      </c>
+      <c r="E707" t="s">
         <v>1403</v>
-      </c>
-[...4 lines deleted...]
-        <v>1404</v>
       </c>
       <c r="F707">
         <v>12</v>
       </c>
       <c r="G707">
         <v>353</v>
       </c>
-      <c r="H707" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H707">
+        <v>18</v>
+      </c>
+      <c r="I707">
+        <v>2</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708">
         <v>10213310</v>
       </c>
       <c r="C708" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D708" t="s">
+        <v>794</v>
+      </c>
+      <c r="E708" t="s">
         <v>1405</v>
-      </c>
-[...4 lines deleted...]
-        <v>1406</v>
       </c>
       <c r="F708">
         <v>17</v>
       </c>
       <c r="G708">
         <v>439</v>
       </c>
-      <c r="H708" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H708">
+        <v>24</v>
+      </c>
+      <c r="I708">
+        <v>2</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709">
         <v>10213311</v>
       </c>
       <c r="C709" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D709" t="s">
+        <v>794</v>
+      </c>
+      <c r="E709" t="s">
         <v>1407</v>
-      </c>
-[...4 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="F709">
         <v>13</v>
       </c>
       <c r="G709">
         <v>338</v>
       </c>
-      <c r="H709" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H709">
+        <v>20</v>
+      </c>
+      <c r="I709">
+        <v>2</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710">
         <v>10213312</v>
       </c>
       <c r="C710" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D710" t="s">
+        <v>794</v>
+      </c>
+      <c r="E710" t="s">
         <v>1409</v>
-      </c>
-[...4 lines deleted...]
-        <v>1410</v>
       </c>
       <c r="F710">
         <v>6</v>
       </c>
       <c r="G710">
         <v>85</v>
       </c>
-      <c r="H710" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H710">
+        <v>9</v>
+      </c>
+      <c r="I710">
+        <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711">
         <v>710</v>
       </c>
       <c r="B711">
         <v>10213313</v>
       </c>
       <c r="C711" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D711" t="s">
+        <v>794</v>
+      </c>
+      <c r="E711" t="s">
         <v>1411</v>
-      </c>
-[...4 lines deleted...]
-        <v>1412</v>
       </c>
       <c r="F711">
         <v>8</v>
       </c>
       <c r="G711">
         <v>167</v>
       </c>
-      <c r="H711" t="s">
+      <c r="H711">
         <v>12</v>
       </c>
-      <c r="I711" t="s">
-        <v>12</v>
+      <c r="I711">
+        <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712">
         <v>711</v>
       </c>
       <c r="B712">
         <v>10200244</v>
       </c>
       <c r="C712" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D712" t="s">
+        <v>794</v>
+      </c>
+      <c r="E712" t="s">
         <v>1413</v>
-      </c>
-[...4 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="F712">
         <v>6</v>
       </c>
       <c r="G712">
         <v>84</v>
       </c>
-      <c r="H712" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H712">
+        <v>10</v>
+      </c>
+      <c r="I712">
+        <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713">
         <v>712</v>
       </c>
       <c r="B713">
         <v>10213315</v>
       </c>
       <c r="C713" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D713" t="s">
+        <v>794</v>
+      </c>
+      <c r="E713" t="s">
         <v>1415</v>
-      </c>
-[...4 lines deleted...]
-        <v>1416</v>
       </c>
       <c r="F713">
         <v>6</v>
       </c>
       <c r="G713">
         <v>217</v>
       </c>
-      <c r="H713" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H713">
+        <v>8</v>
+      </c>
+      <c r="I713">
+        <v>2</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714">
         <v>10213316</v>
       </c>
       <c r="C714" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D714" t="s">
+        <v>794</v>
+      </c>
+      <c r="E714" t="s">
         <v>1417</v>
-      </c>
-[...4 lines deleted...]
-        <v>1418</v>
       </c>
       <c r="F714">
         <v>8</v>
       </c>
       <c r="G714">
         <v>153</v>
       </c>
-      <c r="H714" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H714">
+        <v>13</v>
+      </c>
+      <c r="I714">
+        <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715">
         <v>10213317</v>
       </c>
       <c r="C715" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D715" t="s">
+        <v>794</v>
+      </c>
+      <c r="E715" t="s">
         <v>1419</v>
-      </c>
-[...4 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="F715">
         <v>10</v>
       </c>
       <c r="G715">
         <v>251</v>
       </c>
-      <c r="H715" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H715">
+        <v>13</v>
+      </c>
+      <c r="I715">
+        <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716">
         <v>10213318</v>
       </c>
       <c r="C716" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D716" t="s">
+        <v>794</v>
+      </c>
+      <c r="E716" t="s">
         <v>1421</v>
-      </c>
-[...4 lines deleted...]
-        <v>1422</v>
       </c>
       <c r="F716">
         <v>12</v>
       </c>
       <c r="G716">
         <v>299</v>
       </c>
-      <c r="H716" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H716">
+        <v>20</v>
+      </c>
+      <c r="I716">
+        <v>2</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717">
         <v>10214930</v>
       </c>
       <c r="C717" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
       <c r="D717" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="E717" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F717">
         <v>10</v>
       </c>
       <c r="G717">
         <v>222</v>
       </c>
-      <c r="H717" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H717">
+        <v>14</v>
+      </c>
+      <c r="I717">
+        <v>2</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718">
         <v>717</v>
       </c>
       <c r="B718">
         <v>10200240</v>
       </c>
       <c r="C718" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D718" t="s">
+        <v>794</v>
+      </c>
+      <c r="E718" t="s">
         <v>1424</v>
-      </c>
-[...4 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="F718">
         <v>12</v>
       </c>
       <c r="G718">
         <v>296</v>
       </c>
-      <c r="H718" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H718">
+        <v>16</v>
+      </c>
+      <c r="I718">
+        <v>2</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719">
         <v>10200239</v>
       </c>
       <c r="C719" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D719" t="s">
+        <v>794</v>
+      </c>
+      <c r="E719" t="s">
         <v>1426</v>
-      </c>
-[...4 lines deleted...]
-        <v>1427</v>
       </c>
       <c r="F719">
         <v>6</v>
       </c>
       <c r="G719">
         <v>148</v>
       </c>
-      <c r="H719" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H719">
+        <v>9</v>
+      </c>
+      <c r="I719">
+        <v>1</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720">
         <v>10200247</v>
       </c>
       <c r="C720" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D720" t="s">
+        <v>794</v>
+      </c>
+      <c r="E720" t="s">
         <v>1428</v>
-      </c>
-[...4 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="F720">
         <v>6</v>
       </c>
       <c r="G720">
         <v>96</v>
       </c>
-      <c r="H720" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H720">
+        <v>10</v>
+      </c>
+      <c r="I720">
+        <v>2</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721">
         <v>720</v>
       </c>
       <c r="B721">
         <v>10200248</v>
       </c>
       <c r="C721" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D721" t="s">
+        <v>794</v>
+      </c>
+      <c r="E721" t="s">
         <v>1430</v>
-      </c>
-[...4 lines deleted...]
-        <v>1431</v>
       </c>
       <c r="F721">
         <v>17</v>
       </c>
       <c r="G721">
         <v>433</v>
       </c>
-      <c r="H721" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H721">
+        <v>23</v>
+      </c>
+      <c r="I721">
+        <v>4</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722">
         <v>10200256</v>
       </c>
       <c r="C722" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D722" t="s">
+        <v>794</v>
+      </c>
+      <c r="E722" t="s">
         <v>1432</v>
-      </c>
-[...4 lines deleted...]
-        <v>1433</v>
       </c>
       <c r="F722">
         <v>15</v>
       </c>
       <c r="G722">
         <v>435</v>
       </c>
-      <c r="H722" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H722">
+        <v>20</v>
+      </c>
+      <c r="I722">
+        <v>2</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723">
         <v>722</v>
       </c>
       <c r="B723">
         <v>10200255</v>
       </c>
       <c r="C723" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D723" t="s">
+        <v>794</v>
+      </c>
+      <c r="E723" t="s">
         <v>1434</v>
-      </c>
-[...4 lines deleted...]
-        <v>1435</v>
       </c>
       <c r="F723">
         <v>6</v>
       </c>
       <c r="G723">
         <v>124</v>
       </c>
-      <c r="H723" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H723">
+        <v>8</v>
+      </c>
+      <c r="I723">
+        <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724">
         <v>10200254</v>
       </c>
       <c r="C724" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D724" t="s">
+        <v>794</v>
+      </c>
+      <c r="E724" t="s">
         <v>1436</v>
-      </c>
-[...4 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="F724">
         <v>6</v>
       </c>
       <c r="G724">
         <v>132</v>
       </c>
-      <c r="H724" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H724">
+        <v>7</v>
+      </c>
+      <c r="I724">
+        <v>2</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725">
         <v>10213328</v>
       </c>
       <c r="C725" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D725" t="s">
+        <v>794</v>
+      </c>
+      <c r="E725" t="s">
         <v>1438</v>
-      </c>
-[...4 lines deleted...]
-        <v>1439</v>
       </c>
       <c r="F725">
         <v>17</v>
       </c>
       <c r="G725">
         <v>441</v>
       </c>
-      <c r="H725" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H725">
+        <v>24</v>
+      </c>
+      <c r="I725">
+        <v>4</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726">
         <v>10213329</v>
       </c>
       <c r="C726" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D726" t="s">
+        <v>794</v>
+      </c>
+      <c r="E726" t="s">
         <v>1440</v>
-      </c>
-[...4 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="F726">
         <v>16</v>
       </c>
       <c r="G726">
         <v>450</v>
       </c>
-      <c r="H726" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H726">
+        <v>21</v>
+      </c>
+      <c r="I726">
+        <v>2</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727">
         <v>10213340</v>
       </c>
       <c r="C727" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D727" t="s">
+        <v>794</v>
+      </c>
+      <c r="E727" t="s">
         <v>1442</v>
-      </c>
-[...4 lines deleted...]
-        <v>1443</v>
       </c>
       <c r="F727">
         <v>13</v>
       </c>
       <c r="G727">
         <v>293</v>
       </c>
-      <c r="H727" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H727">
+        <v>20</v>
+      </c>
+      <c r="I727">
+        <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728">
         <v>10213341</v>
       </c>
       <c r="C728" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D728" t="s">
+        <v>794</v>
+      </c>
+      <c r="E728" t="s">
         <v>1444</v>
-      </c>
-[...4 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="F728">
         <v>12</v>
       </c>
       <c r="G728">
         <v>251</v>
       </c>
-      <c r="H728" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H728">
+        <v>16</v>
+      </c>
+      <c r="I728">
+        <v>2</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729">
         <v>10213342</v>
       </c>
       <c r="C729" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D729" t="s">
+        <v>794</v>
+      </c>
+      <c r="E729" t="s">
         <v>1446</v>
-      </c>
-[...4 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="F729">
         <v>11</v>
       </c>
       <c r="G729">
         <v>222</v>
       </c>
-      <c r="H729" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H729">
+        <v>15</v>
+      </c>
+      <c r="I729">
+        <v>2</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730">
         <v>10213343</v>
       </c>
       <c r="C730" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D730" t="s">
+        <v>794</v>
+      </c>
+      <c r="E730" t="s">
         <v>1448</v>
-      </c>
-[...4 lines deleted...]
-        <v>1449</v>
       </c>
       <c r="F730">
         <v>13</v>
       </c>
       <c r="G730">
         <v>315</v>
       </c>
-      <c r="H730" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H730">
+        <v>18</v>
+      </c>
+      <c r="I730">
+        <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731">
         <v>10213344</v>
       </c>
       <c r="C731" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D731" t="s">
+        <v>794</v>
+      </c>
+      <c r="E731" t="s">
         <v>1450</v>
-      </c>
-[...4 lines deleted...]
-        <v>1451</v>
       </c>
       <c r="F731">
         <v>6</v>
       </c>
       <c r="G731">
         <v>34</v>
       </c>
-      <c r="H731" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H731">
+        <v>10</v>
+      </c>
+      <c r="I731">
+        <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732">
         <v>10213346</v>
       </c>
       <c r="C732" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D732" t="s">
+        <v>794</v>
+      </c>
+      <c r="E732" t="s">
         <v>1452</v>
-      </c>
-[...4 lines deleted...]
-        <v>1453</v>
       </c>
       <c r="F732">
         <v>6</v>
       </c>
       <c r="G732">
         <v>55</v>
       </c>
-      <c r="H732" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H732">
+        <v>11</v>
+      </c>
+      <c r="I732">
+        <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733">
         <v>732</v>
       </c>
       <c r="B733">
         <v>10213347</v>
       </c>
       <c r="C733" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D733" t="s">
+        <v>794</v>
+      </c>
+      <c r="E733" t="s">
         <v>1454</v>
-      </c>
-[...4 lines deleted...]
-        <v>1455</v>
       </c>
       <c r="F733">
         <v>6</v>
       </c>
       <c r="G733">
         <v>98</v>
       </c>
-      <c r="H733" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H733">
+        <v>9</v>
+      </c>
+      <c r="I733">
+        <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734">
         <v>733</v>
       </c>
       <c r="B734">
         <v>10213348</v>
       </c>
       <c r="C734" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D734" t="s">
+        <v>794</v>
+      </c>
+      <c r="E734" t="s">
         <v>1456</v>
-      </c>
-[...4 lines deleted...]
-        <v>1457</v>
       </c>
       <c r="F734">
         <v>7</v>
       </c>
       <c r="G734">
         <v>163</v>
       </c>
-      <c r="H734" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H734">
+        <v>10</v>
+      </c>
+      <c r="I734">
+        <v>2</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735">
         <v>734</v>
       </c>
       <c r="B735">
         <v>10214939</v>
       </c>
       <c r="C735" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D735" t="s">
+        <v>794</v>
+      </c>
+      <c r="E735" t="s">
         <v>1458</v>
-      </c>
-[...4 lines deleted...]
-        <v>1459</v>
       </c>
       <c r="F735">
         <v>18</v>
       </c>
       <c r="G735">
         <v>469</v>
       </c>
-      <c r="H735" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H735">
+        <v>25</v>
+      </c>
+      <c r="I735">
+        <v>3</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736">
         <v>735</v>
       </c>
       <c r="B736">
         <v>10213349</v>
       </c>
       <c r="C736" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D736" t="s">
+        <v>794</v>
+      </c>
+      <c r="E736" t="s">
         <v>1460</v>
-      </c>
-[...4 lines deleted...]
-        <v>1461</v>
       </c>
       <c r="F736">
         <v>7</v>
       </c>
       <c r="G736">
         <v>144</v>
       </c>
-      <c r="H736" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H736">
+        <v>10</v>
+      </c>
+      <c r="I736">
+        <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737">
         <v>736</v>
       </c>
       <c r="B737">
         <v>10213350</v>
       </c>
       <c r="C737" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D737" t="s">
+        <v>794</v>
+      </c>
+      <c r="E737" t="s">
         <v>1462</v>
-      </c>
-[...4 lines deleted...]
-        <v>1463</v>
       </c>
       <c r="F737">
         <v>13</v>
       </c>
       <c r="G737">
         <v>370</v>
       </c>
-      <c r="H737" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H737">
+        <v>17</v>
+      </c>
+      <c r="I737">
+        <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738">
         <v>737</v>
       </c>
       <c r="B738">
         <v>10213351</v>
       </c>
       <c r="C738" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D738" t="s">
+        <v>794</v>
+      </c>
+      <c r="E738" t="s">
         <v>1464</v>
-      </c>
-[...4 lines deleted...]
-        <v>1465</v>
       </c>
       <c r="F738">
         <v>17</v>
       </c>
       <c r="G738">
         <v>376</v>
       </c>
-      <c r="H738" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H738">
+        <v>24</v>
+      </c>
+      <c r="I738">
+        <v>4</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739">
         <v>738</v>
       </c>
       <c r="B739">
         <v>10214944</v>
       </c>
       <c r="C739" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D739" t="s">
+        <v>794</v>
+      </c>
+      <c r="E739" t="s">
         <v>1466</v>
-      </c>
-[...4 lines deleted...]
-        <v>1467</v>
       </c>
       <c r="F739">
         <v>6</v>
       </c>
       <c r="G739">
         <v>86</v>
       </c>
-      <c r="H739" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H739">
+        <v>14</v>
+      </c>
+      <c r="I739">
+        <v>2</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740">
         <v>739</v>
       </c>
       <c r="B740">
         <v>10214945</v>
       </c>
       <c r="C740" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D740" t="s">
+        <v>794</v>
+      </c>
+      <c r="E740" t="s">
         <v>1468</v>
-      </c>
-[...4 lines deleted...]
-        <v>1469</v>
       </c>
       <c r="F740">
         <v>6</v>
       </c>
       <c r="G740">
         <v>76</v>
       </c>
-      <c r="H740" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H740">
+        <v>11</v>
+      </c>
+      <c r="I740">
+        <v>2</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741">
         <v>740</v>
       </c>
       <c r="B741">
         <v>10213352</v>
       </c>
       <c r="C741" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D741" t="s">
+        <v>794</v>
+      </c>
+      <c r="E741" t="s">
         <v>1470</v>
-      </c>
-[...4 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="F741">
         <v>6</v>
       </c>
       <c r="G741">
         <v>83</v>
       </c>
-      <c r="H741" t="s">
+      <c r="H741">
         <v>12</v>
       </c>
-      <c r="I741" t="s">
-        <v>12</v>
+      <c r="I741">
+        <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742">
         <v>741</v>
       </c>
       <c r="B742">
         <v>10200253</v>
       </c>
       <c r="C742" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D742" t="s">
+        <v>794</v>
+      </c>
+      <c r="E742" t="s">
         <v>1472</v>
-      </c>
-[...4 lines deleted...]
-        <v>1473</v>
       </c>
       <c r="F742">
         <v>6</v>
       </c>
       <c r="G742">
         <v>63</v>
       </c>
-      <c r="H742" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H742">
+        <v>10</v>
+      </c>
+      <c r="I742">
+        <v>2</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743">
         <v>742</v>
       </c>
       <c r="B743">
         <v>10200252</v>
       </c>
       <c r="C743" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D743" t="s">
+        <v>794</v>
+      </c>
+      <c r="E743" t="s">
         <v>1474</v>
-      </c>
-[...4 lines deleted...]
-        <v>1475</v>
       </c>
       <c r="F743">
         <v>6</v>
       </c>
       <c r="G743">
         <v>43</v>
       </c>
-      <c r="H743" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H743">
+        <v>9</v>
+      </c>
+      <c r="I743">
+        <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744">
         <v>743</v>
       </c>
       <c r="B744">
         <v>10213355</v>
       </c>
       <c r="C744" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D744" t="s">
+        <v>794</v>
+      </c>
+      <c r="E744" t="s">
         <v>1476</v>
-      </c>
-[...4 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="F744">
         <v>6</v>
       </c>
       <c r="G744">
         <v>128</v>
       </c>
-      <c r="H744" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H744">
+        <v>10</v>
+      </c>
+      <c r="I744">
+        <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745">
         <v>744</v>
       </c>
       <c r="B745">
         <v>10200250</v>
       </c>
       <c r="C745" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D745" t="s">
+        <v>794</v>
+      </c>
+      <c r="E745" t="s">
         <v>1478</v>
-      </c>
-[...4 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="F745">
         <v>11</v>
       </c>
       <c r="G745">
         <v>268</v>
       </c>
-      <c r="H745" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H745">
+        <v>15</v>
+      </c>
+      <c r="I745">
+        <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746">
         <v>745</v>
       </c>
       <c r="B746">
         <v>10200249</v>
       </c>
       <c r="C746" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D746" t="s">
+        <v>794</v>
+      </c>
+      <c r="E746" t="s">
         <v>1480</v>
-      </c>
-[...4 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="F746">
         <v>8</v>
       </c>
       <c r="G746">
         <v>194</v>
       </c>
-      <c r="H746" t="s">
+      <c r="H746">
         <v>12</v>
       </c>
-      <c r="I746" t="s">
-        <v>12</v>
+      <c r="I746">
+        <v>2</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747">
         <v>746</v>
       </c>
       <c r="B747">
         <v>10200238</v>
       </c>
       <c r="C747" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D747" t="s">
+        <v>794</v>
+      </c>
+      <c r="E747" t="s">
         <v>1482</v>
-      </c>
-[...4 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="F747">
         <v>6</v>
       </c>
       <c r="G747">
         <v>108</v>
       </c>
-      <c r="H747" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H747">
+        <v>9</v>
+      </c>
+      <c r="I747">
+        <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748">
         <v>747</v>
       </c>
       <c r="B748">
         <v>10200151</v>
       </c>
       <c r="C748" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D748" t="s">
+        <v>794</v>
+      </c>
+      <c r="E748" t="s">
         <v>1484</v>
-      </c>
-[...4 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="F748">
         <v>6</v>
       </c>
       <c r="G748">
         <v>67</v>
       </c>
-      <c r="H748" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H748">
+        <v>9</v>
+      </c>
+      <c r="I748">
+        <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749">
         <v>748</v>
       </c>
       <c r="B749">
         <v>10200140</v>
       </c>
       <c r="C749" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D749" t="s">
+        <v>794</v>
+      </c>
+      <c r="E749" t="s">
         <v>1486</v>
-      </c>
-[...4 lines deleted...]
-        <v>1487</v>
       </c>
       <c r="F749">
         <v>6</v>
       </c>
       <c r="G749">
         <v>88</v>
       </c>
-      <c r="H749" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H749">
+        <v>11</v>
+      </c>
+      <c r="I749">
+        <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750">
         <v>749</v>
       </c>
       <c r="B750">
         <v>10200139</v>
       </c>
       <c r="C750" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D750" t="s">
+        <v>794</v>
+      </c>
+      <c r="E750" t="s">
         <v>1488</v>
-      </c>
-[...4 lines deleted...]
-        <v>1489</v>
       </c>
       <c r="F750">
         <v>6</v>
       </c>
       <c r="G750">
         <v>172</v>
       </c>
-      <c r="H750" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H750">
+        <v>11</v>
+      </c>
+      <c r="I750">
+        <v>2</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751">
         <v>750</v>
       </c>
       <c r="B751">
         <v>10200138</v>
       </c>
       <c r="C751" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D751" t="s">
+        <v>794</v>
+      </c>
+      <c r="E751" t="s">
         <v>1490</v>
-      </c>
-[...4 lines deleted...]
-        <v>1491</v>
       </c>
       <c r="F751">
         <v>6</v>
       </c>
       <c r="G751">
         <v>63</v>
       </c>
-      <c r="H751" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H751">
+        <v>11</v>
+      </c>
+      <c r="I751">
+        <v>1</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752">
         <v>751</v>
       </c>
       <c r="B752">
         <v>10200137</v>
       </c>
       <c r="C752" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D752" t="s">
+        <v>794</v>
+      </c>
+      <c r="E752" t="s">
         <v>1492</v>
-      </c>
-[...4 lines deleted...]
-        <v>1493</v>
       </c>
       <c r="F752">
         <v>6</v>
       </c>
       <c r="G752">
         <v>83</v>
       </c>
-      <c r="H752" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H752">
+        <v>11</v>
+      </c>
+      <c r="I752">
+        <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753">
         <v>752</v>
       </c>
       <c r="B753">
         <v>10200136</v>
       </c>
       <c r="C753" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D753" t="s">
+        <v>794</v>
+      </c>
+      <c r="E753" t="s">
         <v>1494</v>
-      </c>
-[...4 lines deleted...]
-        <v>1495</v>
       </c>
       <c r="F753">
         <v>8</v>
       </c>
       <c r="G753">
         <v>199</v>
       </c>
-      <c r="H753" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H753">
+        <v>13</v>
+      </c>
+      <c r="I753">
+        <v>2</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754">
         <v>753</v>
       </c>
       <c r="B754">
         <v>10200135</v>
       </c>
       <c r="C754" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D754" t="s">
+        <v>794</v>
+      </c>
+      <c r="E754" t="s">
         <v>1496</v>
-      </c>
-[...4 lines deleted...]
-        <v>1497</v>
       </c>
       <c r="F754">
         <v>6</v>
       </c>
       <c r="G754">
         <v>115</v>
       </c>
-      <c r="H754" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H754">
+        <v>11</v>
+      </c>
+      <c r="I754">
+        <v>3</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755">
         <v>754</v>
       </c>
       <c r="B755">
         <v>10213533</v>
       </c>
       <c r="C755" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D755" t="s">
+        <v>794</v>
+      </c>
+      <c r="E755" t="s">
         <v>1498</v>
-      </c>
-[...4 lines deleted...]
-        <v>1499</v>
       </c>
       <c r="F755">
         <v>6</v>
       </c>
       <c r="G755">
         <v>164</v>
       </c>
-      <c r="H755" t="s">
+      <c r="H755">
         <v>12</v>
       </c>
-      <c r="I755" t="s">
-        <v>12</v>
+      <c r="I755">
+        <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756">
         <v>755</v>
       </c>
       <c r="B756">
         <v>10213534</v>
       </c>
       <c r="C756" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D756" t="s">
+        <v>794</v>
+      </c>
+      <c r="E756" t="s">
         <v>1500</v>
-      </c>
-[...4 lines deleted...]
-        <v>1501</v>
       </c>
       <c r="F756">
         <v>6</v>
       </c>
       <c r="G756">
         <v>30</v>
       </c>
-      <c r="H756" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H756">
+        <v>9</v>
+      </c>
+      <c r="I756">
+        <v>2</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757">
         <v>756</v>
       </c>
       <c r="B757">
         <v>10200141</v>
       </c>
       <c r="C757" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D757" t="s">
+        <v>794</v>
+      </c>
+      <c r="E757" t="s">
         <v>1502</v>
-      </c>
-[...4 lines deleted...]
-        <v>1503</v>
       </c>
       <c r="F757">
         <v>6</v>
       </c>
       <c r="G757">
         <v>129</v>
       </c>
-      <c r="H757" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H757">
+        <v>11</v>
+      </c>
+      <c r="I757">
+        <v>1</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758">
         <v>757</v>
       </c>
       <c r="B758">
         <v>10200142</v>
       </c>
       <c r="C758" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D758" t="s">
+        <v>794</v>
+      </c>
+      <c r="E758" t="s">
         <v>1504</v>
-      </c>
-[...4 lines deleted...]
-        <v>1505</v>
       </c>
       <c r="F758">
         <v>6</v>
       </c>
       <c r="G758">
         <v>86</v>
       </c>
-      <c r="H758" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H758">
+        <v>11</v>
+      </c>
+      <c r="I758">
+        <v>2</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759">
         <v>758</v>
       </c>
       <c r="B759">
         <v>10214947</v>
       </c>
       <c r="C759" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D759" t="s">
+        <v>794</v>
+      </c>
+      <c r="E759" t="s">
         <v>1506</v>
-      </c>
-[...4 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="F759">
         <v>15</v>
       </c>
       <c r="G759">
         <v>360</v>
       </c>
-      <c r="H759" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H759">
+        <v>20</v>
+      </c>
+      <c r="I759">
+        <v>3</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760">
         <v>759</v>
       </c>
       <c r="B760">
         <v>10214948</v>
       </c>
       <c r="C760" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D760" t="s">
+        <v>794</v>
+      </c>
+      <c r="E760" t="s">
         <v>1508</v>
-      </c>
-[...4 lines deleted...]
-        <v>1509</v>
       </c>
       <c r="F760">
         <v>7</v>
       </c>
       <c r="G760">
         <v>143</v>
       </c>
-      <c r="H760" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H760">
+        <v>9</v>
+      </c>
+      <c r="I760">
+        <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761">
         <v>760</v>
       </c>
       <c r="B761">
         <v>10200150</v>
       </c>
       <c r="C761" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D761" t="s">
+        <v>794</v>
+      </c>
+      <c r="E761" t="s">
         <v>1510</v>
-      </c>
-[...4 lines deleted...]
-        <v>1511</v>
       </c>
       <c r="F761">
         <v>14</v>
       </c>
       <c r="G761">
         <v>348</v>
       </c>
-      <c r="H761" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H761">
+        <v>19</v>
+      </c>
+      <c r="I761">
+        <v>2</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762">
         <v>761</v>
       </c>
       <c r="B762">
         <v>10214949</v>
       </c>
       <c r="C762" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D762" t="s">
+        <v>794</v>
+      </c>
+      <c r="E762" t="s">
         <v>1512</v>
-      </c>
-[...4 lines deleted...]
-        <v>1513</v>
       </c>
       <c r="F762">
         <v>16</v>
       </c>
       <c r="G762">
         <v>438</v>
       </c>
-      <c r="H762" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H762">
+        <v>25</v>
+      </c>
+      <c r="I762">
+        <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763">
         <v>762</v>
       </c>
       <c r="B763">
         <v>10213041</v>
       </c>
       <c r="C763" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D763" t="s">
+        <v>794</v>
+      </c>
+      <c r="E763" t="s">
         <v>1514</v>
-      </c>
-[...4 lines deleted...]
-        <v>1515</v>
       </c>
       <c r="F763">
         <v>11</v>
       </c>
       <c r="G763">
         <v>224</v>
       </c>
-      <c r="H763" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H763">
+        <v>14</v>
+      </c>
+      <c r="I763">
+        <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764">
         <v>763</v>
       </c>
       <c r="B764">
         <v>10214951</v>
       </c>
       <c r="C764" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D764" t="s">
+        <v>794</v>
+      </c>
+      <c r="E764" t="s">
         <v>1516</v>
-      </c>
-[...4 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="F764">
         <v>16</v>
       </c>
       <c r="G764">
         <v>344</v>
       </c>
-      <c r="H764" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H764">
+        <v>24</v>
+      </c>
+      <c r="I764">
+        <v>2</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765">
         <v>764</v>
       </c>
       <c r="B765">
         <v>10214952</v>
       </c>
       <c r="C765" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D765" t="s">
+        <v>794</v>
+      </c>
+      <c r="E765" t="s">
         <v>1518</v>
-      </c>
-[...4 lines deleted...]
-        <v>1519</v>
       </c>
       <c r="F765">
         <v>6</v>
       </c>
       <c r="G765">
         <v>95</v>
       </c>
-      <c r="H765" t="s">
+      <c r="H765">
         <v>12</v>
       </c>
-      <c r="I765" t="s">
-        <v>12</v>
+      <c r="I765">
+        <v>2</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766">
         <v>765</v>
       </c>
       <c r="B766">
         <v>10214953</v>
       </c>
       <c r="C766" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D766" t="s">
+        <v>794</v>
+      </c>
+      <c r="E766" t="s">
         <v>1520</v>
-      </c>
-[...4 lines deleted...]
-        <v>1521</v>
       </c>
       <c r="F766">
         <v>11</v>
       </c>
       <c r="G766">
         <v>247</v>
       </c>
-      <c r="H766" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H766">
+        <v>16</v>
+      </c>
+      <c r="I766">
+        <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767">
         <v>766</v>
       </c>
       <c r="B767">
         <v>10214954</v>
       </c>
       <c r="C767" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D767" t="s">
+        <v>794</v>
+      </c>
+      <c r="E767" t="s">
         <v>1522</v>
-      </c>
-[...4 lines deleted...]
-        <v>1523</v>
       </c>
       <c r="F767">
         <v>10</v>
       </c>
       <c r="G767">
         <v>217</v>
       </c>
-      <c r="H767" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H767">
+        <v>16</v>
+      </c>
+      <c r="I767">
+        <v>2</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768">
         <v>767</v>
       </c>
       <c r="B768">
         <v>10214956</v>
       </c>
       <c r="C768" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D768" t="s">
+        <v>794</v>
+      </c>
+      <c r="E768" t="s">
         <v>1524</v>
-      </c>
-[...4 lines deleted...]
-        <v>1525</v>
       </c>
       <c r="F768">
         <v>8</v>
       </c>
       <c r="G768">
         <v>158</v>
       </c>
-      <c r="H768" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H768">
+        <v>13</v>
+      </c>
+      <c r="I768">
+        <v>2</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769">
         <v>768</v>
       </c>
       <c r="B769">
         <v>10214957</v>
       </c>
       <c r="C769" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D769" t="s">
+        <v>794</v>
+      </c>
+      <c r="E769" t="s">
         <v>1526</v>
-      </c>
-[...4 lines deleted...]
-        <v>1527</v>
       </c>
       <c r="F769">
         <v>6</v>
       </c>
       <c r="G769">
         <v>140</v>
       </c>
-      <c r="H769" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H769">
+        <v>11</v>
+      </c>
+      <c r="I769">
+        <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770">
         <v>769</v>
       </c>
       <c r="B770">
         <v>10214958</v>
       </c>
       <c r="C770" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D770" t="s">
+        <v>794</v>
+      </c>
+      <c r="E770" t="s">
         <v>1528</v>
-      </c>
-[...4 lines deleted...]
-        <v>1529</v>
       </c>
       <c r="F770">
         <v>12</v>
       </c>
       <c r="G770">
         <v>273</v>
       </c>
-      <c r="H770" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H770">
+        <v>18</v>
+      </c>
+      <c r="I770">
+        <v>2</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771">
         <v>770</v>
       </c>
       <c r="B771">
         <v>10214959</v>
       </c>
       <c r="C771" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D771" t="s">
+        <v>794</v>
+      </c>
+      <c r="E771" t="s">
         <v>1530</v>
-      </c>
-[...4 lines deleted...]
-        <v>1531</v>
       </c>
       <c r="F771">
         <v>6</v>
       </c>
       <c r="G771">
         <v>85</v>
       </c>
-      <c r="H771" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H771">
+        <v>8</v>
+      </c>
+      <c r="I771">
+        <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:9">
       <c r="A772">
         <v>771</v>
       </c>
       <c r="B772">
         <v>10214960</v>
       </c>
       <c r="C772" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D772" t="s">
+        <v>794</v>
+      </c>
+      <c r="E772" t="s">
         <v>1532</v>
-      </c>
-[...4 lines deleted...]
-        <v>1533</v>
       </c>
       <c r="F772">
         <v>6</v>
       </c>
       <c r="G772">
         <v>125</v>
       </c>
-      <c r="H772" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H772">
+        <v>10</v>
+      </c>
+      <c r="I772">
+        <v>2</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773">
         <v>772</v>
       </c>
       <c r="B773">
         <v>10214961</v>
       </c>
       <c r="C773" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D773" t="s">
+        <v>794</v>
+      </c>
+      <c r="E773" t="s">
         <v>1534</v>
-      </c>
-[...4 lines deleted...]
-        <v>1535</v>
       </c>
       <c r="F773">
         <v>12</v>
       </c>
       <c r="G773">
         <v>279</v>
       </c>
-      <c r="H773" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H773">
+        <v>18</v>
+      </c>
+      <c r="I773">
+        <v>2</v>
       </c>
     </row>
     <row r="774" spans="1:9">
       <c r="A774">
         <v>773</v>
       </c>
       <c r="B774">
         <v>10200149</v>
       </c>
       <c r="C774" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D774" t="s">
+        <v>794</v>
+      </c>
+      <c r="E774" t="s">
         <v>1536</v>
-      </c>
-[...4 lines deleted...]
-        <v>1537</v>
       </c>
       <c r="F774">
         <v>9</v>
       </c>
       <c r="G774">
         <v>226</v>
       </c>
-      <c r="H774" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H774">
+        <v>13</v>
+      </c>
+      <c r="I774">
+        <v>2</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775">
         <v>774</v>
       </c>
       <c r="B775">
         <v>10200148</v>
       </c>
       <c r="C775" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D775" t="s">
+        <v>794</v>
+      </c>
+      <c r="E775" t="s">
         <v>1538</v>
-      </c>
-[...4 lines deleted...]
-        <v>1539</v>
       </c>
       <c r="F775">
         <v>15</v>
       </c>
       <c r="G775">
         <v>390</v>
       </c>
-      <c r="H775" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H775">
+        <v>19</v>
+      </c>
+      <c r="I775">
+        <v>2</v>
       </c>
     </row>
     <row r="776" spans="1:9">
       <c r="A776">
         <v>775</v>
       </c>
       <c r="B776">
         <v>10200147</v>
       </c>
       <c r="C776" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D776" t="s">
+        <v>794</v>
+      </c>
+      <c r="E776" t="s">
         <v>1540</v>
-      </c>
-[...4 lines deleted...]
-        <v>1541</v>
       </c>
       <c r="F776">
         <v>12</v>
       </c>
       <c r="G776">
         <v>302</v>
       </c>
-      <c r="H776" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H776">
+        <v>17</v>
+      </c>
+      <c r="I776">
+        <v>0</v>
       </c>
     </row>
     <row r="777" spans="1:9">
       <c r="A777">
         <v>776</v>
       </c>
       <c r="B777">
         <v>10200146</v>
       </c>
       <c r="C777" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D777" t="s">
+        <v>794</v>
+      </c>
+      <c r="E777" t="s">
         <v>1542</v>
-      </c>
-[...4 lines deleted...]
-        <v>1543</v>
       </c>
       <c r="F777">
         <v>6</v>
       </c>
       <c r="G777">
         <v>128</v>
       </c>
-      <c r="H777" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H777">
+        <v>9</v>
+      </c>
+      <c r="I777">
+        <v>2</v>
       </c>
     </row>
     <row r="778" spans="1:9">
       <c r="A778">
         <v>777</v>
       </c>
       <c r="B778">
         <v>10214963</v>
       </c>
       <c r="C778" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D778" t="s">
+        <v>794</v>
+      </c>
+      <c r="E778" t="s">
         <v>1544</v>
-      </c>
-[...4 lines deleted...]
-        <v>1545</v>
       </c>
       <c r="F778">
         <v>9</v>
       </c>
       <c r="G778">
         <v>227</v>
       </c>
-      <c r="H778" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H778">
+        <v>13</v>
+      </c>
+      <c r="I778">
+        <v>2</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779">
         <v>778</v>
       </c>
       <c r="B779">
         <v>10214964</v>
       </c>
       <c r="C779" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D779" t="s">
+        <v>794</v>
+      </c>
+      <c r="E779" t="s">
         <v>1546</v>
-      </c>
-[...4 lines deleted...]
-        <v>1547</v>
       </c>
       <c r="F779">
         <v>6</v>
       </c>
       <c r="G779">
         <v>133</v>
       </c>
-      <c r="H779" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H779">
+        <v>10</v>
+      </c>
+      <c r="I779">
+        <v>1</v>
       </c>
     </row>
     <row r="780" spans="1:9">
       <c r="A780">
         <v>779</v>
       </c>
       <c r="B780">
         <v>10214965</v>
       </c>
       <c r="C780" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D780" t="s">
+        <v>794</v>
+      </c>
+      <c r="E780" t="s">
         <v>1548</v>
-      </c>
-[...4 lines deleted...]
-        <v>1549</v>
       </c>
       <c r="F780">
         <v>6</v>
       </c>
       <c r="G780">
         <v>48</v>
       </c>
-      <c r="H780" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H780">
+        <v>9</v>
+      </c>
+      <c r="I780">
+        <v>3</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781">
         <v>780</v>
       </c>
       <c r="B781">
         <v>10200145</v>
       </c>
       <c r="C781" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D781" t="s">
+        <v>794</v>
+      </c>
+      <c r="E781" t="s">
         <v>1550</v>
-      </c>
-[...4 lines deleted...]
-        <v>1551</v>
       </c>
       <c r="F781">
         <v>6</v>
       </c>
       <c r="G781">
         <v>128</v>
       </c>
-      <c r="H781" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H781">
+        <v>9</v>
+      </c>
+      <c r="I781">
+        <v>2</v>
       </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782">
         <v>781</v>
       </c>
       <c r="B782">
         <v>10200144</v>
       </c>
       <c r="C782" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D782" t="s">
+        <v>794</v>
+      </c>
+      <c r="E782" t="s">
         <v>1552</v>
-      </c>
-[...4 lines deleted...]
-        <v>1553</v>
       </c>
       <c r="F782">
         <v>10</v>
       </c>
       <c r="G782">
         <v>249</v>
       </c>
-      <c r="H782" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H782">
+        <v>13</v>
+      </c>
+      <c r="I782">
+        <v>2</v>
       </c>
     </row>
     <row r="783" spans="1:9">
       <c r="A783">
         <v>782</v>
       </c>
       <c r="B783">
         <v>10213361</v>
       </c>
       <c r="C783" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D783" t="s">
+        <v>794</v>
+      </c>
+      <c r="E783" t="s">
         <v>1554</v>
-      </c>
-[...4 lines deleted...]
-        <v>1555</v>
       </c>
       <c r="F783">
         <v>12</v>
       </c>
       <c r="G783">
         <v>299</v>
       </c>
-      <c r="H783" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H783">
+        <v>15</v>
+      </c>
+      <c r="I783">
+        <v>1</v>
       </c>
     </row>
     <row r="784" spans="1:9">
       <c r="A784">
         <v>783</v>
       </c>
       <c r="B784">
         <v>10200132</v>
       </c>
       <c r="C784" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D784" t="s">
+        <v>794</v>
+      </c>
+      <c r="E784" t="s">
         <v>1556</v>
-      </c>
-[...4 lines deleted...]
-        <v>1557</v>
       </c>
       <c r="F784">
         <v>6</v>
       </c>
       <c r="G784">
         <v>136</v>
       </c>
-      <c r="H784" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H784">
+        <v>10</v>
+      </c>
+      <c r="I784">
+        <v>2</v>
       </c>
     </row>
     <row r="785" spans="1:9">
       <c r="A785">
         <v>784</v>
       </c>
       <c r="B785">
         <v>10200131</v>
       </c>
       <c r="C785" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D785" t="s">
+        <v>794</v>
+      </c>
+      <c r="E785" t="s">
         <v>1558</v>
-      </c>
-[...4 lines deleted...]
-        <v>1559</v>
       </c>
       <c r="F785">
         <v>6</v>
       </c>
       <c r="G785">
         <v>140</v>
       </c>
-      <c r="H785" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H785">
+        <v>9</v>
+      </c>
+      <c r="I785">
+        <v>1</v>
       </c>
     </row>
     <row r="786" spans="1:9">
       <c r="A786">
         <v>785</v>
       </c>
       <c r="B786">
         <v>10213364</v>
       </c>
       <c r="C786" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D786" t="s">
+        <v>794</v>
+      </c>
+      <c r="E786" t="s">
         <v>1560</v>
-      </c>
-[...4 lines deleted...]
-        <v>1561</v>
       </c>
       <c r="F786">
         <v>12</v>
       </c>
       <c r="G786">
         <v>290</v>
       </c>
-      <c r="H786" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H786">
+        <v>16</v>
+      </c>
+      <c r="I786">
+        <v>3</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787">
         <v>786</v>
       </c>
       <c r="B787">
         <v>10200108</v>
       </c>
       <c r="C787" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D787" t="s">
+        <v>794</v>
+      </c>
+      <c r="E787" t="s">
         <v>1562</v>
-      </c>
-[...4 lines deleted...]
-        <v>1563</v>
       </c>
       <c r="F787">
         <v>6</v>
       </c>
       <c r="G787">
         <v>115</v>
       </c>
-      <c r="H787" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H787">
+        <v>10</v>
+      </c>
+      <c r="I787">
+        <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788">
         <v>787</v>
       </c>
       <c r="B788">
         <v>10214966</v>
       </c>
       <c r="C788" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D788" t="s">
+        <v>794</v>
+      </c>
+      <c r="E788" t="s">
         <v>1564</v>
-      </c>
-[...4 lines deleted...]
-        <v>1565</v>
       </c>
       <c r="F788">
         <v>9</v>
       </c>
       <c r="G788">
         <v>190</v>
       </c>
-      <c r="H788" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H788">
+        <v>13</v>
+      </c>
+      <c r="I788">
+        <v>2</v>
       </c>
     </row>
     <row r="789" spans="1:9">
       <c r="A789">
         <v>788</v>
       </c>
       <c r="B789">
         <v>10200107</v>
       </c>
       <c r="C789" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D789" t="s">
+        <v>794</v>
+      </c>
+      <c r="E789" t="s">
         <v>1566</v>
-      </c>
-[...4 lines deleted...]
-        <v>1567</v>
       </c>
       <c r="F789">
         <v>12</v>
       </c>
       <c r="G789">
         <v>359</v>
       </c>
-      <c r="H789" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H789">
+        <v>17</v>
+      </c>
+      <c r="I789">
+        <v>4</v>
       </c>
     </row>
     <row r="790" spans="1:9">
       <c r="A790">
         <v>789</v>
       </c>
       <c r="B790">
         <v>10214967</v>
       </c>
       <c r="C790" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D790" t="s">
+        <v>794</v>
+      </c>
+      <c r="E790" t="s">
         <v>1568</v>
-      </c>
-[...4 lines deleted...]
-        <v>1569</v>
       </c>
       <c r="F790">
         <v>9</v>
       </c>
       <c r="G790">
         <v>266</v>
       </c>
-      <c r="H790" t="s">
+      <c r="H790">
         <v>12</v>
       </c>
-      <c r="I790" t="s">
-        <v>12</v>
+      <c r="I790">
+        <v>3</v>
       </c>
     </row>
     <row r="791" spans="1:9">
       <c r="A791">
         <v>790</v>
       </c>
       <c r="B791">
         <v>10214968</v>
       </c>
       <c r="C791" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D791" t="s">
+        <v>794</v>
+      </c>
+      <c r="E791" t="s">
         <v>1570</v>
-      </c>
-[...4 lines deleted...]
-        <v>1571</v>
       </c>
       <c r="F791">
         <v>9</v>
       </c>
       <c r="G791">
         <v>223</v>
       </c>
-      <c r="H791" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H791">
+        <v>11</v>
+      </c>
+      <c r="I791">
+        <v>2</v>
       </c>
     </row>
     <row r="792" spans="1:9">
       <c r="A792">
         <v>791</v>
       </c>
       <c r="B792">
         <v>10214969</v>
       </c>
       <c r="C792" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D792" t="s">
+        <v>794</v>
+      </c>
+      <c r="E792" t="s">
         <v>1572</v>
-      </c>
-[...4 lines deleted...]
-        <v>1573</v>
       </c>
       <c r="F792">
         <v>11</v>
       </c>
       <c r="G792">
         <v>239</v>
       </c>
-      <c r="H792" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H792">
+        <v>14</v>
+      </c>
+      <c r="I792">
+        <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:9">
       <c r="A793">
         <v>792</v>
       </c>
       <c r="B793">
         <v>10200105</v>
       </c>
       <c r="C793" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D793" t="s">
+        <v>794</v>
+      </c>
+      <c r="E793" t="s">
         <v>1574</v>
-      </c>
-[...4 lines deleted...]
-        <v>1575</v>
       </c>
       <c r="F793">
         <v>7</v>
       </c>
       <c r="G793">
         <v>173</v>
       </c>
-      <c r="H793" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H793">
+        <v>10</v>
+      </c>
+      <c r="I793">
+        <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:9">
       <c r="A794">
         <v>793</v>
       </c>
       <c r="B794">
         <v>10200104</v>
       </c>
       <c r="C794" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D794" t="s">
+        <v>794</v>
+      </c>
+      <c r="E794" t="s">
         <v>1576</v>
-      </c>
-[...4 lines deleted...]
-        <v>1577</v>
       </c>
       <c r="F794">
         <v>10</v>
       </c>
       <c r="G794">
         <v>166</v>
       </c>
-      <c r="H794" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H794">
+        <v>15</v>
+      </c>
+      <c r="I794">
+        <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:9">
       <c r="A795">
         <v>794</v>
       </c>
       <c r="B795">
         <v>10200103</v>
       </c>
       <c r="C795" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D795" t="s">
+        <v>794</v>
+      </c>
+      <c r="E795" t="s">
         <v>1578</v>
-      </c>
-[...4 lines deleted...]
-        <v>1579</v>
       </c>
       <c r="F795">
         <v>14</v>
       </c>
       <c r="G795">
         <v>391</v>
       </c>
-      <c r="H795" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H795">
+        <v>21</v>
+      </c>
+      <c r="I795">
+        <v>2</v>
       </c>
     </row>
     <row r="796" spans="1:9">
       <c r="A796">
         <v>795</v>
       </c>
       <c r="B796">
         <v>10214970</v>
       </c>
       <c r="C796" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D796" t="s">
+        <v>794</v>
+      </c>
+      <c r="E796" t="s">
         <v>1580</v>
-      </c>
-[...4 lines deleted...]
-        <v>1581</v>
       </c>
       <c r="F796">
         <v>6</v>
       </c>
       <c r="G796">
         <v>91</v>
       </c>
-      <c r="H796" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H796">
+        <v>11</v>
+      </c>
+      <c r="I796">
+        <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:9">
       <c r="A797">
         <v>796</v>
       </c>
       <c r="B797">
         <v>10213366</v>
       </c>
       <c r="C797" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D797" t="s">
+        <v>794</v>
+      </c>
+      <c r="E797" t="s">
         <v>1582</v>
-      </c>
-[...4 lines deleted...]
-        <v>1583</v>
       </c>
       <c r="F797">
         <v>7</v>
       </c>
       <c r="G797">
         <v>194</v>
       </c>
-      <c r="H797" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H797">
+        <v>11</v>
+      </c>
+      <c r="I797">
+        <v>4</v>
       </c>
     </row>
     <row r="798" spans="1:9">
       <c r="A798">
         <v>797</v>
       </c>
       <c r="B798">
         <v>10214972</v>
       </c>
       <c r="C798" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D798" t="s">
+        <v>794</v>
+      </c>
+      <c r="E798" t="s">
         <v>1584</v>
-      </c>
-[...4 lines deleted...]
-        <v>1585</v>
       </c>
       <c r="F798">
         <v>12</v>
       </c>
       <c r="G798">
         <v>271</v>
       </c>
-      <c r="H798" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H798">
+        <v>17</v>
+      </c>
+      <c r="I798">
+        <v>3</v>
       </c>
     </row>
     <row r="799" spans="1:9">
       <c r="A799">
         <v>798</v>
       </c>
       <c r="B799">
         <v>10214973</v>
       </c>
       <c r="C799" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D799" t="s">
+        <v>794</v>
+      </c>
+      <c r="E799" t="s">
         <v>1586</v>
-      </c>
-[...4 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="F799">
         <v>6</v>
       </c>
       <c r="G799">
         <v>95</v>
       </c>
-      <c r="H799" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H799">
+        <v>8</v>
+      </c>
+      <c r="I799">
+        <v>2</v>
       </c>
     </row>
     <row r="800" spans="1:9">
       <c r="A800">
         <v>799</v>
       </c>
       <c r="B800">
         <v>10214974</v>
       </c>
       <c r="C800" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D800" t="s">
+        <v>794</v>
+      </c>
+      <c r="E800" t="s">
         <v>1588</v>
-      </c>
-[...4 lines deleted...]
-        <v>1589</v>
       </c>
       <c r="F800">
         <v>6</v>
       </c>
       <c r="G800">
         <v>108</v>
       </c>
-      <c r="H800" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H800">
+        <v>8</v>
+      </c>
+      <c r="I800">
+        <v>0</v>
       </c>
     </row>
     <row r="801" spans="1:9">
       <c r="A801">
         <v>800</v>
       </c>
       <c r="B801">
         <v>10214975</v>
       </c>
       <c r="C801" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
       <c r="D801" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="E801" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F801">
         <v>11</v>
       </c>
       <c r="G801">
         <v>272</v>
       </c>
-      <c r="H801" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H801">
+        <v>15</v>
+      </c>
+      <c r="I801">
+        <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:9">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802">
         <v>10214976</v>
       </c>
       <c r="C802" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D802" t="s">
+        <v>794</v>
+      </c>
+      <c r="E802" t="s">
         <v>1591</v>
-      </c>
-[...4 lines deleted...]
-        <v>1592</v>
       </c>
       <c r="F802">
         <v>6</v>
       </c>
       <c r="G802">
         <v>100</v>
       </c>
-      <c r="H802" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H802">
+        <v>8</v>
+      </c>
+      <c r="I802">
+        <v>2</v>
       </c>
     </row>
     <row r="803" spans="1:9">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803">
         <v>10214977</v>
       </c>
       <c r="C803" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D803" t="s">
+        <v>794</v>
+      </c>
+      <c r="E803" t="s">
         <v>1593</v>
-      </c>
-[...4 lines deleted...]
-        <v>1594</v>
       </c>
       <c r="F803">
         <v>6</v>
       </c>
       <c r="G803">
         <v>164</v>
       </c>
-      <c r="H803" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H803">
+        <v>9</v>
+      </c>
+      <c r="I803">
+        <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:9">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804">
         <v>10213373</v>
       </c>
       <c r="C804" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D804" t="s">
+        <v>794</v>
+      </c>
+      <c r="E804" t="s">
         <v>1595</v>
-      </c>
-[...4 lines deleted...]
-        <v>1596</v>
       </c>
       <c r="F804">
         <v>6</v>
       </c>
       <c r="G804">
         <v>113</v>
       </c>
-      <c r="H804" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H804">
+        <v>10</v>
+      </c>
+      <c r="I804">
+        <v>3</v>
       </c>
     </row>
     <row r="805" spans="1:9">
       <c r="A805">
         <v>804</v>
       </c>
       <c r="B805">
         <v>10213374</v>
       </c>
       <c r="C805" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D805" t="s">
+        <v>794</v>
+      </c>
+      <c r="E805" t="s">
         <v>1597</v>
-      </c>
-[...4 lines deleted...]
-        <v>1598</v>
       </c>
       <c r="F805">
         <v>9</v>
       </c>
       <c r="G805">
         <v>210</v>
       </c>
-      <c r="H805" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H805">
+        <v>9</v>
+      </c>
+      <c r="I805">
+        <v>3</v>
       </c>
     </row>
     <row r="806" spans="1:9">
       <c r="A806">
         <v>805</v>
       </c>
       <c r="B806">
         <v>10200102</v>
       </c>
       <c r="C806" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D806" t="s">
+        <v>794</v>
+      </c>
+      <c r="E806" t="s">
         <v>1599</v>
-      </c>
-[...4 lines deleted...]
-        <v>1600</v>
       </c>
       <c r="F806">
         <v>6</v>
       </c>
       <c r="G806">
         <v>56</v>
       </c>
-      <c r="H806" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H806">
+        <v>8</v>
+      </c>
+      <c r="I806">
+        <v>2</v>
       </c>
     </row>
     <row r="807" spans="1:9">
       <c r="A807">
         <v>806</v>
       </c>
       <c r="B807">
         <v>10213377</v>
       </c>
       <c r="C807" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D807" t="s">
+        <v>794</v>
+      </c>
+      <c r="E807" t="s">
         <v>1601</v>
-      </c>
-[...4 lines deleted...]
-        <v>1602</v>
       </c>
       <c r="F807">
         <v>6</v>
       </c>
       <c r="G807">
         <v>88</v>
       </c>
-      <c r="H807" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H807">
+        <v>10</v>
+      </c>
+      <c r="I807">
+        <v>3</v>
       </c>
     </row>
     <row r="808" spans="1:9">
       <c r="A808">
         <v>807</v>
       </c>
       <c r="B808">
         <v>10200109</v>
       </c>
       <c r="C808" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D808" t="s">
+        <v>794</v>
+      </c>
+      <c r="E808" t="s">
         <v>1603</v>
-      </c>
-[...4 lines deleted...]
-        <v>1604</v>
       </c>
       <c r="F808">
         <v>6</v>
       </c>
       <c r="G808">
         <v>39</v>
       </c>
-      <c r="H808" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H808">
+        <v>6</v>
+      </c>
+      <c r="I808">
+        <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:9">
       <c r="A809">
         <v>808</v>
       </c>
       <c r="B809">
         <v>10200110</v>
       </c>
       <c r="C809" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D809" t="s">
+        <v>794</v>
+      </c>
+      <c r="E809" t="s">
         <v>1605</v>
-      </c>
-[...4 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="F809">
         <v>6</v>
       </c>
       <c r="G809">
         <v>114</v>
       </c>
-      <c r="H809" t="s">
+      <c r="H809">
         <v>12</v>
       </c>
-      <c r="I809" t="s">
-        <v>12</v>
+      <c r="I809">
+        <v>3</v>
       </c>
     </row>
     <row r="810" spans="1:9">
       <c r="A810">
         <v>809</v>
       </c>
       <c r="B810">
         <v>10213380</v>
       </c>
       <c r="C810" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D810" t="s">
+        <v>794</v>
+      </c>
+      <c r="E810" t="s">
         <v>1607</v>
-      </c>
-[...4 lines deleted...]
-        <v>1608</v>
       </c>
       <c r="F810">
         <v>6</v>
       </c>
       <c r="G810">
         <v>92</v>
       </c>
-      <c r="H810" t="s">
+      <c r="H810">
         <v>12</v>
       </c>
-      <c r="I810" t="s">
-        <v>12</v>
+      <c r="I810">
+        <v>3</v>
       </c>
     </row>
     <row r="811" spans="1:9">
       <c r="A811">
         <v>810</v>
       </c>
       <c r="B811">
         <v>10200118</v>
       </c>
       <c r="C811" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D811" t="s">
+        <v>794</v>
+      </c>
+      <c r="E811" t="s">
         <v>1609</v>
-      </c>
-[...4 lines deleted...]
-        <v>1610</v>
       </c>
       <c r="F811">
         <v>6</v>
       </c>
       <c r="G811">
         <v>115</v>
       </c>
-      <c r="H811" t="s">
+      <c r="H811">
         <v>12</v>
       </c>
-      <c r="I811" t="s">
-        <v>12</v>
+      <c r="I811">
+        <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:9">
       <c r="A812">
         <v>811</v>
       </c>
       <c r="B812">
         <v>10214983</v>
       </c>
       <c r="C812" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D812" t="s">
+        <v>794</v>
+      </c>
+      <c r="E812" t="s">
         <v>1611</v>
-      </c>
-[...4 lines deleted...]
-        <v>1612</v>
       </c>
       <c r="F812">
         <v>19</v>
       </c>
       <c r="G812">
         <v>525</v>
       </c>
-      <c r="H812" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H812">
+        <v>25</v>
+      </c>
+      <c r="I812">
+        <v>4</v>
       </c>
     </row>
     <row r="813" spans="1:9">
       <c r="A813">
         <v>812</v>
       </c>
       <c r="B813">
         <v>10213382</v>
       </c>
       <c r="C813" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D813" t="s">
+        <v>794</v>
+      </c>
+      <c r="E813" t="s">
         <v>1613</v>
-      </c>
-[...4 lines deleted...]
-        <v>1614</v>
       </c>
       <c r="F813">
         <v>7</v>
       </c>
       <c r="G813">
         <v>154</v>
       </c>
-      <c r="H813" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H813">
+        <v>11</v>
+      </c>
+      <c r="I813">
+        <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:9">
       <c r="A814">
         <v>813</v>
       </c>
       <c r="B814">
         <v>10213383</v>
       </c>
       <c r="C814" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D814" t="s">
+        <v>794</v>
+      </c>
+      <c r="E814" t="s">
         <v>1615</v>
-      </c>
-[...4 lines deleted...]
-        <v>1616</v>
       </c>
       <c r="F814">
         <v>6</v>
       </c>
       <c r="G814">
         <v>132</v>
       </c>
-      <c r="H814" t="s">
+      <c r="H814">
         <v>12</v>
       </c>
-      <c r="I814" t="s">
-        <v>12</v>
+      <c r="I814">
+        <v>2</v>
       </c>
     </row>
     <row r="815" spans="1:9">
       <c r="A815">
         <v>814</v>
       </c>
       <c r="B815">
         <v>10217142</v>
       </c>
       <c r="C815" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D815" t="s">
+        <v>794</v>
+      </c>
+      <c r="E815" t="s">
         <v>1617</v>
-      </c>
-[...4 lines deleted...]
-        <v>1618</v>
       </c>
       <c r="F815">
         <v>6</v>
       </c>
       <c r="G815">
         <v>79</v>
       </c>
-      <c r="H815" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H815">
+        <v>11</v>
+      </c>
+      <c r="I815">
+        <v>3</v>
       </c>
     </row>
     <row r="816" spans="1:9">
       <c r="A816">
         <v>815</v>
       </c>
       <c r="B816">
         <v>10213385</v>
       </c>
       <c r="C816" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D816" t="s">
+        <v>794</v>
+      </c>
+      <c r="E816" t="s">
         <v>1619</v>
-      </c>
-[...4 lines deleted...]
-        <v>1620</v>
       </c>
       <c r="F816">
         <v>13</v>
       </c>
       <c r="G816">
         <v>348</v>
       </c>
-      <c r="H816" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H816">
+        <v>20</v>
+      </c>
+      <c r="I816">
+        <v>3</v>
       </c>
     </row>
     <row r="817" spans="1:9">
       <c r="A817">
         <v>816</v>
       </c>
       <c r="B817">
         <v>10200114</v>
       </c>
       <c r="C817" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D817" t="s">
+        <v>794</v>
+      </c>
+      <c r="E817" t="s">
         <v>1621</v>
-      </c>
-[...4 lines deleted...]
-        <v>1622</v>
       </c>
       <c r="F817">
         <v>8</v>
       </c>
       <c r="G817">
         <v>215</v>
       </c>
-      <c r="H817" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H817">
+        <v>10</v>
+      </c>
+      <c r="I817">
+        <v>1</v>
       </c>
     </row>
     <row r="818" spans="1:9">
       <c r="A818">
         <v>817</v>
       </c>
       <c r="B818">
         <v>10200113</v>
       </c>
       <c r="C818" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D818" t="s">
+        <v>794</v>
+      </c>
+      <c r="E818" t="s">
         <v>1623</v>
-      </c>
-[...4 lines deleted...]
-        <v>1624</v>
       </c>
       <c r="F818">
         <v>6</v>
       </c>
       <c r="G818">
         <v>76</v>
       </c>
-      <c r="H818" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H818">
+        <v>8</v>
+      </c>
+      <c r="I818">
+        <v>2</v>
       </c>
     </row>
     <row r="819" spans="1:9">
       <c r="A819">
         <v>818</v>
       </c>
       <c r="B819">
         <v>10200112</v>
       </c>
       <c r="C819" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D819" t="s">
+        <v>794</v>
+      </c>
+      <c r="E819" t="s">
         <v>1625</v>
-      </c>
-[...4 lines deleted...]
-        <v>1626</v>
       </c>
       <c r="F819">
         <v>9</v>
       </c>
       <c r="G819">
         <v>233</v>
       </c>
-      <c r="H819" t="s">
+      <c r="H819">
         <v>12</v>
       </c>
-      <c r="I819" t="s">
-        <v>12</v>
+      <c r="I819">
+        <v>0</v>
       </c>
     </row>
     <row r="820" spans="1:9">
       <c r="A820">
         <v>819</v>
       </c>
       <c r="B820">
         <v>10213389</v>
       </c>
       <c r="C820" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D820" t="s">
+        <v>794</v>
+      </c>
+      <c r="E820" t="s">
         <v>1627</v>
-      </c>
-[...4 lines deleted...]
-        <v>1628</v>
       </c>
       <c r="F820">
         <v>11</v>
       </c>
       <c r="G820">
         <v>251</v>
       </c>
-      <c r="H820" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H820">
+        <v>15</v>
+      </c>
+      <c r="I820">
+        <v>2</v>
       </c>
     </row>
     <row r="821" spans="1:9">
       <c r="A821">
         <v>820</v>
       </c>
       <c r="B821">
         <v>10200152</v>
       </c>
       <c r="C821" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D821" t="s">
+        <v>794</v>
+      </c>
+      <c r="E821" t="s">
         <v>1629</v>
-      </c>
-[...4 lines deleted...]
-        <v>1630</v>
       </c>
       <c r="F821">
         <v>5</v>
       </c>
       <c r="G821">
         <v>31</v>
       </c>
-      <c r="H821" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H821">
+        <v>7</v>
+      </c>
+      <c r="I821">
+        <v>1</v>
       </c>
     </row>
     <row r="822" spans="1:9">
       <c r="A822">
         <v>821</v>
       </c>
       <c r="B822">
         <v>10200193</v>
       </c>
       <c r="C822" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D822" t="s">
+        <v>794</v>
+      </c>
+      <c r="E822" t="s">
         <v>1631</v>
-      </c>
-[...4 lines deleted...]
-        <v>1632</v>
       </c>
       <c r="F822">
         <v>18</v>
       </c>
       <c r="G822">
         <v>450</v>
       </c>
-      <c r="H822" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H822">
+        <v>25</v>
+      </c>
+      <c r="I822">
+        <v>5</v>
       </c>
     </row>
     <row r="823" spans="1:9">
       <c r="A823">
         <v>822</v>
       </c>
       <c r="B823">
         <v>10200182</v>
       </c>
       <c r="C823" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D823" t="s">
+        <v>794</v>
+      </c>
+      <c r="E823" t="s">
         <v>1633</v>
-      </c>
-[...4 lines deleted...]
-        <v>1634</v>
       </c>
       <c r="F823">
         <v>11</v>
       </c>
       <c r="G823">
         <v>252</v>
       </c>
-      <c r="H823" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H823">
+        <v>15</v>
+      </c>
+      <c r="I823">
+        <v>1</v>
       </c>
     </row>
     <row r="824" spans="1:9">
       <c r="A824">
         <v>823</v>
       </c>
       <c r="B824">
         <v>10200181</v>
       </c>
       <c r="C824" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D824" t="s">
+        <v>794</v>
+      </c>
+      <c r="E824" t="s">
         <v>1635</v>
-      </c>
-[...4 lines deleted...]
-        <v>1636</v>
       </c>
       <c r="F824">
         <v>10</v>
       </c>
       <c r="G824">
         <v>204</v>
       </c>
-      <c r="H824" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H824">
+        <v>14</v>
+      </c>
+      <c r="I824">
+        <v>3</v>
       </c>
     </row>
     <row r="825" spans="1:9">
       <c r="A825">
         <v>824</v>
       </c>
       <c r="B825">
         <v>10214987</v>
       </c>
       <c r="C825" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D825" t="s">
+        <v>794</v>
+      </c>
+      <c r="E825" t="s">
         <v>1637</v>
-      </c>
-[...4 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="F825">
         <v>17</v>
       </c>
       <c r="G825">
         <v>377</v>
       </c>
-      <c r="H825" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H825">
+        <v>24</v>
+      </c>
+      <c r="I825">
+        <v>1</v>
       </c>
     </row>
     <row r="826" spans="1:9">
       <c r="A826">
         <v>825</v>
       </c>
       <c r="B826">
         <v>10214988</v>
       </c>
       <c r="C826" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D826" t="s">
+        <v>794</v>
+      </c>
+      <c r="E826" t="s">
         <v>1639</v>
-      </c>
-[...4 lines deleted...]
-        <v>1640</v>
       </c>
       <c r="F826">
         <v>8</v>
       </c>
       <c r="G826">
         <v>244</v>
       </c>
-      <c r="H826" t="s">
+      <c r="H826">
         <v>12</v>
       </c>
-      <c r="I826" t="s">
-        <v>12</v>
+      <c r="I826">
+        <v>2</v>
       </c>
     </row>
     <row r="827" spans="1:9">
       <c r="A827">
         <v>826</v>
       </c>
       <c r="B827">
         <v>10214989</v>
       </c>
       <c r="C827" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D827" t="s">
+        <v>794</v>
+      </c>
+      <c r="E827" t="s">
         <v>1641</v>
-      </c>
-[...4 lines deleted...]
-        <v>1642</v>
       </c>
       <c r="F827">
         <v>16</v>
       </c>
       <c r="G827">
         <v>409</v>
       </c>
-      <c r="H827" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H827">
+        <v>25</v>
+      </c>
+      <c r="I827">
+        <v>3</v>
       </c>
     </row>
     <row r="828" spans="1:9">
       <c r="A828">
         <v>827</v>
       </c>
       <c r="B828">
         <v>10213396</v>
       </c>
       <c r="C828" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D828" t="s">
+        <v>794</v>
+      </c>
+      <c r="E828" t="s">
         <v>1643</v>
-      </c>
-[...4 lines deleted...]
-        <v>1644</v>
       </c>
       <c r="F828">
         <v>12</v>
       </c>
       <c r="G828">
         <v>285</v>
       </c>
-      <c r="H828" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H828">
+        <v>17</v>
+      </c>
+      <c r="I828">
+        <v>2</v>
       </c>
     </row>
     <row r="829" spans="1:9">
       <c r="A829">
         <v>828</v>
       </c>
       <c r="B829">
         <v>10213397</v>
       </c>
       <c r="C829" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D829" t="s">
+        <v>794</v>
+      </c>
+      <c r="E829" t="s">
         <v>1645</v>
-      </c>
-[...4 lines deleted...]
-        <v>1646</v>
       </c>
       <c r="F829">
         <v>14</v>
       </c>
       <c r="G829">
         <v>394</v>
       </c>
-      <c r="H829" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H829">
+        <v>20</v>
+      </c>
+      <c r="I829">
+        <v>2</v>
       </c>
     </row>
     <row r="830" spans="1:9">
       <c r="A830">
         <v>829</v>
       </c>
       <c r="B830">
         <v>10213398</v>
       </c>
       <c r="C830" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D830" t="s">
+        <v>794</v>
+      </c>
+      <c r="E830" t="s">
         <v>1647</v>
-      </c>
-[...4 lines deleted...]
-        <v>1648</v>
       </c>
       <c r="F830">
         <v>13</v>
       </c>
       <c r="G830">
         <v>382</v>
       </c>
-      <c r="H830" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H830">
+        <v>19</v>
+      </c>
+      <c r="I830">
+        <v>1</v>
       </c>
     </row>
     <row r="831" spans="1:9">
       <c r="A831">
         <v>830</v>
       </c>
       <c r="B831">
         <v>10213399</v>
       </c>
       <c r="C831" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D831" t="s">
+        <v>794</v>
+      </c>
+      <c r="E831" t="s">
         <v>1649</v>
-      </c>
-[...4 lines deleted...]
-        <v>1650</v>
       </c>
       <c r="F831">
         <v>18</v>
       </c>
       <c r="G831">
         <v>455</v>
       </c>
-      <c r="H831" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H831">
+        <v>27</v>
+      </c>
+      <c r="I831">
+        <v>4</v>
       </c>
     </row>
     <row r="832" spans="1:9">
       <c r="A832">
         <v>831</v>
       </c>
       <c r="B832">
         <v>10213400</v>
       </c>
       <c r="C832" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D832" t="s">
+        <v>794</v>
+      </c>
+      <c r="E832" t="s">
         <v>1651</v>
-      </c>
-[...4 lines deleted...]
-        <v>1652</v>
       </c>
       <c r="F832">
         <v>12</v>
       </c>
       <c r="G832">
         <v>316</v>
       </c>
-      <c r="H832" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H832">
+        <v>18</v>
+      </c>
+      <c r="I832">
+        <v>2</v>
       </c>
     </row>
     <row r="833" spans="1:9">
       <c r="A833">
         <v>832</v>
       </c>
       <c r="B833">
         <v>10213401</v>
       </c>
       <c r="C833" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D833" t="s">
+        <v>794</v>
+      </c>
+      <c r="E833" t="s">
         <v>1653</v>
-      </c>
-[...4 lines deleted...]
-        <v>1654</v>
       </c>
       <c r="F833">
         <v>12</v>
       </c>
       <c r="G833">
         <v>295</v>
       </c>
-      <c r="H833" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H833">
+        <v>16</v>
+      </c>
+      <c r="I833">
+        <v>1</v>
       </c>
     </row>
     <row r="834" spans="1:9">
       <c r="A834">
         <v>833</v>
       </c>
       <c r="B834">
         <v>10213402</v>
       </c>
       <c r="C834" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D834" t="s">
+        <v>794</v>
+      </c>
+      <c r="E834" t="s">
         <v>1655</v>
-      </c>
-[...4 lines deleted...]
-        <v>1656</v>
       </c>
       <c r="F834">
         <v>12</v>
       </c>
       <c r="G834">
         <v>295</v>
       </c>
-      <c r="H834" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H834">
+        <v>21</v>
+      </c>
+      <c r="I834">
+        <v>3</v>
       </c>
     </row>
     <row r="835" spans="1:9">
       <c r="A835">
         <v>834</v>
       </c>
       <c r="B835">
         <v>10213403</v>
       </c>
       <c r="C835" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D835" t="s">
+        <v>794</v>
+      </c>
+      <c r="E835" t="s">
         <v>1657</v>
-      </c>
-[...4 lines deleted...]
-        <v>1658</v>
       </c>
       <c r="F835">
         <v>6</v>
       </c>
       <c r="G835">
         <v>107</v>
       </c>
-      <c r="H835" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H835">
+        <v>10</v>
+      </c>
+      <c r="I835">
+        <v>4</v>
       </c>
     </row>
     <row r="836" spans="1:9">
       <c r="A836">
         <v>835</v>
       </c>
       <c r="B836">
         <v>10213060</v>
       </c>
       <c r="C836" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D836" t="s">
+        <v>794</v>
+      </c>
+      <c r="E836" t="s">
         <v>1659</v>
-      </c>
-[...4 lines deleted...]
-        <v>1660</v>
       </c>
       <c r="F836">
         <v>8</v>
       </c>
       <c r="G836">
         <v>203</v>
       </c>
-      <c r="H836" t="s">
+      <c r="H836">
         <v>12</v>
       </c>
-      <c r="I836" t="s">
-        <v>12</v>
+      <c r="I836">
+        <v>2</v>
       </c>
     </row>
     <row r="837" spans="1:9">
       <c r="A837">
         <v>836</v>
       </c>
       <c r="B837">
         <v>10213404</v>
       </c>
       <c r="C837" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D837" t="s">
+        <v>794</v>
+      </c>
+      <c r="E837" t="s">
         <v>1661</v>
-      </c>
-[...4 lines deleted...]
-        <v>1662</v>
       </c>
       <c r="F837">
         <v>8</v>
       </c>
       <c r="G837">
         <v>188</v>
       </c>
-      <c r="H837" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H837">
+        <v>14</v>
+      </c>
+      <c r="I837">
+        <v>0</v>
       </c>
     </row>
     <row r="838" spans="1:9">
       <c r="A838">
         <v>837</v>
       </c>
       <c r="B838">
         <v>10217220</v>
       </c>
       <c r="C838" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D838" t="s">
+        <v>794</v>
+      </c>
+      <c r="E838" t="s">
         <v>1663</v>
-      </c>
-[...4 lines deleted...]
-        <v>1664</v>
       </c>
       <c r="F838">
         <v>6</v>
       </c>
       <c r="G838">
         <v>63</v>
       </c>
-      <c r="H838" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H838">
+        <v>11</v>
+      </c>
+      <c r="I838">
+        <v>1</v>
       </c>
     </row>
     <row r="839" spans="1:9">
       <c r="A839">
         <v>838</v>
       </c>
       <c r="B839">
         <v>10213406</v>
       </c>
       <c r="C839" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D839" t="s">
+        <v>794</v>
+      </c>
+      <c r="E839" t="s">
         <v>1665</v>
-      </c>
-[...4 lines deleted...]
-        <v>1666</v>
       </c>
       <c r="F839">
         <v>8</v>
       </c>
       <c r="G839">
         <v>185</v>
       </c>
-      <c r="H839" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H839">
+        <v>13</v>
+      </c>
+      <c r="I839">
+        <v>1</v>
       </c>
     </row>
     <row r="840" spans="1:9">
       <c r="A840">
         <v>839</v>
       </c>
       <c r="B840">
         <v>10213407</v>
       </c>
       <c r="C840" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D840" t="s">
+        <v>794</v>
+      </c>
+      <c r="E840" t="s">
         <v>1667</v>
-      </c>
-[...4 lines deleted...]
-        <v>1668</v>
       </c>
       <c r="F840">
         <v>8</v>
       </c>
       <c r="G840">
         <v>183</v>
       </c>
-      <c r="H840" t="s">
+      <c r="H840">
         <v>12</v>
       </c>
-      <c r="I840" t="s">
-        <v>12</v>
+      <c r="I840">
+        <v>3</v>
       </c>
     </row>
     <row r="841" spans="1:9">
       <c r="A841">
         <v>840</v>
       </c>
       <c r="B841">
         <v>10215005</v>
       </c>
       <c r="C841" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D841" t="s">
+        <v>794</v>
+      </c>
+      <c r="E841" t="s">
         <v>1669</v>
-      </c>
-[...4 lines deleted...]
-        <v>1670</v>
       </c>
       <c r="F841">
         <v>5</v>
       </c>
       <c r="G841">
         <v>28</v>
       </c>
-      <c r="H841" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H841">
+        <v>5</v>
+      </c>
+      <c r="I841">
+        <v>1</v>
       </c>
     </row>
     <row r="842" spans="1:9">
       <c r="A842">
         <v>841</v>
       </c>
       <c r="B842">
         <v>10217231</v>
       </c>
       <c r="C842" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D842" t="s">
+        <v>794</v>
+      </c>
+      <c r="E842" t="s">
         <v>1671</v>
-      </c>
-[...4 lines deleted...]
-        <v>1672</v>
       </c>
       <c r="F842">
         <v>6</v>
       </c>
       <c r="G842">
         <v>28</v>
       </c>
-      <c r="H842" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H842">
+        <v>9</v>
+      </c>
+      <c r="I842">
+        <v>0</v>
       </c>
     </row>
     <row r="843" spans="1:9">
       <c r="A843">
         <v>842</v>
       </c>
       <c r="B843">
         <v>10212631</v>
       </c>
       <c r="C843" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D843" t="s">
+        <v>794</v>
+      </c>
+      <c r="E843" t="s">
         <v>1673</v>
-      </c>
-[...4 lines deleted...]
-        <v>1674</v>
       </c>
       <c r="F843">
         <v>6</v>
       </c>
       <c r="G843">
         <v>93</v>
       </c>
-      <c r="H843" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H843">
+        <v>11</v>
+      </c>
+      <c r="I843">
+        <v>1</v>
       </c>
     </row>
     <row r="844" spans="1:9">
       <c r="A844">
         <v>843</v>
       </c>
       <c r="B844">
         <v>10200176</v>
       </c>
       <c r="C844" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D844" t="s">
+        <v>794</v>
+      </c>
+      <c r="E844" t="s">
         <v>1675</v>
-      </c>
-[...4 lines deleted...]
-        <v>1676</v>
       </c>
       <c r="F844">
         <v>6</v>
       </c>
       <c r="G844">
         <v>52</v>
       </c>
-      <c r="H844" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H844">
+        <v>11</v>
+      </c>
+      <c r="I844">
+        <v>2</v>
       </c>
     </row>
     <row r="845" spans="1:9">
       <c r="A845">
         <v>844</v>
       </c>
       <c r="B845">
         <v>10200175</v>
       </c>
       <c r="C845" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D845" t="s">
+        <v>794</v>
+      </c>
+      <c r="E845" t="s">
         <v>1677</v>
-      </c>
-[...4 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="F845">
         <v>12</v>
       </c>
       <c r="G845">
         <v>235</v>
       </c>
-      <c r="H845" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H845">
+        <v>18</v>
+      </c>
+      <c r="I845">
+        <v>2</v>
       </c>
     </row>
     <row r="846" spans="1:9">
       <c r="A846">
         <v>845</v>
       </c>
       <c r="B846">
         <v>10214824</v>
       </c>
       <c r="C846" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D846" t="s">
+        <v>794</v>
+      </c>
+      <c r="E846" t="s">
         <v>1679</v>
-      </c>
-[...4 lines deleted...]
-        <v>1680</v>
       </c>
       <c r="F846">
         <v>6</v>
       </c>
       <c r="G846">
         <v>110</v>
       </c>
-      <c r="H846" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H846">
+        <v>11</v>
+      </c>
+      <c r="I846">
+        <v>2</v>
       </c>
     </row>
     <row r="847" spans="1:9">
       <c r="A847">
         <v>846</v>
       </c>
       <c r="B847">
         <v>10215008</v>
       </c>
       <c r="C847" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D847" t="s">
+        <v>794</v>
+      </c>
+      <c r="E847" t="s">
         <v>1681</v>
-      </c>
-[...4 lines deleted...]
-        <v>1682</v>
       </c>
       <c r="F847">
         <v>10</v>
       </c>
       <c r="G847">
         <v>222</v>
       </c>
-      <c r="H847" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H847">
+        <v>14</v>
+      </c>
+      <c r="I847">
+        <v>2</v>
       </c>
     </row>
     <row r="848" spans="1:9">
       <c r="A848">
         <v>847</v>
       </c>
       <c r="B848">
         <v>10215009</v>
       </c>
       <c r="C848" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D848" t="s">
+        <v>794</v>
+      </c>
+      <c r="E848" t="s">
         <v>1683</v>
-      </c>
-[...4 lines deleted...]
-        <v>1684</v>
       </c>
       <c r="F848">
         <v>12</v>
       </c>
       <c r="G848">
         <v>260</v>
       </c>
-      <c r="H848" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H848">
+        <v>18</v>
+      </c>
+      <c r="I848">
+        <v>1</v>
       </c>
     </row>
     <row r="849" spans="1:9">
       <c r="A849">
         <v>848</v>
       </c>
       <c r="B849">
         <v>10213063</v>
       </c>
       <c r="C849" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D849" t="s">
+        <v>794</v>
+      </c>
+      <c r="E849" t="s">
         <v>1685</v>
-      </c>
-[...4 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="F849">
         <v>7</v>
       </c>
       <c r="G849">
         <v>184</v>
       </c>
-      <c r="H849" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H849">
+        <v>11</v>
+      </c>
+      <c r="I849">
+        <v>4</v>
       </c>
     </row>
     <row r="850" spans="1:9">
       <c r="A850">
         <v>849</v>
       </c>
       <c r="B850">
         <v>10213410</v>
       </c>
       <c r="C850" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D850" t="s">
+        <v>794</v>
+      </c>
+      <c r="E850" t="s">
         <v>1687</v>
-      </c>
-[...4 lines deleted...]
-        <v>1688</v>
       </c>
       <c r="F850">
         <v>7</v>
       </c>
       <c r="G850">
         <v>155</v>
       </c>
-      <c r="H850" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H850">
+        <v>11</v>
+      </c>
+      <c r="I850">
+        <v>3</v>
       </c>
     </row>
     <row r="851" spans="1:9">
       <c r="A851">
         <v>850</v>
       </c>
       <c r="B851">
         <v>10200192</v>
       </c>
       <c r="C851" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D851" t="s">
+        <v>794</v>
+      </c>
+      <c r="E851" t="s">
         <v>1689</v>
-      </c>
-[...4 lines deleted...]
-        <v>1690</v>
       </c>
       <c r="F851">
         <v>8</v>
       </c>
       <c r="G851">
         <v>197</v>
       </c>
-      <c r="H851" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H851">
+        <v>10</v>
+      </c>
+      <c r="I851">
+        <v>1</v>
       </c>
     </row>
     <row r="852" spans="1:9">
       <c r="A852">
         <v>851</v>
       </c>
       <c r="B852">
         <v>10200191</v>
       </c>
       <c r="C852" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D852" t="s">
+        <v>794</v>
+      </c>
+      <c r="E852" t="s">
         <v>1691</v>
-      </c>
-[...4 lines deleted...]
-        <v>1692</v>
       </c>
       <c r="F852">
         <v>14</v>
       </c>
       <c r="G852">
         <v>388</v>
       </c>
-      <c r="H852" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H852">
+        <v>19</v>
+      </c>
+      <c r="I852">
+        <v>3</v>
       </c>
     </row>
     <row r="853" spans="1:9">
       <c r="A853">
         <v>852</v>
       </c>
       <c r="B853">
         <v>10213064</v>
       </c>
       <c r="C853" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D853" t="s">
+        <v>794</v>
+      </c>
+      <c r="E853" t="s">
         <v>1693</v>
-      </c>
-[...4 lines deleted...]
-        <v>1694</v>
       </c>
       <c r="F853">
         <v>6</v>
       </c>
       <c r="G853">
         <v>163</v>
       </c>
-      <c r="H853" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H853">
+        <v>9</v>
+      </c>
+      <c r="I853">
+        <v>3</v>
       </c>
     </row>
     <row r="854" spans="1:9">
       <c r="A854">
         <v>853</v>
       </c>
       <c r="B854">
         <v>10215010</v>
       </c>
       <c r="C854" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D854" t="s">
+        <v>794</v>
+      </c>
+      <c r="E854" t="s">
         <v>1695</v>
-      </c>
-[...4 lines deleted...]
-        <v>1696</v>
       </c>
       <c r="F854">
         <v>6</v>
       </c>
       <c r="G854">
         <v>179</v>
       </c>
-      <c r="H854" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H854">
+        <v>8</v>
+      </c>
+      <c r="I854">
+        <v>2</v>
       </c>
     </row>
     <row r="855" spans="1:9">
       <c r="A855">
         <v>854</v>
       </c>
       <c r="B855">
         <v>10215011</v>
       </c>
       <c r="C855" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D855" t="s">
+        <v>794</v>
+      </c>
+      <c r="E855" t="s">
         <v>1697</v>
-      </c>
-[...4 lines deleted...]
-        <v>1698</v>
       </c>
       <c r="F855">
         <v>6</v>
       </c>
       <c r="G855">
         <v>191</v>
       </c>
-      <c r="H855" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H855">
+        <v>8</v>
+      </c>
+      <c r="I855">
+        <v>2</v>
       </c>
     </row>
     <row r="856" spans="1:9">
       <c r="A856">
         <v>855</v>
       </c>
       <c r="B856">
         <v>10213413</v>
       </c>
       <c r="C856" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D856" t="s">
+        <v>794</v>
+      </c>
+      <c r="E856" t="s">
         <v>1699</v>
-      </c>
-[...4 lines deleted...]
-        <v>1700</v>
       </c>
       <c r="F856">
         <v>6</v>
       </c>
       <c r="G856">
         <v>212</v>
       </c>
-      <c r="H856" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H856">
+        <v>9</v>
+      </c>
+      <c r="I856">
+        <v>1</v>
       </c>
     </row>
     <row r="857" spans="1:9">
       <c r="A857">
         <v>856</v>
       </c>
       <c r="B857">
         <v>10215014</v>
       </c>
       <c r="C857" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D857" t="s">
+        <v>794</v>
+      </c>
+      <c r="E857" t="s">
         <v>1701</v>
-      </c>
-[...4 lines deleted...]
-        <v>1702</v>
       </c>
       <c r="F857">
         <v>6</v>
       </c>
       <c r="G857">
         <v>83</v>
       </c>
-      <c r="H857" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H857">
+        <v>9</v>
+      </c>
+      <c r="I857">
+        <v>3</v>
       </c>
     </row>
     <row r="858" spans="1:9">
       <c r="A858">
         <v>857</v>
       </c>
       <c r="B858">
         <v>10213415</v>
       </c>
       <c r="C858" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D858" t="s">
+        <v>794</v>
+      </c>
+      <c r="E858" t="s">
         <v>1703</v>
-      </c>
-[...4 lines deleted...]
-        <v>1704</v>
       </c>
       <c r="F858">
         <v>6</v>
       </c>
       <c r="G858">
         <v>111</v>
       </c>
-      <c r="H858" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H858">
+        <v>9</v>
+      </c>
+      <c r="I858">
+        <v>2</v>
       </c>
     </row>
     <row r="859" spans="1:9">
       <c r="A859">
         <v>858</v>
       </c>
       <c r="B859">
         <v>10215016</v>
       </c>
       <c r="C859" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D859" t="s">
+        <v>794</v>
+      </c>
+      <c r="E859" t="s">
         <v>1705</v>
-      </c>
-[...4 lines deleted...]
-        <v>1706</v>
       </c>
       <c r="F859">
         <v>7</v>
       </c>
       <c r="G859">
         <v>174</v>
       </c>
-      <c r="H859" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H859">
+        <v>10</v>
+      </c>
+      <c r="I859">
+        <v>2</v>
       </c>
     </row>
     <row r="860" spans="1:9">
       <c r="A860">
         <v>859</v>
       </c>
       <c r="B860">
         <v>10200190</v>
       </c>
       <c r="C860" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D860" t="s">
+        <v>794</v>
+      </c>
+      <c r="E860" t="s">
         <v>1707</v>
-      </c>
-[...4 lines deleted...]
-        <v>1708</v>
       </c>
       <c r="F860">
         <v>6</v>
       </c>
       <c r="G860">
         <v>143</v>
       </c>
-      <c r="H860" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H860">
+        <v>10</v>
+      </c>
+      <c r="I860">
+        <v>2</v>
       </c>
     </row>
     <row r="861" spans="1:9">
       <c r="A861">
         <v>860</v>
       </c>
       <c r="B861">
         <v>10200189</v>
       </c>
       <c r="C861" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D861" t="s">
+        <v>794</v>
+      </c>
+      <c r="E861" t="s">
         <v>1709</v>
-      </c>
-[...4 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="F861">
         <v>6</v>
       </c>
       <c r="G861">
         <v>92</v>
       </c>
-      <c r="H861" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H861">
+        <v>10</v>
+      </c>
+      <c r="I861">
+        <v>4</v>
       </c>
     </row>
     <row r="862" spans="1:9">
       <c r="A862">
         <v>861</v>
       </c>
       <c r="B862">
         <v>10215017</v>
       </c>
       <c r="C862" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D862" t="s">
+        <v>794</v>
+      </c>
+      <c r="E862" t="s">
         <v>1711</v>
-      </c>
-[...4 lines deleted...]
-        <v>1712</v>
       </c>
       <c r="F862">
         <v>6</v>
       </c>
       <c r="G862">
         <v>117</v>
       </c>
-      <c r="H862" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H862">
+        <v>8</v>
+      </c>
+      <c r="I862">
+        <v>5</v>
       </c>
     </row>
     <row r="863" spans="1:9">
       <c r="A863">
         <v>862</v>
       </c>
       <c r="B863">
         <v>10200188</v>
       </c>
       <c r="C863" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D863" t="s">
+        <v>794</v>
+      </c>
+      <c r="E863" t="s">
         <v>1713</v>
-      </c>
-[...4 lines deleted...]
-        <v>1714</v>
       </c>
       <c r="F863">
         <v>9</v>
       </c>
       <c r="G863">
         <v>209</v>
       </c>
-      <c r="H863" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H863">
+        <v>11</v>
+      </c>
+      <c r="I863">
+        <v>2</v>
       </c>
     </row>
     <row r="864" spans="1:9">
       <c r="A864">
         <v>863</v>
       </c>
       <c r="B864">
         <v>10200187</v>
       </c>
       <c r="C864" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D864" t="s">
+        <v>794</v>
+      </c>
+      <c r="E864" t="s">
         <v>1715</v>
-      </c>
-[...4 lines deleted...]
-        <v>1716</v>
       </c>
       <c r="F864">
         <v>6</v>
       </c>
       <c r="G864">
         <v>32</v>
       </c>
-      <c r="H864" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H864">
+        <v>10</v>
+      </c>
+      <c r="I864">
+        <v>1</v>
       </c>
     </row>
     <row r="865" spans="1:9">
       <c r="A865">
         <v>864</v>
       </c>
       <c r="B865">
         <v>10213538</v>
       </c>
       <c r="C865" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D865" t="s">
+        <v>794</v>
+      </c>
+      <c r="E865" t="s">
         <v>1717</v>
-      </c>
-[...4 lines deleted...]
-        <v>1718</v>
       </c>
       <c r="F865">
         <v>6</v>
       </c>
       <c r="G865">
         <v>79</v>
       </c>
-      <c r="H865" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H865">
+        <v>10</v>
+      </c>
+      <c r="I865">
+        <v>4</v>
       </c>
     </row>
     <row r="866" spans="1:9">
       <c r="A866">
         <v>865</v>
       </c>
       <c r="B866">
         <v>10212645</v>
       </c>
       <c r="C866" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D866" t="s">
+        <v>794</v>
+      </c>
+      <c r="E866" t="s">
         <v>1719</v>
-      </c>
-[...4 lines deleted...]
-        <v>1720</v>
       </c>
       <c r="F866">
         <v>6</v>
       </c>
       <c r="G866">
         <v>55</v>
       </c>
-      <c r="H866" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H866">
+        <v>9</v>
+      </c>
+      <c r="I866">
+        <v>1</v>
       </c>
     </row>
     <row r="867" spans="1:9">
       <c r="A867">
         <v>866</v>
       </c>
       <c r="B867">
         <v>10200185</v>
       </c>
       <c r="C867" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D867" t="s">
+        <v>794</v>
+      </c>
+      <c r="E867" t="s">
         <v>1721</v>
-      </c>
-[...4 lines deleted...]
-        <v>1722</v>
       </c>
       <c r="F867">
         <v>6</v>
       </c>
       <c r="G867">
         <v>98</v>
       </c>
-      <c r="H867" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H867">
+        <v>10</v>
+      </c>
+      <c r="I867">
+        <v>2</v>
       </c>
     </row>
     <row r="868" spans="1:9">
       <c r="A868">
         <v>867</v>
       </c>
       <c r="B868">
         <v>10200174</v>
       </c>
       <c r="C868" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D868" t="s">
+        <v>794</v>
+      </c>
+      <c r="E868" t="s">
         <v>1723</v>
-      </c>
-[...4 lines deleted...]
-        <v>1724</v>
       </c>
       <c r="F868">
         <v>9</v>
       </c>
       <c r="G868">
         <v>209</v>
       </c>
-      <c r="H868" t="s">
+      <c r="H868">
         <v>12</v>
       </c>
-      <c r="I868" t="s">
-        <v>12</v>
+      <c r="I868">
+        <v>2</v>
       </c>
     </row>
     <row r="869" spans="1:9">
       <c r="A869">
         <v>868</v>
       </c>
       <c r="B869">
         <v>10213422</v>
       </c>
       <c r="C869" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D869" t="s">
+        <v>794</v>
+      </c>
+      <c r="E869" t="s">
         <v>1725</v>
-      </c>
-[...4 lines deleted...]
-        <v>1726</v>
       </c>
       <c r="F869">
         <v>8</v>
       </c>
       <c r="G869">
         <v>161</v>
       </c>
-      <c r="H869" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H869">
+        <v>14</v>
+      </c>
+      <c r="I869">
+        <v>1</v>
       </c>
     </row>
     <row r="870" spans="1:9">
       <c r="A870">
         <v>869</v>
       </c>
       <c r="B870">
         <v>10217288</v>
       </c>
       <c r="C870" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D870" t="s">
+        <v>794</v>
+      </c>
+      <c r="E870" t="s">
         <v>1727</v>
-      </c>
-[...4 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="F870">
         <v>8</v>
       </c>
       <c r="G870">
         <v>193</v>
       </c>
-      <c r="H870" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H870">
+        <v>13</v>
+      </c>
+      <c r="I870">
+        <v>2</v>
       </c>
     </row>
     <row r="871" spans="1:9">
       <c r="A871">
         <v>870</v>
       </c>
       <c r="B871">
         <v>10213424</v>
       </c>
       <c r="C871" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D871" t="s">
+        <v>794</v>
+      </c>
+      <c r="E871" t="s">
         <v>1729</v>
-      </c>
-[...4 lines deleted...]
-        <v>1730</v>
       </c>
       <c r="F871">
         <v>6</v>
       </c>
       <c r="G871">
         <v>54</v>
       </c>
-      <c r="H871" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H871">
+        <v>9</v>
+      </c>
+      <c r="I871">
+        <v>2</v>
       </c>
     </row>
     <row r="872" spans="1:9">
       <c r="A872">
         <v>871</v>
       </c>
       <c r="B872">
         <v>10217294</v>
       </c>
       <c r="C872" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D872" t="s">
+        <v>794</v>
+      </c>
+      <c r="E872" t="s">
         <v>1731</v>
-      </c>
-[...4 lines deleted...]
-        <v>1732</v>
       </c>
       <c r="F872">
         <v>12</v>
       </c>
       <c r="G872">
         <v>310</v>
       </c>
-      <c r="H872" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H872">
+        <v>17</v>
+      </c>
+      <c r="I872">
+        <v>4</v>
       </c>
     </row>
     <row r="873" spans="1:9">
       <c r="A873">
         <v>872</v>
       </c>
       <c r="B873">
         <v>10217298</v>
       </c>
       <c r="C873" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D873" t="s">
+        <v>794</v>
+      </c>
+      <c r="E873" t="s">
         <v>1733</v>
-      </c>
-[...4 lines deleted...]
-        <v>1734</v>
       </c>
       <c r="F873">
         <v>13</v>
       </c>
       <c r="G873">
         <v>373</v>
       </c>
-      <c r="H873" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H873">
+        <v>19</v>
+      </c>
+      <c r="I873">
+        <v>2</v>
       </c>
     </row>
     <row r="874" spans="1:9">
       <c r="A874">
         <v>873</v>
       </c>
       <c r="B874">
         <v>10213427</v>
       </c>
       <c r="C874" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D874" t="s">
+        <v>794</v>
+      </c>
+      <c r="E874" t="s">
         <v>1735</v>
-      </c>
-[...4 lines deleted...]
-        <v>1736</v>
       </c>
       <c r="F874">
         <v>8</v>
       </c>
       <c r="G874">
         <v>214</v>
       </c>
-      <c r="H874" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H874">
+        <v>15</v>
+      </c>
+      <c r="I874">
+        <v>5</v>
       </c>
     </row>
     <row r="875" spans="1:9">
       <c r="A875">
         <v>874</v>
       </c>
       <c r="B875">
         <v>10217302</v>
       </c>
       <c r="C875" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D875" t="s">
+        <v>794</v>
+      </c>
+      <c r="E875" t="s">
         <v>1737</v>
-      </c>
-[...4 lines deleted...]
-        <v>1738</v>
       </c>
       <c r="F875">
         <v>7</v>
       </c>
       <c r="G875">
         <v>166</v>
       </c>
-      <c r="H875" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H875">
+        <v>11</v>
+      </c>
+      <c r="I875">
+        <v>2</v>
       </c>
     </row>
     <row r="876" spans="1:9">
       <c r="A876">
         <v>875</v>
       </c>
       <c r="B876">
         <v>10200159</v>
       </c>
       <c r="C876" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D876" t="s">
+        <v>794</v>
+      </c>
+      <c r="E876" t="s">
         <v>1739</v>
-      </c>
-[...4 lines deleted...]
-        <v>1740</v>
       </c>
       <c r="F876">
         <v>12</v>
       </c>
       <c r="G876">
         <v>295</v>
       </c>
-      <c r="H876" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H876">
+        <v>19</v>
+      </c>
+      <c r="I876">
+        <v>4</v>
       </c>
     </row>
     <row r="877" spans="1:9">
       <c r="A877">
         <v>876</v>
       </c>
       <c r="B877">
         <v>10215026</v>
       </c>
       <c r="C877" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D877" t="s">
+        <v>794</v>
+      </c>
+      <c r="E877" t="s">
         <v>1741</v>
-      </c>
-[...4 lines deleted...]
-        <v>1742</v>
       </c>
       <c r="F877">
         <v>6</v>
       </c>
       <c r="G877">
         <v>69</v>
       </c>
-      <c r="H877" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H877">
+        <v>6</v>
+      </c>
+      <c r="I877">
+        <v>1</v>
       </c>
     </row>
     <row r="878" spans="1:9">
       <c r="A878">
         <v>877</v>
       </c>
       <c r="B878">
         <v>10200158</v>
       </c>
       <c r="C878" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D878" t="s">
+        <v>794</v>
+      </c>
+      <c r="E878" t="s">
         <v>1743</v>
-      </c>
-[...4 lines deleted...]
-        <v>1744</v>
       </c>
       <c r="F878">
         <v>10</v>
       </c>
       <c r="G878">
         <v>210</v>
       </c>
-      <c r="H878" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H878">
+        <v>14</v>
+      </c>
+      <c r="I878">
+        <v>1</v>
       </c>
     </row>
     <row r="879" spans="1:9">
       <c r="A879">
         <v>878</v>
       </c>
       <c r="B879">
         <v>10200157</v>
       </c>
       <c r="C879" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D879" t="s">
+        <v>794</v>
+      </c>
+      <c r="E879" t="s">
         <v>1745</v>
-      </c>
-[...4 lines deleted...]
-        <v>1746</v>
       </c>
       <c r="F879">
         <v>7</v>
       </c>
       <c r="G879">
         <v>141</v>
       </c>
-      <c r="H879" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H879">
+        <v>10</v>
+      </c>
+      <c r="I879">
+        <v>2</v>
       </c>
     </row>
     <row r="880" spans="1:9">
       <c r="A880">
         <v>879</v>
       </c>
       <c r="B880">
         <v>10200156</v>
       </c>
       <c r="C880" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D880" t="s">
+        <v>794</v>
+      </c>
+      <c r="E880" t="s">
         <v>1747</v>
-      </c>
-[...4 lines deleted...]
-        <v>1748</v>
       </c>
       <c r="F880">
         <v>12</v>
       </c>
       <c r="G880">
         <v>347</v>
       </c>
-      <c r="H880" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H880">
+        <v>16</v>
+      </c>
+      <c r="I880">
+        <v>3</v>
       </c>
     </row>
     <row r="881" spans="1:9">
       <c r="A881">
         <v>880</v>
       </c>
       <c r="B881">
         <v>10200155</v>
       </c>
       <c r="C881" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D881" t="s">
+        <v>794</v>
+      </c>
+      <c r="E881" t="s">
         <v>1749</v>
-      </c>
-[...4 lines deleted...]
-        <v>1750</v>
       </c>
       <c r="F881">
         <v>10</v>
       </c>
       <c r="G881">
         <v>224</v>
       </c>
-      <c r="H881" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H881">
+        <v>11</v>
+      </c>
+      <c r="I881">
+        <v>1</v>
       </c>
     </row>
     <row r="882" spans="1:9">
       <c r="A882">
         <v>881</v>
       </c>
       <c r="B882">
         <v>10200154</v>
       </c>
       <c r="C882" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D882" t="s">
+        <v>794</v>
+      </c>
+      <c r="E882" t="s">
         <v>1751</v>
-      </c>
-[...4 lines deleted...]
-        <v>1752</v>
       </c>
       <c r="F882">
         <v>8</v>
       </c>
       <c r="G882">
         <v>221</v>
       </c>
-      <c r="H882" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H882">
+        <v>10</v>
+      </c>
+      <c r="I882">
+        <v>2</v>
       </c>
     </row>
     <row r="883" spans="1:9">
       <c r="A883">
         <v>882</v>
       </c>
       <c r="B883">
         <v>10200162</v>
       </c>
       <c r="C883" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D883" t="s">
+        <v>794</v>
+      </c>
+      <c r="E883" t="s">
         <v>1753</v>
-      </c>
-[...4 lines deleted...]
-        <v>1754</v>
       </c>
       <c r="F883">
         <v>6</v>
       </c>
       <c r="G883">
         <v>95</v>
       </c>
-      <c r="H883" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H883">
+        <v>8</v>
+      </c>
+      <c r="I883">
+        <v>3</v>
       </c>
     </row>
     <row r="884" spans="1:9">
       <c r="A884">
         <v>883</v>
       </c>
       <c r="B884">
         <v>10215027</v>
       </c>
       <c r="C884" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D884" t="s">
+        <v>794</v>
+      </c>
+      <c r="E884" t="s">
         <v>1755</v>
-      </c>
-[...4 lines deleted...]
-        <v>1756</v>
       </c>
       <c r="F884">
         <v>14</v>
       </c>
       <c r="G884">
         <v>379</v>
       </c>
-      <c r="H884" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H884">
+        <v>19</v>
+      </c>
+      <c r="I884">
+        <v>1</v>
       </c>
     </row>
     <row r="885" spans="1:9">
       <c r="A885">
         <v>884</v>
       </c>
       <c r="B885">
         <v>10215028</v>
       </c>
       <c r="C885" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D885" t="s">
+        <v>794</v>
+      </c>
+      <c r="E885" t="s">
         <v>1757</v>
-      </c>
-[...4 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="F885">
         <v>11</v>
       </c>
       <c r="G885">
         <v>273</v>
       </c>
-      <c r="H885" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H885">
+        <v>19</v>
+      </c>
+      <c r="I885">
+        <v>2</v>
       </c>
     </row>
     <row r="886" spans="1:9">
       <c r="A886">
         <v>885</v>
       </c>
       <c r="B886">
         <v>10213437</v>
       </c>
       <c r="C886" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D886" t="s">
+        <v>794</v>
+      </c>
+      <c r="E886" t="s">
         <v>1759</v>
-      </c>
-[...4 lines deleted...]
-        <v>1760</v>
       </c>
       <c r="F886">
         <v>9</v>
       </c>
       <c r="G886">
         <v>189</v>
       </c>
-      <c r="H886" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H886">
+        <v>15</v>
+      </c>
+      <c r="I886">
+        <v>1</v>
       </c>
     </row>
     <row r="887" spans="1:9">
       <c r="A887">
         <v>886</v>
       </c>
       <c r="B887">
         <v>10215030</v>
       </c>
       <c r="C887" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D887" t="s">
+        <v>794</v>
+      </c>
+      <c r="E887" t="s">
         <v>1761</v>
-      </c>
-[...4 lines deleted...]
-        <v>1762</v>
       </c>
       <c r="F887">
         <v>16</v>
       </c>
       <c r="G887">
         <v>450</v>
       </c>
-      <c r="H887" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H887">
+        <v>22</v>
+      </c>
+      <c r="I887">
+        <v>4</v>
       </c>
     </row>
     <row r="888" spans="1:9">
       <c r="A888">
         <v>887</v>
       </c>
       <c r="B888">
         <v>10213438</v>
       </c>
       <c r="C888" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D888" t="s">
+        <v>794</v>
+      </c>
+      <c r="E888" t="s">
         <v>1763</v>
-      </c>
-[...4 lines deleted...]
-        <v>1764</v>
       </c>
       <c r="F888">
         <v>18</v>
       </c>
       <c r="G888">
         <v>459</v>
       </c>
-      <c r="H888" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H888">
+        <v>23</v>
+      </c>
+      <c r="I888">
+        <v>2</v>
       </c>
     </row>
     <row r="889" spans="1:9">
       <c r="A889">
         <v>888</v>
       </c>
       <c r="B889">
         <v>10213441</v>
       </c>
       <c r="C889" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D889" t="s">
+        <v>794</v>
+      </c>
+      <c r="E889" t="s">
         <v>1765</v>
-      </c>
-[...4 lines deleted...]
-        <v>1766</v>
       </c>
       <c r="F889">
         <v>12</v>
       </c>
       <c r="G889">
         <v>331</v>
       </c>
-      <c r="H889" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H889">
+        <v>18</v>
+      </c>
+      <c r="I889">
+        <v>4</v>
       </c>
     </row>
     <row r="890" spans="1:9">
       <c r="A890">
         <v>889</v>
       </c>
       <c r="B890">
         <v>10213442</v>
       </c>
       <c r="C890" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D890" t="s">
+        <v>794</v>
+      </c>
+      <c r="E890" t="s">
         <v>1767</v>
-      </c>
-[...4 lines deleted...]
-        <v>1768</v>
       </c>
       <c r="F890">
         <v>9</v>
       </c>
       <c r="G890">
         <v>215</v>
       </c>
-      <c r="H890" t="s">
+      <c r="H890">
         <v>12</v>
       </c>
-      <c r="I890" t="s">
-        <v>12</v>
+      <c r="I890">
+        <v>2</v>
       </c>
     </row>
     <row r="891" spans="1:9">
       <c r="A891">
         <v>890</v>
       </c>
       <c r="B891">
         <v>10213443</v>
       </c>
       <c r="C891" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D891" t="s">
+        <v>794</v>
+      </c>
+      <c r="E891" t="s">
         <v>1769</v>
-      </c>
-[...4 lines deleted...]
-        <v>1770</v>
       </c>
       <c r="F891">
         <v>12</v>
       </c>
       <c r="G891">
         <v>261</v>
       </c>
-      <c r="H891" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H891">
+        <v>17</v>
+      </c>
+      <c r="I891">
+        <v>3</v>
       </c>
     </row>
     <row r="892" spans="1:9">
       <c r="A892">
         <v>891</v>
       </c>
       <c r="B892">
         <v>10213445</v>
       </c>
       <c r="C892" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D892" t="s">
+        <v>794</v>
+      </c>
+      <c r="E892" t="s">
         <v>1771</v>
-      </c>
-[...4 lines deleted...]
-        <v>1772</v>
       </c>
       <c r="F892">
         <v>17</v>
       </c>
       <c r="G892">
         <v>410</v>
       </c>
-      <c r="H892" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H892">
+        <v>25</v>
+      </c>
+      <c r="I892">
+        <v>4</v>
       </c>
     </row>
     <row r="893" spans="1:9">
       <c r="A893">
         <v>892</v>
       </c>
       <c r="B893">
         <v>10213446</v>
       </c>
       <c r="C893" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D893" t="s">
+        <v>794</v>
+      </c>
+      <c r="E893" t="s">
         <v>1773</v>
-      </c>
-[...4 lines deleted...]
-        <v>1774</v>
       </c>
       <c r="F893">
         <v>17</v>
       </c>
       <c r="G893">
         <v>469</v>
       </c>
-      <c r="H893" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H893">
+        <v>25</v>
+      </c>
+      <c r="I893">
+        <v>3</v>
       </c>
     </row>
     <row r="894" spans="1:9">
       <c r="A894">
         <v>893</v>
       </c>
       <c r="B894">
         <v>10213447</v>
       </c>
       <c r="C894" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D894" t="s">
+        <v>794</v>
+      </c>
+      <c r="E894" t="s">
         <v>1775</v>
-      </c>
-[...4 lines deleted...]
-        <v>1776</v>
       </c>
       <c r="F894">
         <v>15</v>
       </c>
       <c r="G894">
         <v>387</v>
       </c>
-      <c r="H894" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H894">
+        <v>23</v>
+      </c>
+      <c r="I894">
+        <v>2</v>
       </c>
     </row>
     <row r="895" spans="1:9">
       <c r="A895">
         <v>894</v>
       </c>
       <c r="B895">
         <v>10215040</v>
       </c>
       <c r="C895" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D895" t="s">
+        <v>794</v>
+      </c>
+      <c r="E895" t="s">
         <v>1777</v>
-      </c>
-[...4 lines deleted...]
-        <v>1778</v>
       </c>
       <c r="F895">
         <v>16</v>
       </c>
       <c r="G895">
         <v>448</v>
       </c>
-      <c r="H895" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H895">
+        <v>21</v>
+      </c>
+      <c r="I895">
+        <v>1</v>
       </c>
     </row>
     <row r="896" spans="1:9">
       <c r="A896">
         <v>895</v>
       </c>
       <c r="B896">
         <v>10213449</v>
       </c>
       <c r="C896" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D896" t="s">
+        <v>794</v>
+      </c>
+      <c r="E896" t="s">
         <v>1779</v>
-      </c>
-[...4 lines deleted...]
-        <v>1780</v>
       </c>
       <c r="F896">
         <v>13</v>
       </c>
       <c r="G896">
         <v>382</v>
       </c>
-      <c r="H896" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H896">
+        <v>19</v>
+      </c>
+      <c r="I896">
+        <v>2</v>
       </c>
     </row>
     <row r="897" spans="1:9">
       <c r="A897">
         <v>896</v>
       </c>
       <c r="B897">
         <v>10200163</v>
       </c>
       <c r="C897" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D897" t="s">
+        <v>794</v>
+      </c>
+      <c r="E897" t="s">
         <v>1781</v>
-      </c>
-[...4 lines deleted...]
-        <v>1782</v>
       </c>
       <c r="F897">
         <v>11</v>
       </c>
       <c r="G897">
         <v>274</v>
       </c>
-      <c r="H897" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H897">
+        <v>16</v>
+      </c>
+      <c r="I897">
+        <v>3</v>
       </c>
     </row>
     <row r="898" spans="1:9">
       <c r="A898">
         <v>897</v>
       </c>
       <c r="B898">
         <v>10215042</v>
       </c>
       <c r="C898" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D898" t="s">
+        <v>794</v>
+      </c>
+      <c r="E898" t="s">
         <v>1783</v>
-      </c>
-[...4 lines deleted...]
-        <v>1784</v>
       </c>
       <c r="F898">
         <v>6</v>
       </c>
       <c r="G898">
         <v>65</v>
       </c>
-      <c r="H898" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H898">
+        <v>10</v>
+      </c>
+      <c r="I898">
+        <v>1</v>
       </c>
     </row>
     <row r="899" spans="1:9">
       <c r="A899">
         <v>898</v>
       </c>
       <c r="B899">
         <v>10217386</v>
       </c>
       <c r="C899" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D899" t="s">
+        <v>794</v>
+      </c>
+      <c r="E899" t="s">
         <v>1785</v>
-      </c>
-[...4 lines deleted...]
-        <v>1786</v>
       </c>
       <c r="F899">
         <v>6</v>
       </c>
       <c r="G899">
         <v>63</v>
       </c>
-      <c r="H899" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H899">
+        <v>10</v>
+      </c>
+      <c r="I899">
+        <v>0</v>
       </c>
     </row>
     <row r="900" spans="1:9">
       <c r="A900">
         <v>899</v>
       </c>
       <c r="B900">
         <v>10213462</v>
       </c>
       <c r="C900" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D900" t="s">
+        <v>794</v>
+      </c>
+      <c r="E900" t="s">
         <v>1787</v>
-      </c>
-[...4 lines deleted...]
-        <v>1788</v>
       </c>
       <c r="F900">
         <v>6</v>
       </c>
       <c r="G900">
         <v>128</v>
       </c>
-      <c r="H900" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H900">
+        <v>13</v>
+      </c>
+      <c r="I900">
+        <v>1</v>
       </c>
     </row>
     <row r="901" spans="1:9">
       <c r="A901">
         <v>900</v>
       </c>
       <c r="B901">
         <v>10200169</v>
       </c>
       <c r="C901" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D901" t="s">
+        <v>794</v>
+      </c>
+      <c r="E901" t="s">
         <v>1789</v>
-      </c>
-[...4 lines deleted...]
-        <v>1790</v>
       </c>
       <c r="F901">
         <v>12</v>
       </c>
       <c r="G901">
         <v>249</v>
       </c>
-      <c r="H901" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H901">
+        <v>18</v>
+      </c>
+      <c r="I901">
+        <v>3</v>
       </c>
     </row>
     <row r="902" spans="1:9">
       <c r="A902">
         <v>901</v>
       </c>
       <c r="B902">
         <v>10200168</v>
       </c>
       <c r="C902" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D902" t="s">
+        <v>794</v>
+      </c>
+      <c r="E902" t="s">
         <v>1791</v>
-      </c>
-[...4 lines deleted...]
-        <v>1792</v>
       </c>
       <c r="F902">
         <v>6</v>
       </c>
       <c r="G902">
         <v>91</v>
       </c>
-      <c r="H902" t="s">
+      <c r="H902">
         <v>12</v>
       </c>
-      <c r="I902" t="s">
-        <v>12</v>
+      <c r="I902">
+        <v>2</v>
       </c>
     </row>
     <row r="903" spans="1:9">
       <c r="A903">
         <v>902</v>
       </c>
       <c r="B903">
         <v>10200166</v>
       </c>
       <c r="C903" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D903" t="s">
+        <v>794</v>
+      </c>
+      <c r="E903" t="s">
         <v>1793</v>
-      </c>
-[...4 lines deleted...]
-        <v>1794</v>
       </c>
       <c r="F903">
         <v>6</v>
       </c>
       <c r="G903">
         <v>89</v>
       </c>
-      <c r="H903" t="s">
+      <c r="H903">
         <v>12</v>
       </c>
-      <c r="I903" t="s">
-        <v>12</v>
+      <c r="I903">
+        <v>1</v>
       </c>
     </row>
     <row r="904" spans="1:9">
       <c r="A904">
         <v>903</v>
       </c>
       <c r="B904">
         <v>10200165</v>
       </c>
       <c r="C904" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D904" t="s">
+        <v>794</v>
+      </c>
+      <c r="E904" t="s">
         <v>1795</v>
-      </c>
-[...4 lines deleted...]
-        <v>1796</v>
       </c>
       <c r="F904">
         <v>12</v>
       </c>
       <c r="G904">
         <v>275</v>
       </c>
-      <c r="H904" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H904">
+        <v>18</v>
+      </c>
+      <c r="I904">
+        <v>2</v>
       </c>
     </row>
     <row r="905" spans="1:9">
       <c r="A905">
         <v>904</v>
       </c>
       <c r="B905">
         <v>10200164</v>
       </c>
       <c r="C905" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D905" t="s">
+        <v>794</v>
+      </c>
+      <c r="E905" t="s">
         <v>1797</v>
-      </c>
-[...4 lines deleted...]
-        <v>1798</v>
       </c>
       <c r="F905">
         <v>12</v>
       </c>
       <c r="G905">
         <v>269</v>
       </c>
-      <c r="H905" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H905">
+        <v>19</v>
+      </c>
+      <c r="I905">
+        <v>3</v>
       </c>
     </row>
     <row r="906" spans="1:9">
       <c r="A906">
         <v>905</v>
       </c>
       <c r="B906">
         <v>10215045</v>
       </c>
       <c r="C906" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D906" t="s">
+        <v>794</v>
+      </c>
+      <c r="E906" t="s">
         <v>1799</v>
-      </c>
-[...4 lines deleted...]
-        <v>1800</v>
       </c>
       <c r="F906">
         <v>8</v>
       </c>
       <c r="G906">
         <v>181</v>
       </c>
-      <c r="H906" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H906">
+        <v>11</v>
+      </c>
+      <c r="I906">
+        <v>1</v>
       </c>
     </row>
     <row r="907" spans="1:9">
       <c r="A907">
         <v>906</v>
       </c>
       <c r="B907">
         <v>10215046</v>
       </c>
       <c r="C907" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D907" t="s">
+        <v>794</v>
+      </c>
+      <c r="E907" t="s">
         <v>1801</v>
-      </c>
-[...4 lines deleted...]
-        <v>1802</v>
       </c>
       <c r="F907">
         <v>12</v>
       </c>
       <c r="G907">
         <v>288</v>
       </c>
-      <c r="H907" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H907">
+        <v>18</v>
+      </c>
+      <c r="I907">
+        <v>1</v>
       </c>
     </row>
     <row r="908" spans="1:9">
       <c r="A908">
         <v>907</v>
       </c>
       <c r="B908">
         <v>10200153</v>
       </c>
       <c r="C908" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D908" t="s">
+        <v>794</v>
+      </c>
+      <c r="E908" t="s">
         <v>1803</v>
-      </c>
-[...4 lines deleted...]
-        <v>1804</v>
       </c>
       <c r="F908">
         <v>6</v>
       </c>
       <c r="G908">
         <v>160</v>
       </c>
-      <c r="H908" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H908">
+        <v>8</v>
+      </c>
+      <c r="I908">
+        <v>4</v>
       </c>
     </row>
     <row r="909" spans="1:9">
       <c r="A909">
         <v>908</v>
       </c>
       <c r="B909">
         <v>10200279</v>
       </c>
       <c r="C909" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D909" t="s">
+        <v>794</v>
+      </c>
+      <c r="E909" t="s">
         <v>1805</v>
-      </c>
-[...4 lines deleted...]
-        <v>1806</v>
       </c>
       <c r="F909">
         <v>6</v>
       </c>
       <c r="G909">
         <v>137</v>
       </c>
-      <c r="H909" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H909">
+        <v>9</v>
+      </c>
+      <c r="I909">
+        <v>2</v>
       </c>
     </row>
     <row r="910" spans="1:9">
       <c r="A910">
         <v>909</v>
       </c>
       <c r="B910">
         <v>10200405</v>
       </c>
       <c r="C910" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D910" t="s">
+        <v>794</v>
+      </c>
+      <c r="E910" t="s">
         <v>1807</v>
-      </c>
-[...4 lines deleted...]
-        <v>1808</v>
       </c>
       <c r="F910">
         <v>12</v>
       </c>
       <c r="G910">
         <v>379</v>
       </c>
-      <c r="H910" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H910">
+        <v>18</v>
+      </c>
+      <c r="I910">
+        <v>1</v>
       </c>
     </row>
     <row r="911" spans="1:9">
       <c r="A911">
         <v>910</v>
       </c>
       <c r="B911">
         <v>10215047</v>
       </c>
       <c r="C911" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D911" t="s">
+        <v>794</v>
+      </c>
+      <c r="E911" t="s">
         <v>1809</v>
-      </c>
-[...4 lines deleted...]
-        <v>1810</v>
       </c>
       <c r="F911">
         <v>6</v>
       </c>
       <c r="G911">
         <v>50</v>
       </c>
-      <c r="H911" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H911">
+        <v>10</v>
+      </c>
+      <c r="I911">
+        <v>1</v>
       </c>
     </row>
     <row r="912" spans="1:9">
       <c r="A912">
         <v>911</v>
       </c>
       <c r="B912">
         <v>10215048</v>
       </c>
       <c r="C912" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D912" t="s">
+        <v>794</v>
+      </c>
+      <c r="E912" t="s">
         <v>1811</v>
-      </c>
-[...4 lines deleted...]
-        <v>1812</v>
       </c>
       <c r="F912">
         <v>11</v>
       </c>
       <c r="G912">
         <v>248</v>
       </c>
-      <c r="H912" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H912">
+        <v>15</v>
+      </c>
+      <c r="I912">
+        <v>1</v>
       </c>
     </row>
     <row r="913" spans="1:9">
       <c r="A913">
         <v>912</v>
       </c>
       <c r="B913">
         <v>10215049</v>
       </c>
       <c r="C913" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D913" t="s">
+        <v>794</v>
+      </c>
+      <c r="E913" t="s">
         <v>1813</v>
-      </c>
-[...4 lines deleted...]
-        <v>1814</v>
       </c>
       <c r="F913">
         <v>6</v>
       </c>
       <c r="G913">
         <v>64</v>
       </c>
-      <c r="H913" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H913">
+        <v>8</v>
+      </c>
+      <c r="I913">
+        <v>1</v>
       </c>
     </row>
     <row r="914" spans="1:9">
       <c r="A914">
         <v>913</v>
       </c>
       <c r="B914">
         <v>10215050</v>
       </c>
       <c r="C914" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D914" t="s">
+        <v>794</v>
+      </c>
+      <c r="E914" t="s">
         <v>1815</v>
-      </c>
-[...4 lines deleted...]
-        <v>1816</v>
       </c>
       <c r="F914">
         <v>6</v>
       </c>
       <c r="G914">
         <v>95</v>
       </c>
-      <c r="H914" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H914">
+        <v>10</v>
+      </c>
+      <c r="I914">
+        <v>1</v>
       </c>
     </row>
     <row r="915" spans="1:9">
       <c r="A915">
         <v>914</v>
       </c>
       <c r="B915">
         <v>10215051</v>
       </c>
       <c r="C915" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D915" t="s">
+        <v>794</v>
+      </c>
+      <c r="E915" t="s">
         <v>1817</v>
-      </c>
-[...4 lines deleted...]
-        <v>1818</v>
       </c>
       <c r="F915">
         <v>9</v>
       </c>
       <c r="G915">
         <v>219</v>
       </c>
-      <c r="H915" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H915">
+        <v>13</v>
+      </c>
+      <c r="I915">
+        <v>1</v>
       </c>
     </row>
     <row r="916" spans="1:9">
       <c r="A916">
         <v>915</v>
       </c>
       <c r="B916">
         <v>10215052</v>
       </c>
       <c r="C916" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D916" t="s">
+        <v>794</v>
+      </c>
+      <c r="E916" t="s">
         <v>1819</v>
-      </c>
-[...4 lines deleted...]
-        <v>1820</v>
       </c>
       <c r="F916">
         <v>6</v>
       </c>
       <c r="G916">
         <v>141</v>
       </c>
-      <c r="H916" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H916">
+        <v>11</v>
+      </c>
+      <c r="I916">
+        <v>2</v>
       </c>
     </row>
     <row r="917" spans="1:9">
       <c r="A917">
         <v>916</v>
       </c>
       <c r="B917">
         <v>10213467</v>
       </c>
       <c r="C917" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D917" t="s">
+        <v>794</v>
+      </c>
+      <c r="E917" t="s">
         <v>1821</v>
-      </c>
-[...4 lines deleted...]
-        <v>1822</v>
       </c>
       <c r="F917">
         <v>6</v>
       </c>
       <c r="G917">
         <v>55</v>
       </c>
-      <c r="H917" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H917">
+        <v>8</v>
+      </c>
+      <c r="I917">
+        <v>1</v>
       </c>
     </row>
     <row r="918" spans="1:9">
       <c r="A918">
         <v>917</v>
       </c>
       <c r="B918">
         <v>10213468</v>
       </c>
       <c r="C918" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D918" t="s">
+        <v>794</v>
+      </c>
+      <c r="E918" t="s">
         <v>1823</v>
-      </c>
-[...4 lines deleted...]
-        <v>1824</v>
       </c>
       <c r="F918">
         <v>6</v>
       </c>
       <c r="G918">
         <v>43</v>
       </c>
-      <c r="H918" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H918">
+        <v>9</v>
+      </c>
+      <c r="I918">
+        <v>1</v>
       </c>
     </row>
     <row r="919" spans="1:9">
       <c r="A919">
         <v>918</v>
       </c>
       <c r="B919">
         <v>10215054</v>
       </c>
       <c r="C919" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D919" t="s">
+        <v>794</v>
+      </c>
+      <c r="E919" t="s">
         <v>1825</v>
-      </c>
-[...4 lines deleted...]
-        <v>1826</v>
       </c>
       <c r="F919">
         <v>6</v>
       </c>
       <c r="G919">
         <v>63</v>
       </c>
-      <c r="H919" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H919">
+        <v>11</v>
+      </c>
+      <c r="I919">
+        <v>3</v>
       </c>
     </row>
     <row r="920" spans="1:9">
       <c r="A920">
         <v>919</v>
       </c>
       <c r="B920">
         <v>10213470</v>
       </c>
       <c r="C920" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D920" t="s">
+        <v>794</v>
+      </c>
+      <c r="E920" t="s">
         <v>1827</v>
-      </c>
-[...4 lines deleted...]
-        <v>1828</v>
       </c>
       <c r="F920">
         <v>10</v>
       </c>
       <c r="G920">
         <v>215</v>
       </c>
-      <c r="H920" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H920">
+        <v>15</v>
+      </c>
+      <c r="I920">
+        <v>2</v>
       </c>
     </row>
     <row r="921" spans="1:9">
       <c r="A921">
         <v>920</v>
       </c>
       <c r="B921">
         <v>10213472</v>
       </c>
       <c r="C921" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D921" t="s">
+        <v>794</v>
+      </c>
+      <c r="E921" t="s">
         <v>1829</v>
-      </c>
-[...4 lines deleted...]
-        <v>1830</v>
       </c>
       <c r="F921">
         <v>10</v>
       </c>
       <c r="G921">
         <v>210</v>
       </c>
-      <c r="H921" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H921">
+        <v>17</v>
+      </c>
+      <c r="I921">
+        <v>2</v>
       </c>
     </row>
     <row r="922" spans="1:9">
       <c r="A922">
         <v>921</v>
       </c>
       <c r="B922">
         <v>10200390</v>
       </c>
       <c r="C922" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D922" t="s">
+        <v>794</v>
+      </c>
+      <c r="E922" t="s">
         <v>1831</v>
-      </c>
-[...4 lines deleted...]
-        <v>1832</v>
       </c>
       <c r="F922">
         <v>6</v>
       </c>
       <c r="G922">
         <v>112</v>
       </c>
-      <c r="H922" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H922">
+        <v>9</v>
+      </c>
+      <c r="I922">
+        <v>1</v>
       </c>
     </row>
     <row r="923" spans="1:9">
       <c r="A923">
         <v>922</v>
       </c>
       <c r="B923">
         <v>10200389</v>
       </c>
       <c r="C923" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D923" t="s">
+        <v>794</v>
+      </c>
+      <c r="E923" t="s">
         <v>1833</v>
-      </c>
-[...4 lines deleted...]
-        <v>1834</v>
       </c>
       <c r="F923">
         <v>6</v>
       </c>
       <c r="G923">
         <v>154</v>
       </c>
-      <c r="H923" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H923">
+        <v>9</v>
+      </c>
+      <c r="I923">
+        <v>2</v>
       </c>
     </row>
     <row r="924" spans="1:9">
       <c r="A924">
         <v>923</v>
       </c>
       <c r="B924">
         <v>10213475</v>
       </c>
       <c r="C924" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D924" t="s">
+        <v>794</v>
+      </c>
+      <c r="E924" t="s">
         <v>1835</v>
-      </c>
-[...4 lines deleted...]
-        <v>1836</v>
       </c>
       <c r="F924">
         <v>14</v>
       </c>
       <c r="G924">
         <v>326</v>
       </c>
-      <c r="H924" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H924">
+        <v>18</v>
+      </c>
+      <c r="I924">
+        <v>1</v>
       </c>
     </row>
     <row r="925" spans="1:9">
       <c r="A925">
         <v>924</v>
       </c>
       <c r="B925">
         <v>10213476</v>
       </c>
       <c r="C925" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D925" t="s">
+        <v>794</v>
+      </c>
+      <c r="E925" t="s">
         <v>1837</v>
-      </c>
-[...4 lines deleted...]
-        <v>1838</v>
       </c>
       <c r="F925">
         <v>6</v>
       </c>
       <c r="G925">
         <v>75</v>
       </c>
-      <c r="H925" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H925">
+        <v>10</v>
+      </c>
+      <c r="I925">
+        <v>2</v>
       </c>
     </row>
     <row r="926" spans="1:9">
       <c r="A926">
         <v>925</v>
       </c>
       <c r="B926">
         <v>10213477</v>
       </c>
       <c r="C926" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D926" t="s">
+        <v>794</v>
+      </c>
+      <c r="E926" t="s">
         <v>1839</v>
-      </c>
-[...4 lines deleted...]
-        <v>1840</v>
       </c>
       <c r="F926">
         <v>12</v>
       </c>
       <c r="G926">
         <v>313</v>
       </c>
-      <c r="H926" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H926">
+        <v>17</v>
+      </c>
+      <c r="I926">
+        <v>2</v>
       </c>
     </row>
     <row r="927" spans="1:9">
       <c r="A927">
         <v>926</v>
       </c>
       <c r="B927">
         <v>10213478</v>
       </c>
       <c r="C927" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D927" t="s">
+        <v>794</v>
+      </c>
+      <c r="E927" t="s">
         <v>1841</v>
-      </c>
-[...4 lines deleted...]
-        <v>1842</v>
       </c>
       <c r="F927">
         <v>17</v>
       </c>
       <c r="G927">
         <v>364</v>
       </c>
-      <c r="H927" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H927">
+        <v>23</v>
+      </c>
+      <c r="I927">
+        <v>2</v>
       </c>
     </row>
     <row r="928" spans="1:9">
       <c r="A928">
         <v>927</v>
       </c>
       <c r="B928">
         <v>10213479</v>
       </c>
       <c r="C928" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D928" t="s">
+        <v>794</v>
+      </c>
+      <c r="E928" t="s">
         <v>1843</v>
-      </c>
-[...4 lines deleted...]
-        <v>1844</v>
       </c>
       <c r="F928">
         <v>12</v>
       </c>
       <c r="G928">
         <v>290</v>
       </c>
-      <c r="H928" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H928">
+        <v>18</v>
+      </c>
+      <c r="I928">
+        <v>2</v>
       </c>
     </row>
     <row r="929" spans="1:9">
       <c r="A929">
         <v>928</v>
       </c>
       <c r="B929">
         <v>10213480</v>
       </c>
       <c r="C929" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D929" t="s">
+        <v>794</v>
+      </c>
+      <c r="E929" t="s">
         <v>1845</v>
-      </c>
-[...4 lines deleted...]
-        <v>1846</v>
       </c>
       <c r="F929">
         <v>6</v>
       </c>
       <c r="G929">
         <v>65</v>
       </c>
-      <c r="H929" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H929">
+        <v>7</v>
+      </c>
+      <c r="I929">
+        <v>1</v>
       </c>
     </row>
     <row r="930" spans="1:9">
       <c r="A930">
         <v>929</v>
       </c>
       <c r="B930">
         <v>10213481</v>
       </c>
       <c r="C930" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D930" t="s">
+        <v>794</v>
+      </c>
+      <c r="E930" t="s">
         <v>1847</v>
-      </c>
-[...4 lines deleted...]
-        <v>1848</v>
       </c>
       <c r="F930">
         <v>12</v>
       </c>
       <c r="G930">
         <v>278</v>
       </c>
-      <c r="H930" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H930">
+        <v>18</v>
+      </c>
+      <c r="I930">
+        <v>1</v>
       </c>
     </row>
     <row r="931" spans="1:9">
       <c r="A931">
         <v>930</v>
       </c>
       <c r="B931">
         <v>10213482</v>
       </c>
       <c r="C931" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D931" t="s">
+        <v>794</v>
+      </c>
+      <c r="E931" t="s">
         <v>1849</v>
-      </c>
-[...4 lines deleted...]
-        <v>1850</v>
       </c>
       <c r="F931">
         <v>11</v>
       </c>
       <c r="G931">
         <v>300</v>
       </c>
-      <c r="H931" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H931">
+        <v>16</v>
+      </c>
+      <c r="I931">
+        <v>4</v>
       </c>
     </row>
     <row r="932" spans="1:9">
       <c r="A932">
         <v>931</v>
       </c>
       <c r="B932">
         <v>10213483</v>
       </c>
       <c r="C932" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D932" t="s">
+        <v>794</v>
+      </c>
+      <c r="E932" t="s">
         <v>1851</v>
-      </c>
-[...4 lines deleted...]
-        <v>1852</v>
       </c>
       <c r="F932">
         <v>13</v>
       </c>
       <c r="G932">
         <v>364</v>
       </c>
-      <c r="H932" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H932">
+        <v>19</v>
+      </c>
+      <c r="I932">
+        <v>4</v>
       </c>
     </row>
     <row r="933" spans="1:9">
       <c r="A933">
         <v>932</v>
       </c>
       <c r="B933">
         <v>10213484</v>
       </c>
       <c r="C933" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D933" t="s">
+        <v>794</v>
+      </c>
+      <c r="E933" t="s">
         <v>1853</v>
-      </c>
-[...4 lines deleted...]
-        <v>1854</v>
       </c>
       <c r="F933">
         <v>15</v>
       </c>
       <c r="G933">
         <v>415</v>
       </c>
-      <c r="H933" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H933">
+        <v>22</v>
+      </c>
+      <c r="I933">
+        <v>1</v>
       </c>
     </row>
     <row r="934" spans="1:9">
       <c r="A934">
         <v>933</v>
       </c>
       <c r="B934">
         <v>10215066</v>
       </c>
       <c r="C934" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D934" t="s">
+        <v>794</v>
+      </c>
+      <c r="E934" t="s">
         <v>1855</v>
-      </c>
-[...4 lines deleted...]
-        <v>1856</v>
       </c>
       <c r="F934">
         <v>6</v>
       </c>
       <c r="G934">
         <v>86</v>
       </c>
-      <c r="H934" t="s">
+      <c r="H934">
         <v>12</v>
       </c>
-      <c r="I934" t="s">
-        <v>12</v>
+      <c r="I934">
+        <v>2</v>
       </c>
     </row>
     <row r="935" spans="1:9">
       <c r="A935">
         <v>934</v>
       </c>
       <c r="B935">
         <v>10215067</v>
       </c>
       <c r="C935" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D935" t="s">
+        <v>794</v>
+      </c>
+      <c r="E935" t="s">
         <v>1857</v>
-      </c>
-[...4 lines deleted...]
-        <v>1858</v>
       </c>
       <c r="F935">
         <v>6</v>
       </c>
       <c r="G935">
         <v>123</v>
       </c>
-      <c r="H935" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H935">
+        <v>11</v>
+      </c>
+      <c r="I935">
+        <v>1</v>
       </c>
     </row>
     <row r="936" spans="1:9">
       <c r="A936">
         <v>935</v>
       </c>
       <c r="B936">
         <v>10215068</v>
       </c>
       <c r="C936" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D936" t="s">
+        <v>794</v>
+      </c>
+      <c r="E936" t="s">
         <v>1859</v>
-      </c>
-[...4 lines deleted...]
-        <v>1860</v>
       </c>
       <c r="F936">
         <v>6</v>
       </c>
       <c r="G936">
         <v>69</v>
       </c>
-      <c r="H936" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H936">
+        <v>9</v>
+      </c>
+      <c r="I936">
+        <v>1</v>
       </c>
     </row>
     <row r="937" spans="1:9">
       <c r="A937">
         <v>936</v>
       </c>
       <c r="B937">
         <v>10215069</v>
       </c>
       <c r="C937" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D937" t="s">
+        <v>794</v>
+      </c>
+      <c r="E937" t="s">
         <v>1861</v>
-      </c>
-[...4 lines deleted...]
-        <v>1862</v>
       </c>
       <c r="F937">
         <v>6</v>
       </c>
       <c r="G937">
         <v>62</v>
       </c>
-      <c r="H937" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H937">
+        <v>10</v>
+      </c>
+      <c r="I937">
+        <v>2</v>
       </c>
     </row>
     <row r="938" spans="1:9">
       <c r="A938">
         <v>937</v>
       </c>
       <c r="B938">
         <v>10215070</v>
       </c>
       <c r="C938" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D938" t="s">
+        <v>794</v>
+      </c>
+      <c r="E938" t="s">
         <v>1863</v>
-      </c>
-[...4 lines deleted...]
-        <v>1864</v>
       </c>
       <c r="F938">
         <v>6</v>
       </c>
       <c r="G938">
         <v>55</v>
       </c>
-      <c r="H938" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H938">
+        <v>9</v>
+      </c>
+      <c r="I938">
+        <v>2</v>
       </c>
     </row>
     <row r="939" spans="1:9">
       <c r="A939">
         <v>938</v>
       </c>
       <c r="B939">
         <v>10200387</v>
       </c>
       <c r="C939" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D939" t="s">
+        <v>794</v>
+      </c>
+      <c r="E939" t="s">
         <v>1865</v>
-      </c>
-[...4 lines deleted...]
-        <v>1866</v>
       </c>
       <c r="F939">
         <v>6</v>
       </c>
       <c r="G939">
         <v>51</v>
       </c>
-      <c r="H939" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H939">
+        <v>9</v>
+      </c>
+      <c r="I939">
+        <v>2</v>
       </c>
     </row>
     <row r="940" spans="1:9">
       <c r="A940">
         <v>939</v>
       </c>
       <c r="B940">
         <v>10200395</v>
       </c>
       <c r="C940" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D940" t="s">
+        <v>794</v>
+      </c>
+      <c r="E940" t="s">
         <v>1867</v>
-      </c>
-[...4 lines deleted...]
-        <v>1868</v>
       </c>
       <c r="F940">
         <v>6</v>
       </c>
       <c r="G940">
         <v>76</v>
       </c>
-      <c r="H940" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H940">
+        <v>13</v>
+      </c>
+      <c r="I940">
+        <v>1</v>
       </c>
     </row>
     <row r="941" spans="1:9">
       <c r="A941">
         <v>940</v>
       </c>
       <c r="B941">
         <v>10212646</v>
       </c>
       <c r="C941" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D941" t="s">
+        <v>794</v>
+      </c>
+      <c r="E941" t="s">
         <v>1869</v>
-      </c>
-[...4 lines deleted...]
-        <v>1870</v>
       </c>
       <c r="F941">
         <v>6</v>
       </c>
       <c r="G941">
         <v>44</v>
       </c>
-      <c r="H941" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H941">
+        <v>11</v>
+      </c>
+      <c r="I941">
+        <v>1</v>
       </c>
     </row>
     <row r="942" spans="1:9">
       <c r="A942">
         <v>941</v>
       </c>
       <c r="B942">
         <v>10200396</v>
       </c>
       <c r="C942" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D942" t="s">
+        <v>794</v>
+      </c>
+      <c r="E942" t="s">
         <v>1871</v>
-      </c>
-[...4 lines deleted...]
-        <v>1872</v>
       </c>
       <c r="F942">
         <v>10</v>
       </c>
       <c r="G942">
         <v>218</v>
       </c>
-      <c r="H942" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H942">
+        <v>15</v>
+      </c>
+      <c r="I942">
+        <v>2</v>
       </c>
     </row>
     <row r="943" spans="1:9">
       <c r="A943">
         <v>942</v>
       </c>
       <c r="B943">
         <v>10200404</v>
       </c>
       <c r="C943" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D943" t="s">
+        <v>794</v>
+      </c>
+      <c r="E943" t="s">
         <v>1873</v>
-      </c>
-[...4 lines deleted...]
-        <v>1874</v>
       </c>
       <c r="F943">
         <v>7</v>
       </c>
       <c r="G943">
         <v>167</v>
       </c>
-      <c r="H943" t="s">
+      <c r="H943">
         <v>12</v>
       </c>
-      <c r="I943" t="s">
-        <v>12</v>
+      <c r="I943">
+        <v>3</v>
       </c>
     </row>
     <row r="944" spans="1:9">
       <c r="A944">
         <v>943</v>
       </c>
       <c r="B944">
         <v>10215073</v>
       </c>
       <c r="C944" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D944" t="s">
+        <v>794</v>
+      </c>
+      <c r="E944" t="s">
         <v>1875</v>
-      </c>
-[...4 lines deleted...]
-        <v>1876</v>
       </c>
       <c r="F944">
         <v>12</v>
       </c>
       <c r="G944">
         <v>308</v>
       </c>
-      <c r="H944" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H944">
+        <v>17</v>
+      </c>
+      <c r="I944">
+        <v>0</v>
       </c>
     </row>
     <row r="945" spans="1:9">
       <c r="A945">
         <v>944</v>
       </c>
       <c r="B945">
         <v>10215074</v>
       </c>
       <c r="C945" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D945" t="s">
+        <v>794</v>
+      </c>
+      <c r="E945" t="s">
         <v>1877</v>
-      </c>
-[...4 lines deleted...]
-        <v>1878</v>
       </c>
       <c r="F945">
         <v>12</v>
       </c>
       <c r="G945">
         <v>368</v>
       </c>
-      <c r="H945" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H945">
+        <v>18</v>
+      </c>
+      <c r="I945">
+        <v>2</v>
       </c>
     </row>
     <row r="946" spans="1:9">
       <c r="A946">
         <v>945</v>
       </c>
       <c r="B946">
         <v>10200403</v>
       </c>
       <c r="C946" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D946" t="s">
+        <v>794</v>
+      </c>
+      <c r="E946" t="s">
         <v>1879</v>
-      </c>
-[...4 lines deleted...]
-        <v>1880</v>
       </c>
       <c r="F946">
         <v>6</v>
       </c>
       <c r="G946">
         <v>100</v>
       </c>
-      <c r="H946" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H946">
+        <v>10</v>
+      </c>
+      <c r="I946">
+        <v>2</v>
       </c>
     </row>
     <row r="947" spans="1:9">
       <c r="A947">
         <v>946</v>
       </c>
       <c r="B947">
         <v>10200402</v>
       </c>
       <c r="C947" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="D947" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="E947" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="F947">
         <v>6</v>
       </c>
       <c r="G947">
         <v>86</v>
       </c>
-      <c r="H947" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H947">
+        <v>9</v>
+      </c>
+      <c r="I947">
+        <v>1</v>
       </c>
     </row>
     <row r="948" spans="1:9">
       <c r="A948">
         <v>947</v>
       </c>
       <c r="B948">
         <v>10200401</v>
       </c>
       <c r="C948" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D948" t="s">
+        <v>794</v>
+      </c>
+      <c r="E948" t="s">
         <v>1882</v>
-      </c>
-[...4 lines deleted...]
-        <v>1883</v>
       </c>
       <c r="F948">
         <v>6</v>
       </c>
       <c r="G948">
         <v>70</v>
       </c>
-      <c r="H948" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H948">
+        <v>9</v>
+      </c>
+      <c r="I948">
+        <v>1</v>
       </c>
     </row>
     <row r="949" spans="1:9">
       <c r="A949">
         <v>948</v>
       </c>
       <c r="B949">
         <v>10215077</v>
       </c>
       <c r="C949" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D949" t="s">
+        <v>794</v>
+      </c>
+      <c r="E949" t="s">
         <v>1884</v>
-      </c>
-[...4 lines deleted...]
-        <v>1885</v>
       </c>
       <c r="F949">
         <v>8</v>
       </c>
       <c r="G949">
         <v>244</v>
       </c>
-      <c r="H949" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H949">
+        <v>11</v>
+      </c>
+      <c r="I949">
+        <v>1</v>
       </c>
     </row>
     <row r="950" spans="1:9">
       <c r="A950">
         <v>949</v>
       </c>
       <c r="B950">
         <v>10215078</v>
       </c>
       <c r="C950" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D950" t="s">
+        <v>794</v>
+      </c>
+      <c r="E950" t="s">
         <v>1886</v>
-      </c>
-[...4 lines deleted...]
-        <v>1887</v>
       </c>
       <c r="F950">
         <v>6</v>
       </c>
       <c r="G950">
         <v>33</v>
       </c>
-      <c r="H950" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H950">
+        <v>8</v>
+      </c>
+      <c r="I950">
+        <v>1</v>
       </c>
     </row>
     <row r="951" spans="1:9">
       <c r="A951">
         <v>950</v>
       </c>
       <c r="B951">
         <v>10213488</v>
       </c>
       <c r="C951" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D951" t="s">
+        <v>794</v>
+      </c>
+      <c r="E951" t="s">
         <v>1888</v>
-      </c>
-[...4 lines deleted...]
-        <v>1889</v>
       </c>
       <c r="F951">
         <v>6</v>
       </c>
       <c r="G951">
         <v>87</v>
       </c>
-      <c r="H951" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H951">
+        <v>10</v>
+      </c>
+      <c r="I951">
+        <v>2</v>
       </c>
     </row>
     <row r="952" spans="1:9">
       <c r="A952">
         <v>951</v>
       </c>
       <c r="B952">
         <v>10200400</v>
       </c>
       <c r="C952" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D952" t="s">
+        <v>794</v>
+      </c>
+      <c r="E952" t="s">
         <v>1890</v>
-      </c>
-[...4 lines deleted...]
-        <v>1891</v>
       </c>
       <c r="F952">
         <v>6</v>
       </c>
       <c r="G952">
         <v>73</v>
       </c>
-      <c r="H952" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H952">
+        <v>9</v>
+      </c>
+      <c r="I952">
+        <v>3</v>
       </c>
     </row>
     <row r="953" spans="1:9">
       <c r="A953">
         <v>952</v>
       </c>
       <c r="B953">
         <v>10215080</v>
       </c>
       <c r="C953" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D953" t="s">
+        <v>794</v>
+      </c>
+      <c r="E953" t="s">
         <v>1892</v>
-      </c>
-[...4 lines deleted...]
-        <v>1893</v>
       </c>
       <c r="F953">
         <v>6</v>
       </c>
       <c r="G953">
         <v>24</v>
       </c>
-      <c r="H953" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H953">
+        <v>10</v>
+      </c>
+      <c r="I953">
+        <v>3</v>
       </c>
     </row>
     <row r="954" spans="1:9">
       <c r="A954">
         <v>953</v>
       </c>
       <c r="B954">
         <v>10200398</v>
       </c>
       <c r="C954" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D954" t="s">
+        <v>794</v>
+      </c>
+      <c r="E954" t="s">
         <v>1894</v>
-      </c>
-[...4 lines deleted...]
-        <v>1895</v>
       </c>
       <c r="F954">
         <v>6</v>
       </c>
       <c r="G954">
         <v>53</v>
       </c>
-      <c r="H954" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H954">
+        <v>9</v>
+      </c>
+      <c r="I954">
+        <v>1</v>
       </c>
     </row>
     <row r="955" spans="1:9">
       <c r="A955">
         <v>954</v>
       </c>
       <c r="B955">
         <v>10200397</v>
       </c>
       <c r="C955" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D955" t="s">
+        <v>794</v>
+      </c>
+      <c r="E955" t="s">
         <v>1896</v>
-      </c>
-[...4 lines deleted...]
-        <v>1897</v>
       </c>
       <c r="F955">
         <v>6</v>
       </c>
       <c r="G955">
         <v>39</v>
       </c>
-      <c r="H955" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H955">
+        <v>10</v>
+      </c>
+      <c r="I955">
+        <v>2</v>
       </c>
     </row>
     <row r="956" spans="1:9">
       <c r="A956">
         <v>955</v>
       </c>
       <c r="B956">
         <v>10200386</v>
       </c>
       <c r="C956" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D956" t="s">
+        <v>794</v>
+      </c>
+      <c r="E956" t="s">
         <v>1898</v>
-      </c>
-[...4 lines deleted...]
-        <v>1899</v>
       </c>
       <c r="F956">
         <v>6</v>
       </c>
       <c r="G956">
         <v>45</v>
       </c>
-      <c r="H956" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H956">
+        <v>8</v>
+      </c>
+      <c r="I956">
+        <v>3</v>
       </c>
     </row>
     <row r="957" spans="1:9">
       <c r="A957">
         <v>956</v>
       </c>
       <c r="B957">
         <v>10213495</v>
       </c>
       <c r="C957" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D957" t="s">
+        <v>794</v>
+      </c>
+      <c r="E957" t="s">
         <v>1900</v>
-      </c>
-[...4 lines deleted...]
-        <v>1901</v>
       </c>
       <c r="F957">
         <v>6</v>
       </c>
       <c r="G957">
         <v>84</v>
       </c>
-      <c r="H957" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H957">
+        <v>8</v>
+      </c>
+      <c r="I957">
+        <v>1</v>
       </c>
     </row>
     <row r="958" spans="1:9">
       <c r="A958">
         <v>957</v>
       </c>
       <c r="B958">
         <v>10215083</v>
       </c>
       <c r="C958" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D958" t="s">
+        <v>794</v>
+      </c>
+      <c r="E958" t="s">
         <v>1902</v>
-      </c>
-[...4 lines deleted...]
-        <v>1903</v>
       </c>
       <c r="F958">
         <v>6</v>
       </c>
       <c r="G958">
         <v>127</v>
       </c>
-      <c r="H958" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H958">
+        <v>10</v>
+      </c>
+      <c r="I958">
+        <v>3</v>
       </c>
     </row>
     <row r="959" spans="1:9">
       <c r="A959">
         <v>958</v>
       </c>
       <c r="B959">
         <v>10215084</v>
       </c>
       <c r="C959" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D959" t="s">
+        <v>794</v>
+      </c>
+      <c r="E959" t="s">
         <v>1904</v>
-      </c>
-[...4 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="F959">
         <v>6</v>
       </c>
       <c r="G959">
         <v>124</v>
       </c>
-      <c r="H959" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H959">
+        <v>11</v>
+      </c>
+      <c r="I959">
+        <v>1</v>
       </c>
     </row>
     <row r="960" spans="1:9">
       <c r="A960">
         <v>959</v>
       </c>
       <c r="B960">
         <v>10215085</v>
       </c>
       <c r="C960" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D960" t="s">
+        <v>794</v>
+      </c>
+      <c r="E960" t="s">
         <v>1906</v>
-      </c>
-[...4 lines deleted...]
-        <v>1907</v>
       </c>
       <c r="F960">
         <v>6</v>
       </c>
       <c r="G960">
         <v>116</v>
       </c>
-      <c r="H960" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H960">
+        <v>10</v>
+      </c>
+      <c r="I960">
+        <v>1</v>
       </c>
     </row>
     <row r="961" spans="1:9">
       <c r="A961">
         <v>960</v>
       </c>
       <c r="B961">
         <v>10200372</v>
       </c>
       <c r="C961" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D961" t="s">
+        <v>794</v>
+      </c>
+      <c r="E961" t="s">
         <v>1908</v>
-      </c>
-[...4 lines deleted...]
-        <v>1909</v>
       </c>
       <c r="F961">
         <v>6</v>
       </c>
       <c r="G961">
         <v>22</v>
       </c>
-      <c r="H961" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H961">
+        <v>10</v>
+      </c>
+      <c r="I961">
+        <v>2</v>
       </c>
     </row>
     <row r="962" spans="1:9">
       <c r="A962">
         <v>961</v>
       </c>
       <c r="B962">
         <v>10215087</v>
       </c>
       <c r="C962" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D962" t="s">
+        <v>794</v>
+      </c>
+      <c r="E962" t="s">
         <v>1910</v>
-      </c>
-[...4 lines deleted...]
-        <v>1911</v>
       </c>
       <c r="F962">
         <v>6</v>
       </c>
       <c r="G962">
         <v>59</v>
       </c>
-      <c r="H962" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H962">
+        <v>9</v>
+      </c>
+      <c r="I962">
+        <v>1</v>
       </c>
     </row>
     <row r="963" spans="1:9">
       <c r="A963">
         <v>962</v>
       </c>
       <c r="B963">
         <v>10213497</v>
       </c>
       <c r="C963" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D963" t="s">
+        <v>794</v>
+      </c>
+      <c r="E963" t="s">
         <v>1912</v>
-      </c>
-[...4 lines deleted...]
-        <v>1913</v>
       </c>
       <c r="F963">
         <v>6</v>
       </c>
       <c r="G963">
         <v>31</v>
       </c>
-      <c r="H963" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H963">
+        <v>7</v>
+      </c>
+      <c r="I963">
+        <v>1</v>
       </c>
     </row>
     <row r="964" spans="1:9">
       <c r="A964">
         <v>963</v>
       </c>
       <c r="B964">
         <v>10213499</v>
       </c>
       <c r="C964" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D964" t="s">
+        <v>794</v>
+      </c>
+      <c r="E964" t="s">
         <v>1914</v>
-      </c>
-[...4 lines deleted...]
-        <v>1915</v>
       </c>
       <c r="F964">
         <v>7</v>
       </c>
       <c r="G964">
         <v>172</v>
       </c>
-      <c r="H964" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H964">
+        <v>10</v>
+      </c>
+      <c r="I964">
+        <v>1</v>
       </c>
     </row>
     <row r="965" spans="1:9">
       <c r="A965">
         <v>964</v>
       </c>
       <c r="B965">
         <v>10213500</v>
       </c>
       <c r="C965" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D965" t="s">
+        <v>794</v>
+      </c>
+      <c r="E965" t="s">
         <v>1916</v>
-      </c>
-[...4 lines deleted...]
-        <v>1917</v>
       </c>
       <c r="F965">
         <v>6</v>
       </c>
       <c r="G965">
         <v>100</v>
       </c>
-      <c r="H965" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H965">
+        <v>8</v>
+      </c>
+      <c r="I965">
+        <v>1</v>
       </c>
     </row>
     <row r="966" spans="1:9">
       <c r="A966">
         <v>965</v>
       </c>
       <c r="B966">
         <v>10200369</v>
       </c>
       <c r="C966" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D966" t="s">
+        <v>794</v>
+      </c>
+      <c r="E966" t="s">
         <v>1918</v>
-      </c>
-[...4 lines deleted...]
-        <v>1919</v>
       </c>
       <c r="F966">
         <v>6</v>
       </c>
       <c r="G966">
         <v>62</v>
       </c>
-      <c r="H966" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H966">
+        <v>8</v>
+      </c>
+      <c r="I966">
+        <v>2</v>
       </c>
     </row>
     <row r="967" spans="1:9">
       <c r="A967">
         <v>966</v>
       </c>
       <c r="B967">
         <v>10215090</v>
       </c>
       <c r="C967" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D967" t="s">
+        <v>794</v>
+      </c>
+      <c r="E967" t="s">
         <v>1920</v>
-      </c>
-[...4 lines deleted...]
-        <v>1921</v>
       </c>
       <c r="F967">
         <v>12</v>
       </c>
       <c r="G967">
         <v>258</v>
       </c>
-      <c r="H967" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H967">
+        <v>18</v>
+      </c>
+      <c r="I967">
+        <v>1</v>
       </c>
     </row>
     <row r="968" spans="1:9">
       <c r="A968">
         <v>967</v>
       </c>
       <c r="B968">
         <v>10200368</v>
       </c>
       <c r="C968" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D968" t="s">
+        <v>794</v>
+      </c>
+      <c r="E968" t="s">
         <v>1922</v>
-      </c>
-[...4 lines deleted...]
-        <v>1923</v>
       </c>
       <c r="F968">
         <v>7</v>
       </c>
       <c r="G968">
         <v>122</v>
       </c>
-      <c r="H968" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H968">
+        <v>10</v>
+      </c>
+      <c r="I968">
+        <v>2</v>
       </c>
     </row>
     <row r="969" spans="1:9">
       <c r="A969">
         <v>968</v>
       </c>
       <c r="B969">
         <v>10215091</v>
       </c>
       <c r="C969" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D969" t="s">
+        <v>794</v>
+      </c>
+      <c r="E969" t="s">
         <v>1924</v>
-      </c>
-[...4 lines deleted...]
-        <v>1925</v>
       </c>
       <c r="F969">
         <v>0</v>
       </c>
       <c r="G969">
         <v>0</v>
       </c>
-      <c r="H969" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H969">
+        <v>0</v>
+      </c>
+      <c r="I969">
+        <v>0</v>
       </c>
     </row>
     <row r="970" spans="1:9">
       <c r="A970">
         <v>969</v>
       </c>
       <c r="B970">
         <v>10215092</v>
       </c>
       <c r="C970" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D970" t="s">
+        <v>794</v>
+      </c>
+      <c r="E970" t="s">
         <v>1926</v>
-      </c>
-[...4 lines deleted...]
-        <v>1927</v>
       </c>
       <c r="F970">
         <v>12</v>
       </c>
       <c r="G970">
         <v>271</v>
       </c>
-      <c r="H970" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H970">
+        <v>16</v>
+      </c>
+      <c r="I970">
+        <v>2</v>
       </c>
     </row>
     <row r="971" spans="1:9">
       <c r="A971">
         <v>970</v>
       </c>
       <c r="B971">
         <v>10214760</v>
       </c>
       <c r="C971" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D971" t="s">
+        <v>794</v>
+      </c>
+      <c r="E971" t="s">
         <v>1928</v>
-      </c>
-[...4 lines deleted...]
-        <v>1929</v>
       </c>
       <c r="F971">
         <v>6</v>
       </c>
       <c r="G971">
         <v>133</v>
       </c>
-      <c r="H971" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H971">
+        <v>9</v>
+      </c>
+      <c r="I971">
+        <v>0</v>
       </c>
     </row>
     <row r="972" spans="1:9">
       <c r="A972">
         <v>971</v>
       </c>
       <c r="B972">
         <v>10200383</v>
       </c>
       <c r="C972" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D972" t="s">
+        <v>794</v>
+      </c>
+      <c r="E972" t="s">
         <v>1930</v>
-      </c>
-[...4 lines deleted...]
-        <v>1931</v>
       </c>
       <c r="F972">
         <v>6</v>
       </c>
       <c r="G972">
         <v>92</v>
       </c>
-      <c r="H972" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H972">
+        <v>9</v>
+      </c>
+      <c r="I972">
+        <v>1</v>
       </c>
     </row>
     <row r="973" spans="1:9">
       <c r="A973">
         <v>972</v>
       </c>
       <c r="B973">
         <v>10200382</v>
       </c>
       <c r="C973" t="s">
-        <v>1932</v>
+        <v>1931</v>
       </c>
       <c r="D973" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="E973" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="F973">
         <v>8</v>
       </c>
       <c r="G973">
         <v>191</v>
       </c>
-      <c r="H973" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H973">
+        <v>15</v>
+      </c>
+      <c r="I973">
+        <v>1</v>
       </c>
     </row>
     <row r="974" spans="1:9">
       <c r="A974">
         <v>973</v>
       </c>
       <c r="B974">
         <v>10212989</v>
       </c>
       <c r="C974" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D974" t="s">
+        <v>794</v>
+      </c>
+      <c r="E974" t="s">
         <v>1933</v>
-      </c>
-[...4 lines deleted...]
-        <v>1934</v>
       </c>
       <c r="F974">
         <v>14</v>
       </c>
       <c r="G974">
         <v>355</v>
       </c>
-      <c r="H974" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H974">
+        <v>22</v>
+      </c>
+      <c r="I974">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">