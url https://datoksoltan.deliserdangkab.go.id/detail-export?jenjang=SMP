--- v0 (2025-10-17)
+++ v1 (2026-01-25)
@@ -12,2186 +12,2201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="723">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="728">
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>NPSN</t>
   </si>
   <si>
     <t>NAMA SEKOLAH</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
     <t>KEPALA SEKOLAH</t>
   </si>
   <si>
     <t>ROMBEL</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>GURU</t>
   </si>
   <si>
     <t>TENAGA ADMINISTRASI</t>
   </si>
   <si>
     <t>Sekolah Menengah Pertama Chandra Kumala</t>
   </si>
   <si>
     <t>Swasta</t>
   </si>
   <si>
     <t>Suwandi Sibarani, S.Si.,M.Pd.</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>SEKOLAH MENENGAH PERTAMA NEGERI 6 TANJUNG MORAWA</t>
   </si>
   <si>
     <t>Negeri</t>
   </si>
   <si>
+    <t>Daniel Christian Sembiring</t>
+  </si>
+  <si>
+    <t>SEKOLAH MENENGAH PERTAMA NEGERI 9 PERCUT SEI TUAN</t>
+  </si>
+  <si>
+    <t>Tahan Silaban</t>
+  </si>
+  <si>
+    <t>SMP ABISATYA SARAH SCHOOL</t>
+  </si>
+  <si>
+    <t>Rahmat Suhartono Ramadhan</t>
+  </si>
+  <si>
+    <t>SMP ADVENT LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>LILIS APRILIANI SIBURIAN</t>
+  </si>
+  <si>
+    <t>SMP ADVENT RAMUNIA</t>
+  </si>
+  <si>
+    <t>Patota Lucyana Simarmata</t>
+  </si>
+  <si>
+    <t>SMP AL FALAH</t>
+  </si>
+  <si>
+    <t>Ali Hasyimi</t>
+  </si>
+  <si>
+    <t>SMP AL MUKMIN</t>
+  </si>
+  <si>
+    <t>FAHMIA ANNISA</t>
+  </si>
+  <si>
+    <t>SMP AL WASHLIYAH</t>
+  </si>
+  <si>
+    <t>SYAMSIDAR DRA SPDI</t>
+  </si>
+  <si>
+    <t>SMP AL-WASHLIYAH 11</t>
+  </si>
+  <si>
+    <t>Sriana</t>
+  </si>
+  <si>
+    <t>SMP ALAM AL-AYMAN</t>
+  </si>
+  <si>
+    <t>ATIKA RAHMI AW</t>
+  </si>
+  <si>
+    <t>SMP AMANAH 1</t>
+  </si>
+  <si>
+    <t>Dian Anggrainy</t>
+  </si>
+  <si>
+    <t>SMP AMPERA BATANG KUIS</t>
+  </si>
+  <si>
+    <t>Ali Fahmi Tambunan</t>
+  </si>
+  <si>
+    <t>SMP ANDREAS</t>
+  </si>
+  <si>
+    <t>Junaedyanthon. A.a. Samosir</t>
+  </si>
+  <si>
+    <t>SMP AWAL KARYA PEMBANGUNAN (AKP) LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Tut Wuri Sri Handayani</t>
+  </si>
+  <si>
+    <t>SMP BARMA</t>
+  </si>
+  <si>
+    <t>Mastha Br Tarigan</t>
+  </si>
+  <si>
+    <t>SMP BERSUBSIDI BUDI SUKAMAJU</t>
+  </si>
+  <si>
+    <t>Partai Surbakti Drs</t>
+  </si>
+  <si>
+    <t>SMP BUDI UTOMO</t>
+  </si>
+  <si>
+    <t>SRI DEWI</t>
+  </si>
+  <si>
+    <t>SMP CINTA BUDAYA/CHONG WEN</t>
+  </si>
+  <si>
+    <t>Bian</t>
+  </si>
+  <si>
+    <t>SMP CINTA DAMAI</t>
+  </si>
+  <si>
+    <t>Ertin Sembiring</t>
+  </si>
+  <si>
+    <t>SMP Citra Kasih</t>
+  </si>
+  <si>
+    <t>Dipo</t>
+  </si>
+  <si>
+    <t>SMP DESA MAJU</t>
+  </si>
+  <si>
+    <t>Jamaris Berasa</t>
+  </si>
+  <si>
+    <t>SMP EKA HUDA</t>
+  </si>
+  <si>
+    <t>Marlia Hasan</t>
+  </si>
+  <si>
+    <t>SMP GEMA BUKIT BARISAN</t>
+  </si>
+  <si>
+    <t>Elisabet Gurusinga</t>
+  </si>
+  <si>
+    <t>SMP Generus Bangsa Kutalimbaru</t>
+  </si>
+  <si>
+    <t>Priyo Santoso</t>
+  </si>
+  <si>
+    <t>SMP HARAPAN</t>
+  </si>
+  <si>
+    <t>Abdul Rahman Hakim</t>
+  </si>
+  <si>
+    <t>SMP HARAPAN BANGSA</t>
+  </si>
+  <si>
+    <t>Nurdin Drs</t>
+  </si>
+  <si>
+    <t>SMP Harapan Kita</t>
+  </si>
+  <si>
+    <t>Saksi Sitepu</t>
+  </si>
+  <si>
+    <t>SMP HKBP LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Enim Sinaga</t>
+  </si>
+  <si>
+    <t>SMP ISLAM AL-AZHAR ASY-SYARIF SUMATERA UTARA</t>
+  </si>
+  <si>
+    <t>Didi Rianto</t>
+  </si>
+  <si>
+    <t>SMP ISLAM AYATUL MUBAROK</t>
+  </si>
+  <si>
+    <t>IRHAM MAULANA</t>
+  </si>
+  <si>
+    <t>SMP ISLAM BINTANG</t>
+  </si>
+  <si>
+    <t>Shavareydham Abdillah Harahap</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU (IT) HARAPAN BANGSA</t>
+  </si>
+  <si>
+    <t>JULIA MAYSARAH ROSHA</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU AL MANAR</t>
+  </si>
+  <si>
+    <t>Helmi Ardiansyah</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU AL-AKRAM</t>
+  </si>
+  <si>
+    <t>Dewi Ramadhani</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU AL-FAKHRI</t>
+  </si>
+  <si>
+    <t>MUHAMMAD TEGUH PRADILLAH</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU ALKAROMAH</t>
+  </si>
+  <si>
+    <t>Junaidi</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU BAITUL QURAN</t>
+  </si>
+  <si>
+    <t>Andri Suryono Berasa</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU BUSTANUL ULUM</t>
+  </si>
+  <si>
+    <t>DWI ANITA SARI</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU MUTIA RAHMA</t>
+  </si>
+  <si>
+    <t>ELLA ARINA HUSNA</t>
+  </si>
+  <si>
+    <t>SMP ISLAM TERPADU NUR ATHIFAH</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>SMP ISLAM ULUWWUL HIMMAH</t>
+  </si>
+  <si>
+    <t>Ulya Hikmah S Pane</t>
+  </si>
+  <si>
+    <t>SMP ISLAM UTSMAN BIN AFFAN</t>
+  </si>
+  <si>
+    <t>Fadlan</t>
+  </si>
+  <si>
+    <t>SMP ISTIQLAL DELITUA</t>
+  </si>
+  <si>
+    <t>SUPANGAT TRIADI</t>
+  </si>
+  <si>
+    <t>SMP IT ABU AL FATIH</t>
+  </si>
+  <si>
+    <t>Dedy Ismail</t>
+  </si>
+  <si>
+    <t>SMP IT AL - HIJRAH</t>
+  </si>
+  <si>
+    <t>Rini Purwanti</t>
+  </si>
+  <si>
+    <t>SMP IT AL - YASIRIYAH BERSAUDARA</t>
+  </si>
+  <si>
+    <t>HADOMUAN HASIBUAN</t>
+  </si>
+  <si>
+    <t>SMP IT AL BAYAN</t>
+  </si>
+  <si>
+    <t>AKHIRUL SA'BAN</t>
+  </si>
+  <si>
+    <t>SMP IT AL IKHWAN</t>
+  </si>
+  <si>
+    <t>Aulia Sadam Husein</t>
+  </si>
+  <si>
+    <t>SMP IT AL JAWAHIR</t>
+  </si>
+  <si>
+    <t>Putri Sakina Najwa</t>
+  </si>
+  <si>
+    <t>SMP IT AL KHAIR</t>
+  </si>
+  <si>
+    <t>KHALIK KHAIR, S.AG. MA</t>
+  </si>
+  <si>
+    <t>SMP IT AL UMM SMART CENTRE</t>
+  </si>
+  <si>
+    <t>Maramuda</t>
+  </si>
+  <si>
+    <t>SMP IT AL WASHLIYAH</t>
+  </si>
+  <si>
+    <t>Dinul Akbar Nasution</t>
+  </si>
+  <si>
+    <t>SMP IT AL-HAFIDZI</t>
+  </si>
+  <si>
+    <t>Muhammad Ilham</t>
+  </si>
+  <si>
+    <t>SMP IT AL-KHAIRIYAH SUNGGAL</t>
+  </si>
+  <si>
+    <t>Ahmad Sani Tarigan Silangit</t>
+  </si>
+  <si>
+    <t>SMP IT AL-MAHRI</t>
+  </si>
+  <si>
+    <t>Togu Hotraja Saragih</t>
+  </si>
+  <si>
+    <t>SMP IT AL-MANAH MAMIREGI</t>
+  </si>
+  <si>
+    <t>LESNIDA</t>
+  </si>
+  <si>
+    <t>SMP IT ALI BIN ABU THOLIB</t>
+  </si>
+  <si>
+    <t>Ridho Affandi Simanungkalit</t>
+  </si>
+  <si>
+    <t>SMP IT AR-RASYID</t>
+  </si>
+  <si>
+    <t>Abdul Danu</t>
+  </si>
+  <si>
+    <t>SMP IT ASH - SHIDDIQIN</t>
+  </si>
+  <si>
+    <t>Halim Majid</t>
+  </si>
+  <si>
+    <t>SMP IT ASMAH ZAIJULI HAMID</t>
+  </si>
+  <si>
+    <t>WITA ASMANIJAR</t>
+  </si>
+  <si>
+    <t>SMP IT DAARUL ISTIQLAL MARINDAL-I</t>
+  </si>
+  <si>
+    <t>Julianingsih</t>
+  </si>
+  <si>
+    <t>SMP IT DARUL AZHARIYUN</t>
+  </si>
+  <si>
+    <t>Ilhamuddin Hasibuan</t>
+  </si>
+  <si>
+    <t>SMP IT DARUL MUQOMAH AL-KHOIRIYYAH</t>
+  </si>
+  <si>
+    <t>Sri Wardani</t>
+  </si>
+  <si>
+    <t>SMP IT HAFIZHAN AL - IRSYAD</t>
+  </si>
+  <si>
+    <t>Zamiat Subari</t>
+  </si>
+  <si>
+    <t>SMP IT LUQMANUL HAKIM</t>
+  </si>
+  <si>
+    <t>TASLIM YANGLERA</t>
+  </si>
+  <si>
+    <t>SMP IT MUBARAK NURUL HIKMAH</t>
+  </si>
+  <si>
+    <t>Muhammad Zulham</t>
+  </si>
+  <si>
+    <t>SMP IT MUMTAZ MAHAL</t>
+  </si>
+  <si>
+    <t>ILHAM PUTRI HANDAYANI</t>
+  </si>
+  <si>
+    <t>SMP IT MUTIARA</t>
+  </si>
+  <si>
+    <t>Suzatmiko Wijaya</t>
+  </si>
+  <si>
+    <t>SMP IT MUTIARA MARCELA</t>
+  </si>
+  <si>
+    <t>SMP IT PRIMA MANDIRI</t>
+  </si>
+  <si>
+    <t>Suaida Lubis</t>
+  </si>
+  <si>
+    <t>SMP IT RAHMAT</t>
+  </si>
+  <si>
+    <t>NURHAFIZAH NASUTION</t>
+  </si>
+  <si>
+    <t>SMP IT SWASTA AL FURQAN</t>
+  </si>
+  <si>
+    <t>Ahmad Bincar H. Srg, S.ag</t>
+  </si>
+  <si>
+    <t>SMP IT SWASTA KHANSA KHALIFAH</t>
+  </si>
+  <si>
+    <t>Meidi Kurniawan</t>
+  </si>
+  <si>
+    <t>SMP JOSEPH MANDIRI</t>
+  </si>
+  <si>
+    <t>ELIA CAHYATI</t>
+  </si>
+  <si>
+    <t>SMP KARYA SERDANG</t>
+  </si>
+  <si>
+    <t>KRISTINA DAMARIA ROHANA BR TOBING</t>
+  </si>
+  <si>
+    <t>SMP KARYA UTAMA</t>
+  </si>
+  <si>
+    <t>Anggiat Sahat Siringoringo</t>
+  </si>
+  <si>
+    <t>SMP KRISTEN PNIEL</t>
+  </si>
+  <si>
+    <t>RIKA DAYA</t>
+  </si>
+  <si>
+    <t>SMP LESTARI BERINGIN</t>
+  </si>
+  <si>
+    <t>DONNA AQSA FEBRINA</t>
+  </si>
+  <si>
+    <t>SMP LESTARI I SUKAMULYA</t>
+  </si>
+  <si>
+    <t>SMP LIFE SKILL AL-HIDAYAH</t>
+  </si>
+  <si>
+    <t>Kartini Lubis</t>
+  </si>
+  <si>
+    <t>SMP LKMD SIBOLANGIT</t>
+  </si>
+  <si>
+    <t>Maristella Br Saragih</t>
+  </si>
+  <si>
+    <t>SMP MAHKOTA HIDUP</t>
+  </si>
+  <si>
+    <t>Erni Fransisca Lumbangaol</t>
+  </si>
+  <si>
+    <t>SMP MASEHI DELI TUA</t>
+  </si>
+  <si>
+    <t>Terang Tarigan</t>
+  </si>
+  <si>
+    <t>SMP MASEHI SIBIRU-BIRU</t>
+  </si>
+  <si>
+    <t>Heddy Petra Meliala</t>
+  </si>
+  <si>
+    <t>SMP MELATI</t>
+  </si>
+  <si>
+    <t>Suwardi</t>
+  </si>
+  <si>
+    <t>SMP METHODIST 1 KUTALIMBARU</t>
+  </si>
+  <si>
+    <t>Verawati Tambun</t>
+  </si>
+  <si>
+    <t>SMP METHODIST- AN PANCUR BATU</t>
+  </si>
+  <si>
+    <t>Hendrik, S.Kom</t>
+  </si>
+  <si>
+    <t>SMP MISKA</t>
+  </si>
+  <si>
+    <t>IRMA ERVIANINGSIH, S.SOS</t>
+  </si>
+  <si>
+    <t>SMP MUHAMMADIYAH 16 LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Ujang Suhandi</t>
+  </si>
+  <si>
+    <t>SMP MUHAMMADIYAH 47 SUNGGAL</t>
+  </si>
+  <si>
+    <t>Laila Safitri</t>
+  </si>
+  <si>
+    <t>SMP MUHAMMADIYAH 61 TANJUNG SELAMAT</t>
+  </si>
+  <si>
+    <t>Khoirut Daroini</t>
+  </si>
+  <si>
+    <t>SMP MUHAMMADIYAH 62 TANJUNG GUSTA</t>
+  </si>
+  <si>
+    <t>FADHIL. CH</t>
+  </si>
+  <si>
+    <t>SMP MULIA HAMPARAN PERAK</t>
+  </si>
+  <si>
+    <t>Suwarto</t>
+  </si>
+  <si>
+    <t>SMP NAHDLATUL ULAMA DELI SERDANG</t>
+  </si>
+  <si>
+    <t>Abdul Jabbar</t>
+  </si>
+  <si>
+    <t>SMP NILA HARAPAN</t>
+  </si>
+  <si>
+    <t>Erick Marselin Parangin-Angin</t>
+  </si>
+  <si>
+    <t>SMP NUR AZIZI TANJUNG MORAWA</t>
+  </si>
+  <si>
+    <t>Sriani Purwaningsih</t>
+  </si>
+  <si>
+    <t>SMP Nurul Hadina</t>
+  </si>
+  <si>
+    <t>SALMIAH</t>
+  </si>
+  <si>
+    <t>SMP NURUL HASANAH</t>
+  </si>
+  <si>
+    <t>Sumarni</t>
+  </si>
+  <si>
+    <t>SMP NURUL HIKMAH AN-NAHDLY</t>
+  </si>
+  <si>
+    <t>Basir Harahap</t>
+  </si>
+  <si>
+    <t>SMP NUSANTARA LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Elwin Rizapahlepi</t>
+  </si>
+  <si>
+    <t>SMP PAB 10 MEDAN ESTATE</t>
+  </si>
+  <si>
+    <t>Feri Adha Evi</t>
+  </si>
+  <si>
+    <t>SMP PAB 2 HELVETIA</t>
+  </si>
+  <si>
+    <t>Maimunah</t>
+  </si>
+  <si>
+    <t>SMP PAB 21 PEMATANG JOHAR</t>
+  </si>
+  <si>
+    <t>Saputri Dewi</t>
+  </si>
+  <si>
+    <t>SMP PAB 23 BANDAR KLIPPA</t>
+  </si>
+  <si>
+    <t>Nanda Hambali</t>
+  </si>
+  <si>
+    <t>SMP PAB 4 PAGAR MERBAU</t>
+  </si>
+  <si>
+    <t>Sugiati</t>
+  </si>
+  <si>
+    <t>SMP PAB 7 TANDEM HILIR</t>
+  </si>
+  <si>
+    <t>ABDUL RAHMAN</t>
+  </si>
+  <si>
+    <t>SMP PAB 8 SAMPALI</t>
+  </si>
+  <si>
+    <t>Ramlan</t>
+  </si>
+  <si>
+    <t>SMP PAB-5 PATUMBAK-I</t>
+  </si>
+  <si>
+    <t>Agustriani</t>
+  </si>
+  <si>
+    <t>SMP PANCA JAYA GALANG</t>
+  </si>
+  <si>
+    <t>JHON PITER AGUSSALIM SARAGIH IR</t>
+  </si>
+  <si>
+    <t>SMP PANCA MURNI</t>
+  </si>
+  <si>
+    <t>Tioromsi Sipapaga</t>
+  </si>
+  <si>
+    <t>SMP PANGERAN ANTASARI</t>
+  </si>
+  <si>
+    <t>Samsul Mustika</t>
+  </si>
+  <si>
+    <t>SMP PERGURUAN NASIONAL AMIR HAMZAH</t>
+  </si>
+  <si>
+    <t>Budi Pratama</t>
+  </si>
+  <si>
+    <t>SMP PLUS DARUL ILMI MURNI</t>
+  </si>
+  <si>
+    <t>Ahmad Afandi</t>
+  </si>
+  <si>
+    <t>SMP PUSAKA BANDAR KLIPPA</t>
+  </si>
+  <si>
+    <t>DEVI ANGGRAINI ACHMANDA</t>
+  </si>
+  <si>
+    <t>SMP PUTRA BANGSA BERBUDI</t>
+  </si>
+  <si>
+    <t>Lisda Siahaan</t>
+  </si>
+  <si>
+    <t>SMP RIZKI ANANDA</t>
+  </si>
+  <si>
+    <t>Abdul Halim Rangkuti</t>
+  </si>
+  <si>
+    <t>SMP Rokita Sari</t>
+  </si>
+  <si>
+    <t>KRONIKA BR GINTING</t>
+  </si>
+  <si>
+    <t>SMP ROKITA SARI 2 BANDAR GUGUNG</t>
+  </si>
+  <si>
+    <t>Amantia Saragih</t>
+  </si>
+  <si>
+    <t>SMP SATU PADU BOARDING SCHOOL</t>
+  </si>
+  <si>
+    <t>Natalius Tarigan</t>
+  </si>
+  <si>
+    <t>SMP SMART SCHOOL SWARI</t>
+  </si>
+  <si>
+    <t>IMAN SETIAWAN DAELI</t>
+  </si>
+  <si>
+    <t>SMP SW METHODIST PANTAI LABU</t>
+  </si>
+  <si>
+    <t>Ardy Salim</t>
+  </si>
+  <si>
+    <t>SMP SWADAYA</t>
+  </si>
+  <si>
+    <t>Wardiansyah Ilyas, S.Pd.I</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT BINA INSAN LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>INDAH DIANA SIHOTANG</t>
+  </si>
+  <si>
+    <t>SMP SWASTA 17 AGUSTUS</t>
+  </si>
+  <si>
+    <t>Damaris Br Ginting</t>
+  </si>
+  <si>
+    <t>SMP SWASTA ABDI KARYA</t>
+  </si>
+  <si>
+    <t>Amin Barus</t>
+  </si>
+  <si>
+    <t>SMP SWASTA ADETIA</t>
+  </si>
+  <si>
+    <t>MUHAMMAD IRFAN PRATAMA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AGIA SOPHIA</t>
+  </si>
+  <si>
+    <t>Mariani</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AL IHSAN</t>
+  </si>
+  <si>
+    <t>DESY WINDU LESTARI</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AL MAKSUM</t>
+  </si>
+  <si>
+    <t>Yulia Restu Utami</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AL MASDAR</t>
+  </si>
+  <si>
+    <t>Rahmat Husein Nasution</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AL WASHLIYAH 5 HAMPARAN PERAK</t>
+  </si>
+  <si>
+    <t>Khairil Wansyah Putra</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AL-BARKAH CINTA RAKYAT</t>
+  </si>
+  <si>
+    <t>JOKO SUSANTO</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AL-MUCHTAR</t>
+  </si>
+  <si>
+    <t>Isnarni</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AMPERA BULU CINA</t>
+  </si>
+  <si>
+    <t>Voyage Al Huda</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AN-NUR</t>
+  </si>
+  <si>
+    <t>Gondo Saputro</t>
+  </si>
+  <si>
+    <t>SMP SWASTA ANASTASIA</t>
+  </si>
+  <si>
+    <t>Ivan Noel Ndraha</t>
+  </si>
+  <si>
+    <t>SMP SWASTA ANNYSA</t>
+  </si>
+  <si>
+    <t>Sri Rahayu</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AR-RAHMAN PERCUT</t>
+  </si>
+  <si>
+    <t>Zainuddin</t>
+  </si>
+  <si>
+    <t>SMP SWASTA AWAL KARYA PEMBANGUNAN</t>
+  </si>
+  <si>
+    <t>Erna Satriawati</t>
+  </si>
+  <si>
+    <t>Dian Angraini</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BAITUL AZIZ</t>
+  </si>
+  <si>
+    <t>Wiesye Ananing Hastami</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BAKTI</t>
+  </si>
+  <si>
+    <t>Hainur Anisa</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BANDUNG</t>
+  </si>
+  <si>
+    <t>Paisal Lubis</t>
+  </si>
+  <si>
+    <t>SMP Swasta BAYU PERTIWI</t>
+  </si>
+  <si>
+    <t>JULIANTI DWI SAPTA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BERLIANTA</t>
+  </si>
+  <si>
+    <t>Ika Winda Sitindaon</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BERSINAR</t>
+  </si>
+  <si>
+    <t>Yasiaman lase</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BHAKTI BANGSA</t>
+  </si>
+  <si>
+    <t>Siti Saharah, S.pd</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BINA AGUNG</t>
+  </si>
+  <si>
+    <t>Damaris Sihombing</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BINA SISWA</t>
+  </si>
+  <si>
+    <t>Nani Erlina Yanti Harahap</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BINA TARUNA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BPI</t>
+  </si>
+  <si>
+    <t>Bimantoro Nugroho</t>
+  </si>
+  <si>
+    <t>SMP SWASTA BUDI SETIA</t>
+  </si>
+  <si>
+    <t>Muhammad Razali Nasution</t>
+  </si>
+  <si>
+    <t>SMP SWASTA CAHAYA PENGHARAPAN ABADI</t>
+  </si>
+  <si>
+    <t>Ribka Febri</t>
+  </si>
+  <si>
+    <t>SMP SWASTA CERDAS BANGSA</t>
+  </si>
+  <si>
+    <t>Gembira Sinuhaji</t>
+  </si>
+  <si>
+    <t>SMP SWASTA CERDAS MANDIRI</t>
+  </si>
+  <si>
+    <t>HOTMAIDA NAINGGOLAN</t>
+  </si>
+  <si>
+    <t>SMP SWASTA CERDAS MURNI</t>
+  </si>
+  <si>
+    <t>Dede Novandi</t>
+  </si>
+  <si>
+    <t>SMP SWASTA CIPTA NUSA BAKTI</t>
+  </si>
+  <si>
+    <t>WILDA HANUM</t>
+  </si>
+  <si>
+    <t>SMP SWASTA CITRA HARAPAN</t>
+  </si>
+  <si>
+    <t>Nurlela Br Purba</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DARUSSALAM</t>
+  </si>
+  <si>
+    <t>INDAH SARI</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DELI MURNI BANDAR BARU</t>
+  </si>
+  <si>
+    <t>Artha Hadia Sihombing</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DELI MURNI SUKA MAJU</t>
+  </si>
+  <si>
+    <t>Oktarianus Ginting</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DELI TUA SCHOOL</t>
+  </si>
+  <si>
+    <t>Kwinna Radha Samura</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DELIMA SARI 1 SIPINGGAN</t>
+  </si>
+  <si>
+    <t>Jonatan Ginting</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DELISHA</t>
+  </si>
+  <si>
+    <t>IWAN SYAHPUTRA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DHARMA BAKTI</t>
+  </si>
+  <si>
+    <t>Henny</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DHARMA KARYA</t>
+  </si>
+  <si>
+    <t>Ponirin</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DINDA HAFIDZAH ISLAMIC SCHOOL</t>
+  </si>
+  <si>
+    <t>Yarisya Ferika</t>
+  </si>
+  <si>
+    <t>SMP SWASTA DWI TUNGGAL</t>
+  </si>
+  <si>
+    <t>Suriawan Simanjuntak</t>
+  </si>
+  <si>
+    <t>SMP SWASTA ERA UTAMA</t>
+  </si>
+  <si>
+    <t>Jakobus Gurusinga</t>
+  </si>
+  <si>
+    <t>SMP SWASTA GALIH AGUNG</t>
+  </si>
+  <si>
+    <t>Nirwansyah</t>
+  </si>
+  <si>
+    <t>SMP SWASTA GEMA BUWANA</t>
+  </si>
+  <si>
+    <t>Yakinah Lubis</t>
+  </si>
+  <si>
+    <t>SMP Swasta Gemilang Bangsa</t>
+  </si>
+  <si>
+    <t>MUHAMMAD SOPIYAN</t>
+  </si>
+  <si>
+    <t>SMP SWASTA GUSTI WIJAYA</t>
+  </si>
+  <si>
+    <t>Siti Yeni Mahnizar</t>
+  </si>
+  <si>
+    <t>SMP SWASTA HARAPAN-3</t>
+  </si>
+  <si>
+    <t>Budi Susetiyo, S. PD</t>
+  </si>
+  <si>
+    <t>SMP SWASTA HIDAYATUL ISLAM</t>
+  </si>
+  <si>
+    <t>MUHAMMAD ZULHAMDI</t>
+  </si>
+  <si>
+    <t>SMP SWASTA HOLY KIDS BERSINAR</t>
+  </si>
+  <si>
+    <t>Erixson Edy Candra Sitepu</t>
+  </si>
+  <si>
+    <t>SMP SWASTA ISLAMIYAH</t>
+  </si>
+  <si>
+    <t>SURI HANDAYANI</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT AL FAJAR</t>
+  </si>
+  <si>
+    <t>Fitriah Lubis</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT AL FATTAH</t>
+  </si>
+  <si>
+    <t>Nazat</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT AL-MAKSUM</t>
+  </si>
+  <si>
+    <t>Tedi Junaidi</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT AR RIDHO</t>
+  </si>
+  <si>
+    <t>Ellsa Aulya</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT BINA INSAN</t>
+  </si>
+  <si>
+    <t>Andang Purwanto, S Pd.I</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT DHINUKUM ZHOLTAN</t>
+  </si>
+  <si>
+    <t>MIMI ANGGRAINI, S.Ag</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT IKHWANUL MUSLIMIN</t>
+  </si>
+  <si>
+    <t>Luciana</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT MELYAZ</t>
+  </si>
+  <si>
+    <t>Ranti Gatrizka Putri</t>
+  </si>
+  <si>
+    <t>SMP SWASTA IT MTTQ SCHOOL</t>
+  </si>
+  <si>
+    <t>FEBER ANGGRENI</t>
+  </si>
+  <si>
+    <t>SMP SWASTA JAYA</t>
+  </si>
+  <si>
+    <t>Ria Asnita Tarigan</t>
+  </si>
+  <si>
+    <t>SMP SWASTA JAYA KRAMA</t>
+  </si>
+  <si>
+    <t>Misnah</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KARYA BERSAMA</t>
+  </si>
+  <si>
+    <t>Abil Tarigan</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KARYA JAYA</t>
+  </si>
+  <si>
+    <t>Marwiyah</t>
+  </si>
+  <si>
+    <t>Susilawati</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KARYA PEMBANGUNAN</t>
+  </si>
+  <si>
+    <t>ROHANI MAGDALENA MALAU</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KARYA SEDAR</t>
+  </si>
+  <si>
+    <t>Rut Magdalena</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KARYAWAN</t>
+  </si>
+  <si>
+    <t>Aris Syafrian</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KASIH TULUS</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KAVRI</t>
+  </si>
+  <si>
+    <t>REMON SEMBIRING, S.Pd</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KENCANA SASTRA</t>
+  </si>
+  <si>
+    <t>OKTRIZON</t>
+  </si>
+  <si>
+    <t>SMP SWASTA KINGSTON SCHOOL</t>
+  </si>
+  <si>
+    <t>Binsar Jhon Hery Sihite</t>
+  </si>
+  <si>
+    <t>SMP SWASTA MA HAD MUHAMMAD SAMAN</t>
+  </si>
+  <si>
+    <t>Abidin Saragih</t>
+  </si>
+  <si>
+    <t>SMP SWASTA MADANI MARINDAL I</t>
+  </si>
+  <si>
+    <t>Sofian Efendi</t>
+  </si>
+  <si>
+    <t>SMP SWASTA MAITREYAWIRA DELI SERDANG</t>
+  </si>
+  <si>
+    <t>Henky Luwis</t>
+  </si>
+  <si>
+    <t>SMP SWASTA MASEHI SIBOLANGIT</t>
+  </si>
+  <si>
+    <t>Jamin Ginting</t>
+  </si>
+  <si>
+    <t>SMP SWASTA METHODIST BATANG KUIS</t>
+  </si>
+  <si>
+    <t>DINA JUNI ANGGRIANI SINAGA, M.Pd</t>
+  </si>
+  <si>
+    <t>SMP SWASTA METHODIST INDONESIA</t>
+  </si>
+  <si>
+    <t>Yousdy Salim</t>
+  </si>
+  <si>
+    <t>SMP SWASTA METHODIST TANJUNG MORAWA</t>
+  </si>
+  <si>
+    <t>Donna Ernanti S.S</t>
+  </si>
+  <si>
+    <t>SMP SWASTA NAHDLATUL ULAMA</t>
+  </si>
+  <si>
+    <t>Fitria Afriyanti</t>
+  </si>
+  <si>
+    <t>SMP SWASTA NASIONAL LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Wagino</t>
+  </si>
+  <si>
+    <t>SMP SWASTA NUR ADIA</t>
+  </si>
+  <si>
+    <t>Yuniar</t>
+  </si>
+  <si>
+    <t>SMP SWASTA NUR ILMI SEI ROTAN</t>
+  </si>
+  <si>
+    <t>Putri Handayani</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PAB 19</t>
+  </si>
+  <si>
+    <t>Nani Rahmadani</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PAB 3 SAENTIS</t>
+  </si>
+  <si>
+    <t>Rosdiani</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PAB 6</t>
+  </si>
+  <si>
+    <t>Faridah Saragih</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PAB 9 KLAMBIR LIMA</t>
+  </si>
+  <si>
+    <t>BAYU AJI DWISETYO</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PAB-1 KLUMPANG</t>
+  </si>
+  <si>
+    <t>Amalia</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PABRI BERANTI</t>
+  </si>
+  <si>
+    <t>Eriani Sembiring, S.s</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PAULY MANDIRI</t>
+  </si>
+  <si>
+    <t>James Purba</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PELITA KASIH SCHOOL</t>
+  </si>
+  <si>
+    <t>Marita Sinaga</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PEMBANGUNAN</t>
+  </si>
+  <si>
+    <t>Mahmudatul Munawwaroh Hs</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PEMBANGUNAN GALANG</t>
+  </si>
+  <si>
+    <t>Honnery Wati Saragih</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PEMBANGUNAN NASIONAL</t>
+  </si>
+  <si>
+    <t>Edi Sarmanto</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PEMBINA</t>
+  </si>
+  <si>
+    <t>LENNI MARLINA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PEMDA LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>T. Lisya Afrida Sinar</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PENGHARAPAN</t>
+  </si>
+  <si>
+    <t>Sitefanus Hulu</t>
+  </si>
+  <si>
+    <t>SMP Swasta Penraujan</t>
+  </si>
+  <si>
+    <t>Raudhathul Jannah, S.E</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PERGURUAN RA KARTINI</t>
+  </si>
+  <si>
+    <t>Arie Azhar</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PERGURUAN RA. KARTINI</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PERSIAPAN</t>
+  </si>
+  <si>
+    <t>Prawati Dewi</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PERSIAPAN SERDANG</t>
+  </si>
+  <si>
+    <t>Jumpa Sagala</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PESANTREN AL-HUSNA</t>
+  </si>
+  <si>
+    <t>Abrar Mahbob Bahry S</t>
+  </si>
+  <si>
+    <t>SMP Swasta Prestasi Utama</t>
+  </si>
+  <si>
+    <t>Pinta Tarigan</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PRIMA TEMBUNG</t>
+  </si>
+  <si>
+    <t>Yuni Habibi, S. Pd</t>
+  </si>
+  <si>
+    <t>SMP SWASTA PUTRI DELI</t>
+  </si>
+  <si>
+    <t>Agustinus Barus</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RAKYAT</t>
+  </si>
+  <si>
+    <t>Meri Br Tarigan</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RAKYAT SEI GLUGUR</t>
+  </si>
+  <si>
+    <t>M. Juhri Anwar</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RIAD MADANI</t>
+  </si>
+  <si>
+    <t>Salvia Sari Siregar</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RK DELI MURNI</t>
+  </si>
+  <si>
+    <t>SOBAT GINTING</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RK DELI MURNI DISKI</t>
+  </si>
+  <si>
+    <t>CANRO SINURAT</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RK FRANSISKUS XAVERIUS</t>
+  </si>
+  <si>
+    <t>Serdas Alperius Purba</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RK MAKMUR</t>
+  </si>
+  <si>
+    <t>Derta Sinabang</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RK SANTA MARIA</t>
+  </si>
+  <si>
+    <t>Dedi Dores Ginting</t>
+  </si>
+  <si>
+    <t>SMP SWASTA RK SERDANG MURNI</t>
+  </si>
+  <si>
+    <t>Robinson Sihombing</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SABILINA</t>
+  </si>
+  <si>
+    <t>Ayu Swastika</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SALSA</t>
+  </si>
+  <si>
+    <t>Susanti</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SANTA LUSIA</t>
+  </si>
+  <si>
+    <t>HOTMAIDA SIDABUTAR</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SINAR HARAPAN</t>
+  </si>
+  <si>
+    <t>Erniwati</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SINAR HUSNI</t>
+  </si>
+  <si>
+    <t>Juliardi</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SINAR SENTOSA</t>
+  </si>
+  <si>
+    <t>Marsiana Manalu, S.pd</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SINGOSARI DELITUA</t>
+  </si>
+  <si>
+    <t>Tetty Marlena Simorangkir</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SUMATERA</t>
+  </si>
+  <si>
+    <t>Elvia Iriani</t>
+  </si>
+  <si>
+    <t>SMP SWASTA SWADAYA</t>
+  </si>
+  <si>
+    <t>Fitri Lisdiana</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TAMAN SISWA</t>
+  </si>
+  <si>
+    <t>Suyitno</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TAMAN SISWA GALANG</t>
+  </si>
+  <si>
+    <t>Erlina Dharma</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TAMORA 2</t>
+  </si>
+  <si>
+    <t>Alinah</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TANJUNG MORAWA BERSUBSIDI</t>
+  </si>
+  <si>
+    <t>Elmanto</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TARUNA KARYA</t>
+  </si>
+  <si>
+    <t>Haknur Tamba</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TIARA</t>
+  </si>
+  <si>
+    <t>Asniyah Matondang</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TRI DHARMA</t>
+  </si>
+  <si>
+    <t>Tiwi Suharti,S.Pd</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TRI KARYA SUNGGAL</t>
+  </si>
+  <si>
+    <t>Deswanta Barus</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TRIANA</t>
+  </si>
+  <si>
+    <t>AYU TRIANA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TRISAKTI LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>RUDI HARTONO SIHOTANG</t>
+  </si>
+  <si>
+    <t>SMP SWASTA TUNAS BANGSA</t>
+  </si>
+  <si>
+    <t>SITI SARAH</t>
+  </si>
+  <si>
+    <t>SMP SWASTA VALENTINE</t>
+  </si>
+  <si>
+    <t>LIA RATNA SARI PANDIANGAN</t>
+  </si>
+  <si>
+    <t>SMP SWASTA WELLINGTON</t>
+  </si>
+  <si>
+    <t>Fera</t>
+  </si>
+  <si>
+    <t>SMP SWASTA WESLEY</t>
+  </si>
+  <si>
+    <t>NURANI PURBA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA WIRA JAYA</t>
+  </si>
+  <si>
+    <t>Sri Hartini</t>
+  </si>
+  <si>
+    <t>SMP SWASTA WIRA KARYA MANDIRI</t>
+  </si>
+  <si>
+    <t>Ahadin Abubakar Rahman</t>
+  </si>
+  <si>
+    <t>SMP SWASTA WTP SCHOOL</t>
+  </si>
+  <si>
+    <t>Agusman Telaumbanua</t>
+  </si>
+  <si>
+    <t>SMP SWASTA YAKHADA</t>
+  </si>
+  <si>
+    <t>Hamsyah Rizal Nasution</t>
+  </si>
+  <si>
+    <t>SMP SWASTA YAPIM BIRU-BIRU</t>
+  </si>
+  <si>
+    <t>Asnawati Situngkir</t>
+  </si>
+  <si>
+    <t>SMP SWASTA YAPIM MABAR</t>
+  </si>
+  <si>
+    <t>Vera Panjaitan</t>
+  </si>
+  <si>
+    <t>SMP SWASTA YAPIM NAMORAMBE</t>
+  </si>
+  <si>
+    <t>ERNI RISTAULI PURBA</t>
+  </si>
+  <si>
+    <t>SMP SWASTA YPI DELITUA</t>
+  </si>
+  <si>
+    <t>Kartinah</t>
+  </si>
+  <si>
+    <t>SMP TAHFIDZUL QURAN AMANAH</t>
+  </si>
+  <si>
+    <t>AZWAR AMID HARAHAP</t>
+  </si>
+  <si>
+    <t>SMP TAMAN SISWA LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Rosnauli Saragih</t>
+  </si>
+  <si>
+    <t>SMP TAMORA TANJUNG MORAWA</t>
+  </si>
+  <si>
+    <t>Rizki Andika Rahmadani</t>
+  </si>
+  <si>
+    <t>SMP TARBIYAH ISLAMIYAH</t>
+  </si>
+  <si>
+    <t>Aulia Rahman Ismar</t>
+  </si>
+  <si>
+    <t>SMP TD PARDEDE FOUNDATION</t>
+  </si>
+  <si>
+    <t>Mirkerus Sinaga</t>
+  </si>
+  <si>
+    <t>SMP TERPADU AL YUSDAH</t>
+  </si>
+  <si>
+    <t>Muhammad Sofwan</t>
+  </si>
+  <si>
+    <t>SMP TERPADU AL-FARABI</t>
+  </si>
+  <si>
+    <t>Nuraini</t>
+  </si>
+  <si>
+    <t>SMP TUNAS HARAPAN</t>
+  </si>
+  <si>
+    <t>Marni Clara Dewi Sihombing</t>
+  </si>
+  <si>
+    <t>SMP TUNAS KARYA</t>
+  </si>
+  <si>
+    <t>Dwi Aricandi</t>
+  </si>
+  <si>
+    <t>SMP WIRASWASTA</t>
+  </si>
+  <si>
+    <t>Fadillah, S.ag</t>
+  </si>
+  <si>
+    <t>SMP YPAK PTPN III SEI KARANG</t>
+  </si>
+  <si>
+    <t>Sri Hartati</t>
+  </si>
+  <si>
+    <t>SMP-IT BAITI JANNATI</t>
+  </si>
+  <si>
+    <t>Syahrul Muslim Siregar</t>
+  </si>
+  <si>
+    <t>SMP-IT JABAL NOOR</t>
+  </si>
+  <si>
+    <t>Mega Rahma Putri Nainggolan</t>
+  </si>
+  <si>
+    <t>SMP-IT NURUL FADHILAH</t>
+  </si>
+  <si>
+    <t>Jamal Kaddis</t>
+  </si>
+  <si>
+    <t>SMP-IT NURUL ILMI</t>
+  </si>
+  <si>
+    <t>TAUFIK HIDAYAT</t>
+  </si>
+  <si>
+    <t>SMP-IT PERGURUAN BAITI JANNATI</t>
+  </si>
+  <si>
+    <t>NUKMAN ANGGI HARAHAP</t>
+  </si>
+  <si>
+    <t>SMPIT DOD MEDAN</t>
+  </si>
+  <si>
+    <t>Media Harmonis Ginting</t>
+  </si>
+  <si>
+    <t>SMPS Gloria Indonesia</t>
+  </si>
+  <si>
+    <t>Hanjaya</t>
+  </si>
+  <si>
+    <t>SMPS GLORIA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Sahap Harhari Sitompul</t>
+  </si>
+  <si>
+    <t>SMPS Pemnas Binjai Bakung</t>
+  </si>
+  <si>
+    <t>Ayunda Nursyafitri</t>
+  </si>
+  <si>
+    <t>SMPS PERMATA BANGSA</t>
+  </si>
+  <si>
+    <t>MHD. RIAN SYAPUTRA LUBIS</t>
+  </si>
+  <si>
+    <t>SMPS PGRI 51</t>
+  </si>
+  <si>
+    <t>Hemat Sembiring</t>
+  </si>
+  <si>
+    <t>SMPS PLUS KASIH IBU</t>
+  </si>
+  <si>
+    <t>SITI HADIZAH RITONGA</t>
+  </si>
+  <si>
+    <t>SMPS SMART</t>
+  </si>
+  <si>
+    <t>Susanto</t>
+  </si>
+  <si>
+    <t>SMPTK Anugerah Sinagoge</t>
+  </si>
+  <si>
+    <t>SMPTK Kasih Karunia Kab. Deli Serdang</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 BANGUN PURBA</t>
+  </si>
+  <si>
+    <t>Fresly Talopa Siagian</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 BATANG KUIS</t>
+  </si>
+  <si>
+    <t>Zainul Bahri, S.Pd.</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 BERINGIN</t>
+  </si>
+  <si>
+    <t>Musimin</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 BIRUBIRU</t>
+  </si>
+  <si>
+    <t>Septian Saputra Parlindungan Siregar</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 DELITUA</t>
+  </si>
+  <si>
+    <t>Fauziah Noor Siregar</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 GALANG</t>
+  </si>
+  <si>
+    <t>SUNTORO</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 GUNUNG MERIAH</t>
+  </si>
+  <si>
+    <t>Irma Julianti</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 HAMPARAN PERAK</t>
+  </si>
+  <si>
+    <t>Mansyur Hidayat Pasaribu</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 KUTALIMBARU</t>
+  </si>
+  <si>
+    <t>Ridama Sitanggang</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 LABUHAN DELI</t>
+  </si>
+  <si>
+    <t>Risna Wahyuni</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Elfian Lubis</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 NAMORAMBE</t>
+  </si>
+  <si>
+    <t>Yusuf Tamiang</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 PAGAR MERBAU</t>
+  </si>
+  <si>
+    <t>Asril Saman</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 PANCURBATU</t>
+  </si>
+  <si>
+    <t>DARIANUS</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 PANTAI LABU</t>
+  </si>
+  <si>
+    <t>Yusni Siregar</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 PATUMBAK</t>
+  </si>
+  <si>
+    <t>Lisbeth Marisi Simanungkalit</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 PERCUT SEI TUAN</t>
+  </si>
+  <si>
+    <t>Rahma Hastuti Sihombing</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 SIBOLANGIT</t>
+  </si>
+  <si>
+    <t>Idawati Br. Ginting</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 STM HILIR</t>
+  </si>
+  <si>
+    <t>Suratman</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 STM HULU</t>
+  </si>
+  <si>
+    <t>Teman Kami Limbeng</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 SUNGGAL</t>
+  </si>
+  <si>
+    <t>Ristutiani</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 1 TANJUNG MORAWA</t>
+  </si>
+  <si>
+    <t>Evi Yusmiati Purba</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 BANGUN PURBA</t>
+  </si>
+  <si>
+    <t>Hotlan Martua Simanjuntak</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 BATANG KUIS SATU ATAP</t>
+  </si>
+  <si>
+    <t>Mega Irhamna</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 BERINGIN SATU ATAP</t>
+  </si>
+  <si>
+    <t>Ragunni Gultom</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 DELITUA</t>
+  </si>
+  <si>
+    <t>James Hutasoid</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 GALANG</t>
+  </si>
+  <si>
+    <t>Juliana</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 HAMPARAN PERAK</t>
+  </si>
+  <si>
+    <t>S. Suryadi</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 KUTALIMBARU</t>
+  </si>
+  <si>
+    <t>Rukiati, S.Pd</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 LABUHAN DELI</t>
+  </si>
+  <si>
+    <t>DRS. RUSMAN</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Nurhayati Manurung</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 NAMO RAMBE</t>
+  </si>
+  <si>
+    <t>Mariati</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 PANCUR BATU</t>
+  </si>
+  <si>
+    <t>Sampai Tuah Tarigan</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 PANTAI LABU</t>
+  </si>
+  <si>
+    <t>Rosmiaty</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 PERCUT SEI TUAN</t>
+  </si>
+  <si>
+    <t>Dahlan Lumbantobing</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 SATU ATAP PATUMBAK</t>
+  </si>
+  <si>
+    <t>Roma Goknim Sauhur Saragih</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 SATU ATAP STM HILIR</t>
+  </si>
+  <si>
+    <t>Mhd Fuad Asbi</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 SIBOLANGIT</t>
+  </si>
+  <si>
+    <t>Achmad Bahtiar</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 STM HULU</t>
+  </si>
+  <si>
+    <t>Mangasi Erwin Sijabat</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 SUNGGAL</t>
+  </si>
+  <si>
+    <t>Armanto</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 2 TANJUNG MORAWA</t>
+  </si>
+  <si>
+    <t>Bambang Suharsono</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 BANGUN PURBA SATU ATAP</t>
+  </si>
+  <si>
+    <t>Munawar</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 GALANG</t>
+  </si>
+  <si>
+    <t>Muhammad Rasyidin, S.Pd.I</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 HAMPARAN PERAK</t>
+  </si>
+  <si>
+    <t>Nona Faziera Sari</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 KUTALIMBARU SATU ATAP</t>
+  </si>
+  <si>
+    <t>Wilda Listati Harahap</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 LABUHAN DELI SATU ATAP</t>
+  </si>
+  <si>
+    <t>Idris</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Herlina</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 PANCUR BATU</t>
+  </si>
+  <si>
+    <t>Lidya Arlini Tarigan S.Pd</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 PANTAI LABU</t>
+  </si>
+  <si>
+    <t>Heriani</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 PERCUT SEI TUAN</t>
+  </si>
+  <si>
+    <t>Erydawaty</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 SUNGGAL</t>
+  </si>
+  <si>
+    <t>Badrun SPd</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 3 TANJUNG MORAWA</t>
+  </si>
+  <si>
+    <t>Susianti</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 4 LUBUK PAKAM</t>
+  </si>
+  <si>
+    <t>Rohanna Harahap, S.Pd.I</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 4 PANCUR BATU SATU ATAP</t>
+  </si>
+  <si>
+    <t>Evi Nora Rasmiaty Nainggolan</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 4 PANTAI LABU SATU ATAP</t>
+  </si>
+  <si>
+    <t>Untung Narpati</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 4 PERCUT SEI TUAN</t>
+  </si>
+  <si>
+    <t>Kusnardi</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 4 SATU ATAP SUNGGAL</t>
+  </si>
+  <si>
+    <t>Basrah</t>
+  </si>
+  <si>
+    <t>UPT SPF SMP NEGERI 4 TANJUNG MORAWA</t>
+  </si>
+  <si>
     <t>Mara Jaman Hasibuan</t>
-  </si>
-[...2089 lines deleted...]
-    <t>UPT SPF SMP NEGERI 4 TANJUNG MORAWA</t>
   </si>
   <si>
     <t>UPT SPF SMP NEGERI 5 LUBUK PAKAM</t>
   </si>
   <si>
     <t>Puspa Nurmasyitah</t>
   </si>
   <si>
     <t>UPT SPF SMP NEGERI 5 PERCUT SEI TUAN</t>
   </si>
   <si>
     <t>UPT SPF SMP NEGERI 5 TANJUNG MORAWA SATU ATAP</t>
   </si>
   <si>
     <t>Partoto Sitompul</t>
   </si>
   <si>
     <t>UPT SPF SMP NEGERI 6 PERCUT SEI TUAN</t>
   </si>
   <si>
     <t>Sudarmadi</t>
   </si>
   <si>
     <t>UPT SPF SMP NEGERI 7 PERCUT SEI TUAN</t>
   </si>
@@ -2534,51 +2549,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I363"/>
+  <dimension ref="A1:I364"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I1" sqref="I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.1411" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.4233" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.7056" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.4233" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.4233" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.4233" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.4233" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.4233" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.4233" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
@@ -2599,10529 +2614,10558 @@
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>10213958</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G2">
-        <v>287</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>193</v>
+      </c>
+      <c r="H2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>70055264</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G3">
-        <v>147</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>101</v>
+      </c>
+      <c r="H3" t="s">
+        <v>12</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>70055266</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G4">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>12</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
-        <v>70055383</v>
+        <v>70048368</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G5">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>25</v>
+      </c>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
-        <v>70048368</v>
+        <v>10213950</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G6">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>12</v>
+      </c>
+      <c r="H6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
-        <v>10213950</v>
+        <v>10200407</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G7">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>31</v>
+      </c>
+      <c r="H7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
-        <v>10200407</v>
+        <v>70044363</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G8">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>70044363</v>
+        <v>10213823</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F9">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G9">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>170</v>
+      </c>
+      <c r="H9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
-        <v>10213823</v>
+        <v>60725261</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F10">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G10">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>249</v>
+      </c>
+      <c r="H10" t="s">
+        <v>12</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>60725261</v>
+        <v>10213824</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G11">
-        <v>360</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>12</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
-        <v>10213824</v>
+        <v>70004909</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F12">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G12">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="H12" t="s">
+        <v>12</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>70004909</v>
+        <v>10258455</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G13">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>100</v>
+      </c>
+      <c r="H13" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>10258455</v>
+        <v>10213826</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G14">
-        <v>140</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>165</v>
+      </c>
+      <c r="H14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>10213826</v>
+        <v>10213953</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G15">
-        <v>239</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>12</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>10213953</v>
+        <v>10213820</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F16">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G16">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>52</v>
+      </c>
+      <c r="H16" t="s">
+        <v>12</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>10213820</v>
+        <v>10261587</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F17">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G17">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>18</v>
+      </c>
+      <c r="H17" t="s">
+        <v>12</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>10261587</v>
+        <v>69820128</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F18">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G18">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>147</v>
+      </c>
+      <c r="H18" t="s">
+        <v>12</v>
+      </c>
+      <c r="I18" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>69820128</v>
+        <v>69956446</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F19">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G19">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>107</v>
+      </c>
+      <c r="H19" t="s">
+        <v>12</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>69956446</v>
+        <v>10263529</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F20">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G20">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>1199</v>
+      </c>
+      <c r="H20" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
-        <v>10263529</v>
+        <v>10213835</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F21">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G21">
-        <v>1349</v>
-[...1 lines deleted...]
-      <c r="H21">
         <v>36</v>
       </c>
-      <c r="I21">
-        <v>1</v>
+      <c r="H21" t="s">
+        <v>12</v>
+      </c>
+      <c r="I21" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>10213835</v>
+        <v>69733891</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="I22">
         <v>0</v>
+      </c>
+      <c r="H22" t="s">
+        <v>12</v>
+      </c>
+      <c r="I22" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>69733891</v>
+        <v>10213838</v>
       </c>
       <c r="C23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F23">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G23">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>66</v>
+      </c>
+      <c r="H23" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>10213838</v>
+        <v>10261661</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24">
+        <v>3</v>
+      </c>
+      <c r="G24">
         <v>56</v>
       </c>
-      <c r="F24">
-[...9 lines deleted...]
-        <v>1</v>
+      <c r="H24" t="s">
+        <v>12</v>
+      </c>
+      <c r="I24" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>10261661</v>
+        <v>10213841</v>
       </c>
       <c r="C25" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F25">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G25">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>154</v>
+      </c>
+      <c r="H25" t="s">
+        <v>12</v>
+      </c>
+      <c r="I25" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>10213841</v>
+        <v>10262273</v>
       </c>
       <c r="C26" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F26">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G26">
-        <v>216</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>70</v>
+      </c>
+      <c r="H26" t="s">
+        <v>12</v>
+      </c>
+      <c r="I26" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
-        <v>10262273</v>
+        <v>10213964</v>
       </c>
       <c r="C27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F27">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G27">
-        <v>106</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>429</v>
+      </c>
+      <c r="H27" t="s">
+        <v>12</v>
+      </c>
+      <c r="I27" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>10213964</v>
+        <v>10213843</v>
       </c>
       <c r="C28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F28">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G28">
-        <v>633</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>126</v>
+      </c>
+      <c r="H28" t="s">
+        <v>12</v>
+      </c>
+      <c r="I28" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>10213843</v>
+        <v>10200314</v>
       </c>
       <c r="C29" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F29">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G29">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="H29" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>10200314</v>
+        <v>10213845</v>
       </c>
       <c r="C30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F30">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G30">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="H30" t="s">
+        <v>12</v>
+      </c>
+      <c r="I30" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>10213845</v>
+        <v>69989222</v>
       </c>
       <c r="C31" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F31">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G31">
-        <v>66</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="H31" t="s">
+        <v>12</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>69989222</v>
+        <v>70004913</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F32">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G32">
-        <v>604</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>55</v>
+      </c>
+      <c r="H32" t="s">
+        <v>12</v>
+      </c>
+      <c r="I32" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>70004913</v>
+        <v>70000860</v>
       </c>
       <c r="C33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F33">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G33">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>33</v>
+      </c>
+      <c r="H33" t="s">
+        <v>12</v>
+      </c>
+      <c r="I33" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>70000860</v>
+        <v>69964324</v>
       </c>
       <c r="C34" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F34">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G34">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>140</v>
+      </c>
+      <c r="H34" t="s">
+        <v>12</v>
+      </c>
+      <c r="I34" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>69964324</v>
+        <v>10213847</v>
       </c>
       <c r="C35" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F35">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G35">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>125</v>
+      </c>
+      <c r="H35" t="s">
+        <v>12</v>
+      </c>
+      <c r="I35" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>10213847</v>
+        <v>69989134</v>
       </c>
       <c r="C36" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F36">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G36">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>63</v>
+      </c>
+      <c r="H36" t="s">
+        <v>12</v>
+      </c>
+      <c r="I36" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>69989134</v>
+        <v>69953949</v>
       </c>
       <c r="C37" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F37">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G37">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>197</v>
+      </c>
+      <c r="H37" t="s">
+        <v>12</v>
+      </c>
+      <c r="I37" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>69953949</v>
+        <v>70012461</v>
       </c>
       <c r="C38" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F38">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G38">
-        <v>278</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>50</v>
+      </c>
+      <c r="H38" t="s">
+        <v>12</v>
+      </c>
+      <c r="I38" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>70012461</v>
+        <v>70032543</v>
       </c>
       <c r="C39" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F39">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G39">
         <v>55</v>
       </c>
-      <c r="H39">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="H39" t="s">
+        <v>12</v>
+      </c>
+      <c r="I39" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>70032543</v>
+        <v>70035688</v>
       </c>
       <c r="C40" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F40">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G40">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>56</v>
+      </c>
+      <c r="H40" t="s">
+        <v>12</v>
+      </c>
+      <c r="I40" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>70035688</v>
+        <v>69956448</v>
       </c>
       <c r="C41" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F41">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G41">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>216</v>
+      </c>
+      <c r="H41" t="s">
+        <v>12</v>
+      </c>
+      <c r="I41" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>69956448</v>
+        <v>70057949</v>
       </c>
       <c r="C42" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
-        <v>273</v>
-[...4 lines deleted...]
-      <c r="I42">
         <v>0</v>
+      </c>
+      <c r="H42" t="s">
+        <v>12</v>
+      </c>
+      <c r="I42" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
         <v>70042363</v>
       </c>
       <c r="C43" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43">
+        <v>3</v>
+      </c>
+      <c r="G43">
         <v>94</v>
       </c>
-      <c r="F43">
-[...9 lines deleted...]
-        <v>2</v>
+      <c r="H43" t="s">
+        <v>12</v>
+      </c>
+      <c r="I43" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>70026478</v>
       </c>
       <c r="C44" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F44">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G44">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>64</v>
+      </c>
+      <c r="H44" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>10200301</v>
       </c>
       <c r="C45" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F45">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G45">
-        <v>612</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>409</v>
+      </c>
+      <c r="H45" t="s">
+        <v>12</v>
+      </c>
+      <c r="I45" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
         <v>70054151</v>
       </c>
       <c r="C46" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F46">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G46">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>16</v>
+      </c>
+      <c r="H46" t="s">
+        <v>12</v>
+      </c>
+      <c r="I46" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
         <v>10261209</v>
       </c>
       <c r="C47" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F47">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G47">
-        <v>361</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>244</v>
+      </c>
+      <c r="H47" t="s">
+        <v>12</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
         <v>70042367</v>
       </c>
       <c r="C48" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F48">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G48">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>31</v>
+      </c>
+      <c r="H48" t="s">
+        <v>12</v>
+      </c>
+      <c r="I48" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
         <v>70008410</v>
       </c>
       <c r="C49" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F49">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G49">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>71</v>
+      </c>
+      <c r="H49" t="s">
+        <v>12</v>
+      </c>
+      <c r="I49" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
         <v>69961200</v>
       </c>
       <c r="C50" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F50">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G50">
-        <v>201</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>135</v>
+      </c>
+      <c r="H50" t="s">
+        <v>12</v>
+      </c>
+      <c r="I50" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
         <v>69991106</v>
       </c>
       <c r="C51" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F51">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G51">
-        <v>139</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>92</v>
+      </c>
+      <c r="H51" t="s">
+        <v>12</v>
+      </c>
+      <c r="I51" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
         <v>70039020</v>
       </c>
       <c r="C52" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F52">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G52">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>43</v>
+      </c>
+      <c r="H52" t="s">
+        <v>12</v>
+      </c>
+      <c r="I52" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
         <v>70000712</v>
       </c>
       <c r="C53" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F53">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G53">
-        <v>106</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>80</v>
+      </c>
+      <c r="H53" t="s">
+        <v>12</v>
+      </c>
+      <c r="I53" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
         <v>70056212</v>
       </c>
       <c r="C54" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F54">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G54">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>39</v>
+      </c>
+      <c r="H54" t="s">
+        <v>12</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>70009467</v>
+        <v>70057679</v>
       </c>
       <c r="C55" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F55">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G55">
-        <v>121</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>43</v>
+      </c>
+      <c r="H55" t="s">
+        <v>12</v>
+      </c>
+      <c r="I55" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>70035284</v>
+        <v>70009467</v>
       </c>
       <c r="C56" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F56">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G56">
-        <v>670</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>83</v>
+      </c>
+      <c r="H56" t="s">
+        <v>12</v>
+      </c>
+      <c r="I56" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>69918618</v>
+        <v>70035284</v>
       </c>
       <c r="C57" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F57">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G57">
-        <v>190</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>455</v>
+      </c>
+      <c r="H57" t="s">
+        <v>12</v>
+      </c>
+      <c r="I57" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
-        <v>69827642</v>
+        <v>69918618</v>
       </c>
       <c r="C58" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F58">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G58">
-        <v>234</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>134</v>
+      </c>
+      <c r="H58" t="s">
+        <v>12</v>
+      </c>
+      <c r="I58" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
-        <v>69918996</v>
+        <v>69827642</v>
       </c>
       <c r="C59" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F59">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G59">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>159</v>
+      </c>
+      <c r="H59" t="s">
+        <v>12</v>
+      </c>
+      <c r="I59" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>70041417</v>
+        <v>69918996</v>
       </c>
       <c r="C60" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F60">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G60">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>250</v>
+      </c>
+      <c r="H60" t="s">
+        <v>12</v>
+      </c>
+      <c r="I60" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>70040767</v>
+        <v>70041417</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F61">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G61">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>21</v>
+      </c>
+      <c r="H61" t="s">
+        <v>12</v>
+      </c>
+      <c r="I61" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>69971491</v>
+        <v>70040767</v>
       </c>
       <c r="C62" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F62">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G62">
-        <v>674</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>71</v>
+      </c>
+      <c r="H62" t="s">
+        <v>12</v>
+      </c>
+      <c r="I62" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
-        <v>70005178</v>
+        <v>69971491</v>
       </c>
       <c r="C63" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F63">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G63">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>454</v>
+      </c>
+      <c r="H63" t="s">
+        <v>12</v>
+      </c>
+      <c r="I63" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>70000182</v>
+        <v>70005178</v>
       </c>
       <c r="C64" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F64">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G64">
-        <v>375</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>74</v>
+      </c>
+      <c r="H64" t="s">
+        <v>12</v>
+      </c>
+      <c r="I64" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>70044560</v>
+        <v>70000182</v>
       </c>
       <c r="C65" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F65">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G65">
-        <v>109</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>271</v>
+      </c>
+      <c r="H65" t="s">
+        <v>12</v>
+      </c>
+      <c r="I65" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>70046680</v>
+        <v>70044560</v>
       </c>
       <c r="C66" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F66">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G66">
-        <v>277</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>74</v>
+      </c>
+      <c r="H66" t="s">
+        <v>12</v>
+      </c>
+      <c r="I66" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>70042637</v>
+        <v>70046680</v>
       </c>
       <c r="C67" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F67">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G67">
-        <v>117</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>163</v>
+      </c>
+      <c r="H67" t="s">
+        <v>12</v>
+      </c>
+      <c r="I67" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
-        <v>70052161</v>
+        <v>70042637</v>
       </c>
       <c r="C68" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F68">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G68">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>92</v>
+      </c>
+      <c r="H68" t="s">
+        <v>12</v>
+      </c>
+      <c r="I68" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>70001876</v>
+        <v>70052161</v>
       </c>
       <c r="C69" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F69">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G69">
-        <v>162</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>49</v>
+      </c>
+      <c r="H69" t="s">
+        <v>12</v>
+      </c>
+      <c r="I69" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>70013643</v>
+        <v>70001876</v>
       </c>
       <c r="C70" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
-        <v>18</v>
+        <v>149</v>
       </c>
       <c r="F70">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G70">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>119</v>
+      </c>
+      <c r="H70" t="s">
+        <v>12</v>
+      </c>
+      <c r="I70" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
-        <v>69991471</v>
+        <v>70013643</v>
       </c>
       <c r="C71" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>149</v>
+        <v>93</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
-        <v>200</v>
-[...4 lines deleted...]
-      <c r="I71">
         <v>0</v>
+      </c>
+      <c r="H71" t="s">
+        <v>12</v>
+      </c>
+      <c r="I71" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
-        <v>10263549</v>
+        <v>69991471</v>
       </c>
       <c r="C72" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F72">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G72">
-        <v>236</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>133</v>
+      </c>
+      <c r="H72" t="s">
+        <v>12</v>
+      </c>
+      <c r="I72" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
-        <v>10264654</v>
+        <v>10263549</v>
       </c>
       <c r="C73" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F73">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G73">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>161</v>
+      </c>
+      <c r="H73" t="s">
+        <v>12</v>
+      </c>
+      <c r="I73" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
-        <v>69960758</v>
+        <v>10264654</v>
       </c>
       <c r="C74" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F74">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G74">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>113</v>
+      </c>
+      <c r="H74" t="s">
+        <v>12</v>
+      </c>
+      <c r="I74" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
-        <v>69974439</v>
+        <v>69960758</v>
       </c>
       <c r="C75" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F75">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G75">
-        <v>68</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>73</v>
+      </c>
+      <c r="H75" t="s">
+        <v>12</v>
+      </c>
+      <c r="I75" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
-        <v>10213853</v>
+        <v>69974439</v>
       </c>
       <c r="C76" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F76">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G76">
-        <v>252</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>53</v>
+      </c>
+      <c r="H76" t="s">
+        <v>12</v>
+      </c>
+      <c r="I76" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
-        <v>10213968</v>
+        <v>10213853</v>
       </c>
       <c r="C77" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F77">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G77">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>170</v>
+      </c>
+      <c r="H77" t="s">
+        <v>12</v>
+      </c>
+      <c r="I77" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
-        <v>69979586</v>
+        <v>10213968</v>
       </c>
       <c r="C78" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F78">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G78">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="H78" t="s">
+        <v>12</v>
+      </c>
+      <c r="I78" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
-        <v>10213856</v>
+        <v>69979586</v>
       </c>
       <c r="C79" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F79">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G79">
-        <v>254</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>34</v>
+      </c>
+      <c r="H79" t="s">
+        <v>12</v>
+      </c>
+      <c r="I79" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>10213857</v>
+        <v>10213856</v>
       </c>
       <c r="C80" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
-        <v>18</v>
+        <v>168</v>
       </c>
       <c r="F80">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G80">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>174</v>
+      </c>
+      <c r="H80" t="s">
+        <v>12</v>
+      </c>
+      <c r="I80" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>69960937</v>
+        <v>10213857</v>
       </c>
       <c r="C81" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
-        <v>168</v>
+        <v>93</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
-        <v>100</v>
-[...4 lines deleted...]
-      <c r="I81">
         <v>0</v>
+      </c>
+      <c r="H81" t="s">
+        <v>12</v>
+      </c>
+      <c r="I81" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>10200283</v>
+        <v>69960937</v>
       </c>
       <c r="C82" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F82">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G82">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>71</v>
+      </c>
+      <c r="H82" t="s">
+        <v>12</v>
+      </c>
+      <c r="I82" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
-        <v>70004256</v>
+        <v>10200283</v>
       </c>
       <c r="C83" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F83">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G83">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>18</v>
+      </c>
+      <c r="H83" t="s">
+        <v>12</v>
+      </c>
+      <c r="I83" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>10213860</v>
+        <v>70004256</v>
       </c>
       <c r="C84" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F84">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G84">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>21</v>
+      </c>
+      <c r="H84" t="s">
+        <v>12</v>
+      </c>
+      <c r="I84" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
-        <v>10213859</v>
+        <v>10213860</v>
       </c>
       <c r="C85" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F85">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G85">
-        <v>345</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>64</v>
+      </c>
+      <c r="H85" t="s">
+        <v>12</v>
+      </c>
+      <c r="I85" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
-        <v>10213862</v>
+        <v>10213859</v>
       </c>
       <c r="C86" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F86">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G86">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>225</v>
+      </c>
+      <c r="H86" t="s">
+        <v>12</v>
+      </c>
+      <c r="I86" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
-        <v>10213973</v>
+        <v>10213862</v>
       </c>
       <c r="C87" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F87">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G87">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>141</v>
+      </c>
+      <c r="H87" t="s">
+        <v>12</v>
+      </c>
+      <c r="I87" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
-        <v>10213975</v>
+        <v>10213973</v>
       </c>
       <c r="C88" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F88">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G88">
-        <v>626</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>31</v>
+      </c>
+      <c r="H88" t="s">
+        <v>12</v>
+      </c>
+      <c r="I88" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
-        <v>70054541</v>
+        <v>10213975</v>
       </c>
       <c r="C89" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F89">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G89">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>420</v>
+      </c>
+      <c r="H89" t="s">
+        <v>12</v>
+      </c>
+      <c r="I89" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
-        <v>10213866</v>
+        <v>70054541</v>
       </c>
       <c r="C90" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G90">
-        <v>182</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="H90" t="s">
+        <v>12</v>
+      </c>
+      <c r="I90" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
-        <v>10213868</v>
+        <v>10213866</v>
       </c>
       <c r="C91" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F91">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G91">
-        <v>640</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>132</v>
+      </c>
+      <c r="H91" t="s">
+        <v>12</v>
+      </c>
+      <c r="I91" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
-        <v>69830412</v>
+        <v>10213868</v>
       </c>
       <c r="C92" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F92">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G92">
-        <v>437</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>433</v>
+      </c>
+      <c r="H92" t="s">
+        <v>12</v>
+      </c>
+      <c r="I92" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
-        <v>70004083</v>
+        <v>69830412</v>
       </c>
       <c r="C93" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F93">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G93">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>295</v>
+      </c>
+      <c r="H93" t="s">
+        <v>12</v>
+      </c>
+      <c r="I93" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
-        <v>10213869</v>
+        <v>70004083</v>
       </c>
       <c r="C94" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F94">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G94">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>31</v>
+      </c>
+      <c r="H94" t="s">
+        <v>12</v>
+      </c>
+      <c r="I94" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
-        <v>70002524</v>
+        <v>10213869</v>
       </c>
       <c r="C95" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F95">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G95">
-        <v>178</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>125</v>
+      </c>
+      <c r="H95" t="s">
+        <v>12</v>
+      </c>
+      <c r="I95" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
-        <v>10200296</v>
+        <v>70002524</v>
       </c>
       <c r="C96" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F96">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G96">
-        <v>182</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>121</v>
+      </c>
+      <c r="H96" t="s">
+        <v>12</v>
+      </c>
+      <c r="I96" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
-        <v>10213912</v>
+        <v>10200296</v>
       </c>
       <c r="C97" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F97">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G97">
-        <v>542</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>130</v>
+      </c>
+      <c r="H97" t="s">
+        <v>12</v>
+      </c>
+      <c r="I97" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
-        <v>10262018</v>
+        <v>10213912</v>
       </c>
       <c r="C98" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F98">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G98">
-        <v>405</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>361</v>
+      </c>
+      <c r="H98" t="s">
+        <v>12</v>
+      </c>
+      <c r="I98" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
-        <v>10213979</v>
+        <v>10262018</v>
       </c>
       <c r="C99" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F99">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G99">
-        <v>446</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>275</v>
+      </c>
+      <c r="H99" t="s">
+        <v>12</v>
+      </c>
+      <c r="I99" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
-        <v>70025295</v>
+        <v>10213979</v>
       </c>
       <c r="C100" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F100">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G100">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>307</v>
+      </c>
+      <c r="H100" t="s">
+        <v>12</v>
+      </c>
+      <c r="I100" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
-        <v>10200294</v>
+        <v>70025295</v>
       </c>
       <c r="C101" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F101">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G101">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>47</v>
+      </c>
+      <c r="H101" t="s">
+        <v>12</v>
+      </c>
+      <c r="I101" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
-        <v>10213982</v>
+        <v>10200294</v>
       </c>
       <c r="C102" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F102">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G102">
-        <v>122</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>170</v>
+      </c>
+      <c r="H102" t="s">
+        <v>12</v>
+      </c>
+      <c r="I102" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
-        <v>10213918</v>
+        <v>10213982</v>
       </c>
       <c r="C103" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F103">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G103">
-        <v>576</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>84</v>
+      </c>
+      <c r="H103" t="s">
+        <v>12</v>
+      </c>
+      <c r="I103" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
-        <v>10213983</v>
+        <v>10213918</v>
       </c>
       <c r="C104" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F104">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G104">
-        <v>144</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>390</v>
+      </c>
+      <c r="H104" t="s">
+        <v>12</v>
+      </c>
+      <c r="I104" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
-        <v>69962148</v>
+        <v>10213983</v>
       </c>
       <c r="C105" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F105">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G105">
-        <v>287</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>98</v>
+      </c>
+      <c r="H105" t="s">
+        <v>12</v>
+      </c>
+      <c r="I105" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
-        <v>10213920</v>
+        <v>69962148</v>
       </c>
       <c r="C106" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F106">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G106">
-        <v>223</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>200</v>
+      </c>
+      <c r="H106" t="s">
+        <v>12</v>
+      </c>
+      <c r="I106" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
-        <v>10213922</v>
+        <v>10213920</v>
       </c>
       <c r="C107" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F107">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G107">
-        <v>339</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>154</v>
+      </c>
+      <c r="H107" t="s">
+        <v>12</v>
+      </c>
+      <c r="I107" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
-        <v>10213923</v>
+        <v>10213922</v>
       </c>
       <c r="C108" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F108">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G108">
-        <v>481</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>232</v>
+      </c>
+      <c r="H108" t="s">
+        <v>12</v>
+      </c>
+      <c r="I108" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
-        <v>10213921</v>
+        <v>10213923</v>
       </c>
       <c r="C109" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F109">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G109">
-        <v>722</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>339</v>
+      </c>
+      <c r="H109" t="s">
+        <v>12</v>
+      </c>
+      <c r="I109" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
-        <v>10200321</v>
+        <v>10213921</v>
       </c>
       <c r="C110" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F110">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G110">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>494</v>
+      </c>
+      <c r="H110" t="s">
+        <v>12</v>
+      </c>
+      <c r="I110" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
-        <v>69961938</v>
+        <v>10200321</v>
       </c>
       <c r="C111" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F111">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G111">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>13</v>
+      </c>
+      <c r="H111" t="s">
+        <v>12</v>
+      </c>
+      <c r="I111" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
-        <v>10213925</v>
+        <v>69961938</v>
       </c>
       <c r="C112" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F112">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G112">
-        <v>470</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>22</v>
+      </c>
+      <c r="H112" t="s">
+        <v>12</v>
+      </c>
+      <c r="I112" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
-        <v>10213825</v>
+        <v>10213925</v>
       </c>
       <c r="C113" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F113">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G113">
-        <v>281</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>330</v>
+      </c>
+      <c r="H113" t="s">
+        <v>12</v>
+      </c>
+      <c r="I113" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
-        <v>10213846</v>
+        <v>10213825</v>
       </c>
       <c r="C114" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F114">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G114">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>210</v>
+      </c>
+      <c r="H114" t="s">
+        <v>12</v>
+      </c>
+      <c r="I114" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
-        <v>69956517</v>
+        <v>10213846</v>
       </c>
       <c r="C115" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F115">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G115">
-        <v>475</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>25</v>
+      </c>
+      <c r="H115" t="s">
+        <v>12</v>
+      </c>
+      <c r="I115" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
-        <v>70005530</v>
+        <v>69956517</v>
       </c>
       <c r="C116" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F116">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G116">
-        <v>350</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>325</v>
+      </c>
+      <c r="H116" t="s">
+        <v>12</v>
+      </c>
+      <c r="I116" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
-        <v>10213939</v>
+        <v>70005530</v>
       </c>
       <c r="C117" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F117">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G117">
-        <v>223</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>237</v>
+      </c>
+      <c r="H117" t="s">
+        <v>12</v>
+      </c>
+      <c r="I117" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
-        <v>10260013</v>
+        <v>10213939</v>
       </c>
       <c r="C118" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F118">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G118">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>146</v>
+      </c>
+      <c r="H118" t="s">
+        <v>12</v>
+      </c>
+      <c r="I118" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
-        <v>69888522</v>
+        <v>10260013</v>
       </c>
       <c r="C119" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F119">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G119">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>64</v>
+      </c>
+      <c r="H119" t="s">
+        <v>12</v>
+      </c>
+      <c r="I119" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
-        <v>69967367</v>
+        <v>69888522</v>
       </c>
       <c r="C120" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F120">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G120">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>20</v>
+      </c>
+      <c r="H120" t="s">
+        <v>12</v>
+      </c>
+      <c r="I120" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
-        <v>69980201</v>
+        <v>69967367</v>
       </c>
       <c r="C121" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F121">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G121">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>73</v>
+      </c>
+      <c r="H121" t="s">
+        <v>12</v>
+      </c>
+      <c r="I121" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
-        <v>10213865</v>
+        <v>69980201</v>
       </c>
       <c r="C122" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F122">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G122">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>71</v>
+      </c>
+      <c r="H122" t="s">
+        <v>12</v>
+      </c>
+      <c r="I122" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
-        <v>10213995</v>
+        <v>10213865</v>
       </c>
       <c r="C123" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F123">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G123">
-        <v>273</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>84</v>
+      </c>
+      <c r="H123" t="s">
+        <v>12</v>
+      </c>
+      <c r="I123" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
-        <v>70047599</v>
+        <v>10213995</v>
       </c>
       <c r="C124" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F124">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G124">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>185</v>
+      </c>
+      <c r="H124" t="s">
+        <v>12</v>
+      </c>
+      <c r="I124" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125">
-        <v>10214008</v>
+        <v>70047599</v>
       </c>
       <c r="C125" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F125">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G125">
-        <v>463</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>102</v>
+      </c>
+      <c r="H125" t="s">
+        <v>12</v>
+      </c>
+      <c r="I125" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126">
-        <v>10200418</v>
+        <v>10214008</v>
       </c>
       <c r="C126" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F126">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G126">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>302</v>
+      </c>
+      <c r="H126" t="s">
+        <v>12</v>
+      </c>
+      <c r="I126" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
-        <v>69967788</v>
+        <v>10200418</v>
       </c>
       <c r="C127" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F127">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G127">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>70</v>
+      </c>
+      <c r="H127" t="s">
+        <v>12</v>
+      </c>
+      <c r="I127" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
-        <v>10213819</v>
+        <v>69967788</v>
       </c>
       <c r="C128" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F128">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G128">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>33</v>
+      </c>
+      <c r="H128" t="s">
+        <v>12</v>
+      </c>
+      <c r="I128" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
-        <v>70047040</v>
+        <v>10213819</v>
       </c>
       <c r="C129" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F129">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G129">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>74</v>
+      </c>
+      <c r="H129" t="s">
+        <v>12</v>
+      </c>
+      <c r="I129" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130">
-        <v>10213822</v>
+        <v>70047040</v>
       </c>
       <c r="C130" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F130">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G130">
-        <v>548</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>76</v>
+      </c>
+      <c r="H130" t="s">
+        <v>12</v>
+      </c>
+      <c r="I130" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
-        <v>10257834</v>
+        <v>10213822</v>
       </c>
       <c r="C131" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F131">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G131">
-        <v>454</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>355</v>
+      </c>
+      <c r="H131" t="s">
+        <v>12</v>
+      </c>
+      <c r="I131" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132">
-        <v>10213952</v>
+        <v>10257834</v>
       </c>
       <c r="C132" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F132">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G132">
-        <v>324</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>327</v>
+      </c>
+      <c r="H132" t="s">
+        <v>12</v>
+      </c>
+      <c r="I132" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
-        <v>69979560</v>
+        <v>10213952</v>
       </c>
       <c r="C133" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F133">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G133">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>223</v>
+      </c>
+      <c r="H133" t="s">
+        <v>12</v>
+      </c>
+      <c r="I133" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
-        <v>69957003</v>
+        <v>69979560</v>
       </c>
       <c r="C134" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F134">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G134">
-        <v>113</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>79</v>
+      </c>
+      <c r="H134" t="s">
+        <v>12</v>
+      </c>
+      <c r="I134" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135">
-        <v>10213827</v>
+        <v>69957003</v>
       </c>
       <c r="C135" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F135">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G135">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>71</v>
+      </c>
+      <c r="H135" t="s">
+        <v>12</v>
+      </c>
+      <c r="I135" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
-        <v>10213828</v>
+        <v>10213827</v>
       </c>
       <c r="C136" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F136">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G136">
-        <v>252</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="H136" t="s">
+        <v>12</v>
+      </c>
+      <c r="I136" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
-        <v>10263530</v>
+        <v>10213828</v>
       </c>
       <c r="C137" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F137">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G137">
-        <v>158</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>173</v>
+      </c>
+      <c r="H137" t="s">
+        <v>12</v>
+      </c>
+      <c r="I137" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138">
-        <v>69984607</v>
+        <v>10263530</v>
       </c>
       <c r="C138" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F138">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G138">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>112</v>
+      </c>
+      <c r="H138" t="s">
+        <v>12</v>
+      </c>
+      <c r="I138" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
-        <v>10260835</v>
+        <v>69984607</v>
       </c>
       <c r="C139" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F139">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G139">
-        <v>311</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>94</v>
+      </c>
+      <c r="H139" t="s">
+        <v>12</v>
+      </c>
+      <c r="I139" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
-        <v>10213821</v>
+        <v>10260835</v>
       </c>
       <c r="C140" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F140">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G140">
-        <v>269</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>218</v>
+      </c>
+      <c r="H140" t="s">
+        <v>12</v>
+      </c>
+      <c r="I140" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
-        <v>10200320</v>
+        <v>10213821</v>
       </c>
       <c r="C141" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F141">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G141">
-        <v>688</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>196</v>
+      </c>
+      <c r="H141" t="s">
+        <v>12</v>
+      </c>
+      <c r="I141" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
-        <v>69821199</v>
+        <v>10200320</v>
       </c>
       <c r="C142" t="s">
         <v>288</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F142">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G142">
-        <v>178</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>476</v>
+      </c>
+      <c r="H142" t="s">
+        <v>12</v>
+      </c>
+      <c r="I142" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
-        <v>69919751</v>
+        <v>69821199</v>
       </c>
       <c r="C143" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F143">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G143">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="H143" t="s">
+        <v>12</v>
+      </c>
+      <c r="I143" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
-        <v>10213954</v>
+        <v>69919751</v>
       </c>
       <c r="C144" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F144">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G144">
-        <v>493</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>43</v>
+      </c>
+      <c r="H144" t="s">
+        <v>12</v>
+      </c>
+      <c r="I144" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
-        <v>10213829</v>
+        <v>10213954</v>
       </c>
       <c r="C145" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F145">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G145">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>332</v>
+      </c>
+      <c r="H145" t="s">
+        <v>12</v>
+      </c>
+      <c r="I145" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
-        <v>69984695</v>
+        <v>10213829</v>
       </c>
       <c r="C146" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F146">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G146">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>62</v>
+      </c>
+      <c r="H146" t="s">
+        <v>12</v>
+      </c>
+      <c r="I146" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
-        <v>10257925</v>
+        <v>69984695</v>
       </c>
       <c r="C147" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F147">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G147">
-        <v>113</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>33</v>
+      </c>
+      <c r="H147" t="s">
+        <v>12</v>
+      </c>
+      <c r="I147" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
-        <v>69979471</v>
+        <v>10257925</v>
       </c>
       <c r="C148" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F148">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G148">
-        <v>235</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>80</v>
+      </c>
+      <c r="H148" t="s">
+        <v>12</v>
+      </c>
+      <c r="I148" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
-        <v>10213830</v>
+        <v>69979471</v>
       </c>
       <c r="C149" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F149">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G149">
-        <v>215</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>164</v>
+      </c>
+      <c r="H149" t="s">
+        <v>12</v>
+      </c>
+      <c r="I149" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
-        <v>10213831</v>
+        <v>10213830</v>
       </c>
       <c r="C150" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F150">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G150">
-        <v>189</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>148</v>
+      </c>
+      <c r="H150" t="s">
+        <v>12</v>
+      </c>
+      <c r="I150" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
-        <v>10260106</v>
+        <v>10213831</v>
       </c>
       <c r="C151" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
-        <v>18</v>
+        <v>308</v>
       </c>
       <c r="F151">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G151">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>135</v>
+      </c>
+      <c r="H151" t="s">
+        <v>12</v>
+      </c>
+      <c r="I151" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
-        <v>10200304</v>
+        <v>10260106</v>
       </c>
       <c r="C152" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
-        <v>308</v>
+        <v>93</v>
       </c>
       <c r="F152">
         <v>0</v>
       </c>
       <c r="G152">
-        <v>211</v>
-[...4 lines deleted...]
-      <c r="I152">
         <v>0</v>
+      </c>
+      <c r="H152" t="s">
+        <v>12</v>
+      </c>
+      <c r="I152" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
-        <v>10200303</v>
+        <v>10200304</v>
       </c>
       <c r="C153" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F153">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G153">
-        <v>434</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>151</v>
+      </c>
+      <c r="H153" t="s">
+        <v>12</v>
+      </c>
+      <c r="I153" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
-        <v>69948505</v>
+        <v>10200303</v>
       </c>
       <c r="C154" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F154">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G154">
-        <v>121</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>300</v>
+      </c>
+      <c r="H154" t="s">
+        <v>12</v>
+      </c>
+      <c r="I154" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
-        <v>10200302</v>
+        <v>69948505</v>
       </c>
       <c r="C155" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F155">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G155">
-        <v>415</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>88</v>
+      </c>
+      <c r="H155" t="s">
+        <v>12</v>
+      </c>
+      <c r="I155" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
-        <v>69956697</v>
+        <v>10200302</v>
       </c>
       <c r="C156" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F156">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G156">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>284</v>
+      </c>
+      <c r="H156" t="s">
+        <v>12</v>
+      </c>
+      <c r="I156" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
-        <v>10261971</v>
+        <v>69956697</v>
       </c>
       <c r="C157" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F157">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G157">
-        <v>464</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>72</v>
+      </c>
+      <c r="H157" t="s">
+        <v>12</v>
+      </c>
+      <c r="I157" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
-        <v>69972437</v>
+        <v>10261971</v>
       </c>
       <c r="C158" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F158">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G158">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>312</v>
+      </c>
+      <c r="H158" t="s">
+        <v>12</v>
+      </c>
+      <c r="I158" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
-        <v>10219918</v>
+        <v>69972437</v>
       </c>
       <c r="C159" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F159">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G159">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>45</v>
+      </c>
+      <c r="H159" t="s">
+        <v>12</v>
+      </c>
+      <c r="I159" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
-        <v>70042968</v>
+        <v>10219918</v>
       </c>
       <c r="C160" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F160">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G160">
-        <v>132</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>152</v>
+      </c>
+      <c r="H160" t="s">
+        <v>12</v>
+      </c>
+      <c r="I160" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
-        <v>10213940</v>
+        <v>70042968</v>
       </c>
       <c r="C161" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F161">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G161">
-        <v>615</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>52</v>
+      </c>
+      <c r="H161" t="s">
+        <v>12</v>
+      </c>
+      <c r="I161" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
-        <v>10213837</v>
+        <v>10213940</v>
       </c>
       <c r="C162" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F162">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G162">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>433</v>
+      </c>
+      <c r="H162" t="s">
+        <v>12</v>
+      </c>
+      <c r="I162" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
-        <v>69979643</v>
+        <v>10213837</v>
       </c>
       <c r="C163" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F163">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G163">
-        <v>184</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>173</v>
+      </c>
+      <c r="H163" t="s">
+        <v>12</v>
+      </c>
+      <c r="I163" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
-        <v>69991960</v>
+        <v>69979643</v>
       </c>
       <c r="C164" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F164">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G164">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>119</v>
+      </c>
+      <c r="H164" t="s">
+        <v>12</v>
+      </c>
+      <c r="I164" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
-        <v>69990700</v>
+        <v>69991960</v>
       </c>
       <c r="C165" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F165">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G165">
-        <v>157</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>38</v>
+      </c>
+      <c r="H165" t="s">
+        <v>12</v>
+      </c>
+      <c r="I165" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
-        <v>10257298</v>
+        <v>69990700</v>
       </c>
       <c r="C166" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F166">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G166">
-        <v>310</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>106</v>
+      </c>
+      <c r="H166" t="s">
+        <v>12</v>
+      </c>
+      <c r="I166" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
-        <v>10213959</v>
+        <v>10257298</v>
       </c>
       <c r="C167" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F167">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G167">
-        <v>345</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>208</v>
+      </c>
+      <c r="H167" t="s">
+        <v>12</v>
+      </c>
+      <c r="I167" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
-        <v>69989772</v>
+        <v>10213959</v>
       </c>
       <c r="C168" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F168">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G168">
-        <v>201</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>237</v>
+      </c>
+      <c r="H168" t="s">
+        <v>12</v>
+      </c>
+      <c r="I168" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169">
-        <v>10213960</v>
+        <v>69989772</v>
       </c>
       <c r="C169" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F169">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G169">
-        <v>380</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>139</v>
+      </c>
+      <c r="H169" t="s">
+        <v>12</v>
+      </c>
+      <c r="I169" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170">
-        <v>10213839</v>
+        <v>10213960</v>
       </c>
       <c r="C170" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F170">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G170">
-        <v>268</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>274</v>
+      </c>
+      <c r="H170" t="s">
+        <v>12</v>
+      </c>
+      <c r="I170" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171">
-        <v>10200318</v>
+        <v>10213839</v>
       </c>
       <c r="C171" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F171">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G171">
-        <v>546</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>180</v>
+      </c>
+      <c r="H171" t="s">
+        <v>12</v>
+      </c>
+      <c r="I171" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172">
-        <v>69829546</v>
+        <v>10200318</v>
       </c>
       <c r="C172" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F172">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G172">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>275</v>
+      </c>
+      <c r="H172" t="s">
+        <v>12</v>
+      </c>
+      <c r="I172" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173">
-        <v>10261662</v>
+        <v>69829546</v>
       </c>
       <c r="C173" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F173">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G173">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>80</v>
+      </c>
+      <c r="H173" t="s">
+        <v>12</v>
+      </c>
+      <c r="I173" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174">
-        <v>10213961</v>
+        <v>10261662</v>
       </c>
       <c r="C174" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F174">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G174">
-        <v>463</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>13</v>
+      </c>
+      <c r="H174" t="s">
+        <v>12</v>
+      </c>
+      <c r="I174" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
-        <v>10200315</v>
+        <v>10213961</v>
       </c>
       <c r="C175" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F175">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G175">
-        <v>660</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>320</v>
+      </c>
+      <c r="H175" t="s">
+        <v>12</v>
+      </c>
+      <c r="I175" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
-        <v>10213844</v>
+        <v>10200315</v>
       </c>
       <c r="C176" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F176">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G176">
-        <v>254</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>454</v>
+      </c>
+      <c r="H176" t="s">
+        <v>12</v>
+      </c>
+      <c r="I176" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
-        <v>69956698</v>
+        <v>10213844</v>
       </c>
       <c r="C177" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F177">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G177">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>180</v>
+      </c>
+      <c r="H177" t="s">
+        <v>12</v>
+      </c>
+      <c r="I177" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
-        <v>70054367</v>
+        <v>69956698</v>
       </c>
       <c r="C178" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F178">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G178">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>72</v>
+      </c>
+      <c r="H178" t="s">
+        <v>12</v>
+      </c>
+      <c r="I178" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
-        <v>69988634</v>
+        <v>70054367</v>
       </c>
       <c r="C179" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F179">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G179">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>18</v>
+      </c>
+      <c r="H179" t="s">
+        <v>12</v>
+      </c>
+      <c r="I179" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
-        <v>10261668</v>
+        <v>69988634</v>
       </c>
       <c r="C180" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F180">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G180">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>155</v>
+      </c>
+      <c r="H180" t="s">
+        <v>12</v>
+      </c>
+      <c r="I180" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181">
-        <v>69990138</v>
+        <v>10261668</v>
       </c>
       <c r="C181" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F181">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G181">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>127</v>
+      </c>
+      <c r="H181" t="s">
+        <v>12</v>
+      </c>
+      <c r="I181" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
-        <v>69969841</v>
+        <v>69990138</v>
       </c>
       <c r="C182" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F182">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G182">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>148</v>
+      </c>
+      <c r="H182" t="s">
+        <v>12</v>
+      </c>
+      <c r="I182" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
-        <v>69969890</v>
+        <v>69969841</v>
       </c>
       <c r="C183" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F183">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G183">
-        <v>399</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>136</v>
+      </c>
+      <c r="H183" t="s">
+        <v>12</v>
+      </c>
+      <c r="I183" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
-        <v>70005059</v>
+        <v>69969890</v>
       </c>
       <c r="C184" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F184">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G184">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>268</v>
+      </c>
+      <c r="H184" t="s">
+        <v>12</v>
+      </c>
+      <c r="I184" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
-        <v>69967486</v>
+        <v>70005059</v>
       </c>
       <c r="C185" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F185">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G185">
-        <v>376</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="H185" t="s">
+        <v>12</v>
+      </c>
+      <c r="I185" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
-        <v>70009587</v>
+        <v>69967486</v>
       </c>
       <c r="C186" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F186">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G186">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>254</v>
+      </c>
+      <c r="H186" t="s">
+        <v>12</v>
+      </c>
+      <c r="I186" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187">
-        <v>69970260</v>
+        <v>70009587</v>
       </c>
       <c r="C187" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F187">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G187">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>40</v>
+      </c>
+      <c r="H187" t="s">
+        <v>12</v>
+      </c>
+      <c r="I187" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188">
-        <v>10259492</v>
+        <v>69970260</v>
       </c>
       <c r="C188" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F188">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G188">
-        <v>375</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>98</v>
+      </c>
+      <c r="H188" t="s">
+        <v>12</v>
+      </c>
+      <c r="I188" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
-        <v>10213849</v>
+        <v>10259492</v>
       </c>
       <c r="C189" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F189">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G189">
-        <v>190</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>264</v>
+      </c>
+      <c r="H189" t="s">
+        <v>12</v>
+      </c>
+      <c r="I189" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
-        <v>10213850</v>
+        <v>10213849</v>
       </c>
       <c r="C190" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F190">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G190">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>138</v>
+      </c>
+      <c r="H190" t="s">
+        <v>12</v>
+      </c>
+      <c r="I190" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
-        <v>70037577</v>
+        <v>10213850</v>
       </c>
       <c r="C191" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F191">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G191">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>74</v>
+      </c>
+      <c r="H191" t="s">
+        <v>12</v>
+      </c>
+      <c r="I191" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
-        <v>10214006</v>
+        <v>70037577</v>
       </c>
       <c r="C192" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F192">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G192">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="H192" t="s">
+        <v>12</v>
+      </c>
+      <c r="I192" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
-        <v>10200288</v>
+        <v>10214006</v>
       </c>
       <c r="C193" t="s">
         <v>388</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F193">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G193">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>74</v>
+      </c>
+      <c r="H193" t="s">
+        <v>12</v>
+      </c>
+      <c r="I193" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
-        <v>10213967</v>
+        <v>10200288</v>
       </c>
       <c r="C194" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F194">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G194">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>126</v>
+      </c>
+      <c r="H194" t="s">
+        <v>12</v>
+      </c>
+      <c r="I194" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
-        <v>10213854</v>
+        <v>10213967</v>
       </c>
       <c r="C195" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F195">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G195">
-        <v>144</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>44</v>
+      </c>
+      <c r="H195" t="s">
+        <v>12</v>
+      </c>
+      <c r="I195" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
-        <v>70056500</v>
+        <v>10213854</v>
       </c>
       <c r="C196" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
-        <v>18</v>
+        <v>396</v>
       </c>
       <c r="F196">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G196">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>100</v>
+      </c>
+      <c r="H196" t="s">
+        <v>12</v>
+      </c>
+      <c r="I196" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
-        <v>10200285</v>
+        <v>70056500</v>
       </c>
       <c r="C197" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
-        <v>396</v>
+        <v>93</v>
       </c>
       <c r="F197">
         <v>0</v>
       </c>
       <c r="G197">
-        <v>360</v>
-[...4 lines deleted...]
-      <c r="I197">
         <v>0</v>
+      </c>
+      <c r="H197" t="s">
+        <v>12</v>
+      </c>
+      <c r="I197" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198">
-        <v>69992436</v>
+        <v>10200285</v>
       </c>
       <c r="C198" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F198">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G198">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>247</v>
+      </c>
+      <c r="H198" t="s">
+        <v>12</v>
+      </c>
+      <c r="I198" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
-        <v>69867912</v>
+        <v>69992436</v>
       </c>
       <c r="C199" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F199">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G199">
-        <v>104</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>39</v>
+      </c>
+      <c r="H199" t="s">
+        <v>12</v>
+      </c>
+      <c r="I199" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
-        <v>10260485</v>
+        <v>69867912</v>
       </c>
       <c r="C200" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F200">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G200">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>76</v>
+      </c>
+      <c r="H200" t="s">
+        <v>12</v>
+      </c>
+      <c r="I200" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
-        <v>10264652</v>
+        <v>10260485</v>
       </c>
       <c r="C201" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F201">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G201">
-        <v>209</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>105</v>
+      </c>
+      <c r="H201" t="s">
+        <v>12</v>
+      </c>
+      <c r="I201" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
-        <v>69979583</v>
+        <v>10264652</v>
       </c>
       <c r="C202" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F202">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G202">
-        <v>1096</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>149</v>
+      </c>
+      <c r="H202" t="s">
+        <v>12</v>
+      </c>
+      <c r="I202" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
-        <v>10213972</v>
+        <v>69979583</v>
       </c>
       <c r="C203" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F203">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G203">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>726</v>
+      </c>
+      <c r="H203" t="s">
+        <v>12</v>
+      </c>
+      <c r="I203" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
-        <v>70053793</v>
+        <v>10213972</v>
       </c>
       <c r="C204" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>18</v>
+        <v>411</v>
       </c>
       <c r="F204">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G204">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>71</v>
+      </c>
+      <c r="H204" t="s">
+        <v>12</v>
+      </c>
+      <c r="I204" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
-        <v>10213863</v>
+        <v>70053793</v>
       </c>
       <c r="C205" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
       <c r="G205">
-        <v>557</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="H205" t="s">
+        <v>12</v>
+      </c>
+      <c r="I205" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
-        <v>10213864</v>
+        <v>10213863</v>
       </c>
       <c r="C206" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F206">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G206">
-        <v>497</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>380</v>
+      </c>
+      <c r="H206" t="s">
+        <v>12</v>
+      </c>
+      <c r="I206" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
-        <v>69904725</v>
+        <v>10213864</v>
       </c>
       <c r="C207" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F207">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G207">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>329</v>
+      </c>
+      <c r="H207" t="s">
+        <v>12</v>
+      </c>
+      <c r="I207" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
-        <v>10213976</v>
+        <v>69904725</v>
       </c>
       <c r="C208" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F208">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G208">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>140</v>
+      </c>
+      <c r="H208" t="s">
+        <v>12</v>
+      </c>
+      <c r="I208" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
-        <v>10258791</v>
+        <v>10213976</v>
       </c>
       <c r="C209" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F209">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G209">
-        <v>279</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>58</v>
+      </c>
+      <c r="H209" t="s">
+        <v>12</v>
+      </c>
+      <c r="I209" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
-        <v>10213980</v>
+        <v>10258791</v>
       </c>
       <c r="C210" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="F210">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G210">
-        <v>539</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>189</v>
+      </c>
+      <c r="H210" t="s">
+        <v>12</v>
+      </c>
+      <c r="I210" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
-        <v>10213916</v>
+        <v>10213980</v>
       </c>
       <c r="C211" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F211">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G211">
-        <v>187</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>367</v>
+      </c>
+      <c r="H211" t="s">
+        <v>12</v>
+      </c>
+      <c r="I211" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
-        <v>10213919</v>
+        <v>10213916</v>
       </c>
       <c r="C212" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F212">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G212">
-        <v>891</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>126</v>
+      </c>
+      <c r="H212" t="s">
+        <v>12</v>
+      </c>
+      <c r="I212" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213">
-        <v>10260609</v>
+        <v>10213919</v>
       </c>
       <c r="C213" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="F213">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G213">
-        <v>273</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>603</v>
+      </c>
+      <c r="H213" t="s">
+        <v>12</v>
+      </c>
+      <c r="I213" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214">
-        <v>10213984</v>
+        <v>10260609</v>
       </c>
       <c r="C214" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F214">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G214">
-        <v>857</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>195</v>
+      </c>
+      <c r="H214" t="s">
+        <v>12</v>
+      </c>
+      <c r="I214" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
-        <v>10213981</v>
+        <v>10213984</v>
       </c>
       <c r="C215" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F215">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G215">
-        <v>965</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>592</v>
+      </c>
+      <c r="H215" t="s">
+        <v>12</v>
+      </c>
+      <c r="I215" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
-        <v>10213985</v>
+        <v>10213981</v>
       </c>
       <c r="C216" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F216">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G216">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>660</v>
+      </c>
+      <c r="H216" t="s">
+        <v>12</v>
+      </c>
+      <c r="I216" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
-        <v>69733940</v>
+        <v>10213985</v>
       </c>
       <c r="C217" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F217">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G217">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>45</v>
+      </c>
+      <c r="H217" t="s">
+        <v>12</v>
+      </c>
+      <c r="I217" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
-        <v>69946355</v>
+        <v>69733940</v>
       </c>
       <c r="C218" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F218">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G218">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>30</v>
+      </c>
+      <c r="H218" t="s">
+        <v>12</v>
+      </c>
+      <c r="I218" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219">
-        <v>69992881</v>
+        <v>69946355</v>
       </c>
       <c r="C219" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F219">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G219">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="H219" t="s">
+        <v>12</v>
+      </c>
+      <c r="I219" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220">
-        <v>10213927</v>
+        <v>69992881</v>
       </c>
       <c r="C220" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="F220">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G220">
-        <v>360</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>60</v>
+      </c>
+      <c r="H220" t="s">
+        <v>12</v>
+      </c>
+      <c r="I220" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221">
-        <v>10257346</v>
+        <v>10213927</v>
       </c>
       <c r="C221" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F221">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G221">
-        <v>147</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>241</v>
+      </c>
+      <c r="H221" t="s">
+        <v>12</v>
+      </c>
+      <c r="I221" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222">
-        <v>10213929</v>
+        <v>10257346</v>
       </c>
       <c r="C222" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F222">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G222">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>98</v>
+      </c>
+      <c r="H222" t="s">
+        <v>12</v>
+      </c>
+      <c r="I222" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223">
-        <v>10213926</v>
+        <v>10213929</v>
       </c>
       <c r="C223" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F223">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G223">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="H223" t="s">
+        <v>12</v>
+      </c>
+      <c r="I223" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224">
-        <v>69967791</v>
+        <v>10213926</v>
       </c>
       <c r="C224" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F224">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G224">
-        <v>138</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>67</v>
+      </c>
+      <c r="H224" t="s">
+        <v>12</v>
+      </c>
+      <c r="I224" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225">
-        <v>10264653</v>
+        <v>69967791</v>
       </c>
       <c r="C225" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="F225">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G225">
-        <v>365</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>95</v>
+      </c>
+      <c r="H225" t="s">
+        <v>12</v>
+      </c>
+      <c r="I225" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226">
-        <v>70052840</v>
+        <v>10264653</v>
       </c>
       <c r="C226" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="F226">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G226">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>259</v>
+      </c>
+      <c r="H226" t="s">
+        <v>12</v>
+      </c>
+      <c r="I226" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227">
-        <v>69979030</v>
+        <v>70052840</v>
       </c>
       <c r="C227" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="F227">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G227">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>76</v>
+      </c>
+      <c r="H227" t="s">
+        <v>12</v>
+      </c>
+      <c r="I227" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228">
-        <v>10213932</v>
+        <v>69979030</v>
       </c>
       <c r="C228" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F228">
         <v>0</v>
       </c>
       <c r="G228">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="H228" t="s">
+        <v>12</v>
+      </c>
+      <c r="I228" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229">
-        <v>10213986</v>
+        <v>10213932</v>
       </c>
       <c r="C229" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F229">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G229">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>51</v>
+      </c>
+      <c r="H229" t="s">
+        <v>12</v>
+      </c>
+      <c r="I229" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
-        <v>10213933</v>
+        <v>10213986</v>
       </c>
       <c r="C230" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F230">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G230">
-        <v>135</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>48</v>
+      </c>
+      <c r="H230" t="s">
+        <v>12</v>
+      </c>
+      <c r="I230" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
-        <v>10264636</v>
+        <v>10213933</v>
       </c>
       <c r="C231" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F231">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G231">
-        <v>312</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>92</v>
+      </c>
+      <c r="H231" t="s">
+        <v>12</v>
+      </c>
+      <c r="I231" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
-        <v>10213937</v>
+        <v>10264636</v>
       </c>
       <c r="C232" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F232">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G232">
-        <v>653</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>222</v>
+      </c>
+      <c r="H232" t="s">
+        <v>12</v>
+      </c>
+      <c r="I232" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
-        <v>69989771</v>
+        <v>10213937</v>
       </c>
       <c r="C233" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F233">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G233">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>444</v>
+      </c>
+      <c r="H233" t="s">
+        <v>12</v>
+      </c>
+      <c r="I233" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234">
-        <v>10213991</v>
+        <v>69989771</v>
       </c>
       <c r="C234" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F234">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G234">
-        <v>163</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>113</v>
+      </c>
+      <c r="H234" t="s">
+        <v>12</v>
+      </c>
+      <c r="I234" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
-        <v>10213938</v>
+        <v>10213991</v>
       </c>
       <c r="C235" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="F235">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G235">
-        <v>273</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>109</v>
+      </c>
+      <c r="H235" t="s">
+        <v>12</v>
+      </c>
+      <c r="I235" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236">
-        <v>70006749</v>
+        <v>10213938</v>
       </c>
       <c r="C236" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F236">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G236">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>183</v>
+      </c>
+      <c r="H236" t="s">
+        <v>12</v>
+      </c>
+      <c r="I236" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237">
-        <v>10213836</v>
+        <v>70006749</v>
       </c>
       <c r="C237" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F237">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G237">
-        <v>651</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>54</v>
+      </c>
+      <c r="H237" t="s">
+        <v>12</v>
+      </c>
+      <c r="I237" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
-        <v>10213941</v>
+        <v>10213836</v>
       </c>
       <c r="C238" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F238">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G238">
-        <v>268</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>431</v>
+      </c>
+      <c r="H238" t="s">
+        <v>12</v>
+      </c>
+      <c r="I238" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
-        <v>10213942</v>
+        <v>10213941</v>
       </c>
       <c r="C239" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F239">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G239">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>185</v>
+      </c>
+      <c r="H239" t="s">
+        <v>12</v>
+      </c>
+      <c r="I239" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240">
-        <v>10211018</v>
+        <v>10213942</v>
       </c>
       <c r="C240" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F240">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G240">
-        <v>389</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>142</v>
+      </c>
+      <c r="H240" t="s">
+        <v>12</v>
+      </c>
+      <c r="I240" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
-        <v>10200349</v>
+        <v>10211018</v>
       </c>
       <c r="C241" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F241">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G241">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>265</v>
+      </c>
+      <c r="H241" t="s">
+        <v>12</v>
+      </c>
+      <c r="I241" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
-        <v>10213943</v>
+        <v>10200349</v>
       </c>
       <c r="C242" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="F242">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G242">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>112</v>
+      </c>
+      <c r="H242" t="s">
+        <v>12</v>
+      </c>
+      <c r="I242" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
-        <v>10213945</v>
+        <v>10213943</v>
       </c>
       <c r="C243" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F243">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G243">
-        <v>831</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>317</v>
+      </c>
+      <c r="H243" t="s">
+        <v>12</v>
+      </c>
+      <c r="I243" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
-        <v>69733888</v>
+        <v>10213945</v>
       </c>
       <c r="C244" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F244">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G244">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>564</v>
+      </c>
+      <c r="H244" t="s">
+        <v>12</v>
+      </c>
+      <c r="I244" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
-        <v>10213948</v>
+        <v>69733888</v>
       </c>
       <c r="C245" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F245">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G245">
-        <v>372</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>143</v>
+      </c>
+      <c r="H245" t="s">
+        <v>12</v>
+      </c>
+      <c r="I245" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
-        <v>10213946</v>
+        <v>10213948</v>
       </c>
       <c r="C246" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="F246">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G246">
-        <v>512</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>256</v>
+      </c>
+      <c r="H246" t="s">
+        <v>12</v>
+      </c>
+      <c r="I246" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
-        <v>10213993</v>
+        <v>10213946</v>
       </c>
       <c r="C247" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="F247">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G247">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>335</v>
+      </c>
+      <c r="H247" t="s">
+        <v>12</v>
+      </c>
+      <c r="I247" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
-        <v>10220206</v>
+        <v>10213993</v>
       </c>
       <c r="C248" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F248">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G248">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>210</v>
+      </c>
+      <c r="H248" t="s">
+        <v>12</v>
+      </c>
+      <c r="I248" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
-        <v>10213994</v>
+        <v>10220206</v>
       </c>
       <c r="C249" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F249">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G249">
-        <v>219</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>106</v>
+      </c>
+      <c r="H249" t="s">
+        <v>12</v>
+      </c>
+      <c r="I249" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250">
-        <v>10220316</v>
+        <v>10213994</v>
       </c>
       <c r="C250" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F250">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G250">
-        <v>701</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>155</v>
+      </c>
+      <c r="H250" t="s">
+        <v>12</v>
+      </c>
+      <c r="I250" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
-        <v>10213947</v>
+        <v>10220316</v>
       </c>
       <c r="C251" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="F251">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G251">
-        <v>489</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>481</v>
+      </c>
+      <c r="H251" t="s">
+        <v>12</v>
+      </c>
+      <c r="I251" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
-        <v>10200355</v>
+        <v>10213947</v>
       </c>
       <c r="C252" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F252">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G252">
-        <v>228</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>313</v>
+      </c>
+      <c r="H252" t="s">
+        <v>12</v>
+      </c>
+      <c r="I252" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253">
-        <v>10213998</v>
+        <v>10200355</v>
       </c>
       <c r="C253" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F253">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G253">
-        <v>68</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>153</v>
+      </c>
+      <c r="H253" t="s">
+        <v>12</v>
+      </c>
+      <c r="I253" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254">
-        <v>10214001</v>
+        <v>10213998</v>
       </c>
       <c r="C254" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F254">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G254">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>15</v>
+      </c>
+      <c r="H254" t="s">
+        <v>12</v>
+      </c>
+      <c r="I254" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
-        <v>10214010</v>
+        <v>10214001</v>
       </c>
       <c r="C255" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F255">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G255">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>91</v>
+      </c>
+      <c r="H255" t="s">
+        <v>12</v>
+      </c>
+      <c r="I255" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
-        <v>10214002</v>
+        <v>10214010</v>
       </c>
       <c r="C256" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="F256">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G256">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>59</v>
+      </c>
+      <c r="H256" t="s">
+        <v>12</v>
+      </c>
+      <c r="I256" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257">
-        <v>10260296</v>
+        <v>10214002</v>
       </c>
       <c r="C257" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="F257">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G257">
-        <v>425</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>23</v>
+      </c>
+      <c r="H257" t="s">
+        <v>12</v>
+      </c>
+      <c r="I257" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258">
-        <v>10214003</v>
+        <v>10260296</v>
       </c>
       <c r="C258" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F258">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G258">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>288</v>
+      </c>
+      <c r="H258" t="s">
+        <v>12</v>
+      </c>
+      <c r="I258" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259">
-        <v>10214004</v>
+        <v>10214003</v>
       </c>
       <c r="C259" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F259">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G259">
-        <v>295</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>52</v>
+      </c>
+      <c r="H259" t="s">
+        <v>12</v>
+      </c>
+      <c r="I259" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260">
-        <v>69990257</v>
+        <v>10214004</v>
       </c>
       <c r="C260" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="F260">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G260">
-        <v>730</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>195</v>
+      </c>
+      <c r="H260" t="s">
+        <v>12</v>
+      </c>
+      <c r="I260" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
-        <v>10214019</v>
+        <v>69990257</v>
       </c>
       <c r="C261" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F261">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G261">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>490</v>
+      </c>
+      <c r="H261" t="s">
+        <v>12</v>
+      </c>
+      <c r="I261" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
-        <v>10259490</v>
+        <v>10214019</v>
       </c>
       <c r="C262" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F262">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G262">
-        <v>275</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>133</v>
+      </c>
+      <c r="H262" t="s">
+        <v>12</v>
+      </c>
+      <c r="I262" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
-        <v>10257921</v>
+        <v>10259490</v>
       </c>
       <c r="C263" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F263">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G263">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>190</v>
+      </c>
+      <c r="H263" t="s">
+        <v>12</v>
+      </c>
+      <c r="I263" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
-        <v>69971492</v>
+        <v>10257921</v>
       </c>
       <c r="C264" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F264">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G264">
-        <v>756</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>39</v>
+      </c>
+      <c r="H264" t="s">
+        <v>12</v>
+      </c>
+      <c r="I264" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
-        <v>69984969</v>
+        <v>69971492</v>
       </c>
       <c r="C265" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F265">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G265">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>501</v>
+      </c>
+      <c r="H265" t="s">
+        <v>12</v>
+      </c>
+      <c r="I265" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266">
-        <v>10200358</v>
+        <v>69984969</v>
       </c>
       <c r="C266" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F266">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G266">
-        <v>318</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>63</v>
+      </c>
+      <c r="H266" t="s">
+        <v>12</v>
+      </c>
+      <c r="I266" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267">
-        <v>69905762</v>
+        <v>10200358</v>
       </c>
       <c r="C267" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F267">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G267">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>222</v>
+      </c>
+      <c r="H267" t="s">
+        <v>12</v>
+      </c>
+      <c r="I267" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268">
-        <v>70008256</v>
+        <v>69905762</v>
       </c>
       <c r="C268" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="F268">
         <v>0</v>
       </c>
       <c r="G268">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="H268" t="s">
+        <v>12</v>
+      </c>
+      <c r="I268" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269">
-        <v>69819431</v>
+        <v>70008256</v>
       </c>
       <c r="C269" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F269">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G269">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>65</v>
+      </c>
+      <c r="H269" t="s">
+        <v>12</v>
+      </c>
+      <c r="I269" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270">
-        <v>10257923</v>
+        <v>69819431</v>
       </c>
       <c r="C270" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F270">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G270">
-        <v>491</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>49</v>
+      </c>
+      <c r="H270" t="s">
+        <v>12</v>
+      </c>
+      <c r="I270" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271">
-        <v>10214024</v>
+        <v>10257923</v>
       </c>
       <c r="C271" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F271">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G271">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>331</v>
+      </c>
+      <c r="H271" t="s">
+        <v>12</v>
+      </c>
+      <c r="I271" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272">
-        <v>10214023</v>
+        <v>10214024</v>
       </c>
       <c r="C272" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F272">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G272">
-        <v>207</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>60</v>
+      </c>
+      <c r="H272" t="s">
+        <v>12</v>
+      </c>
+      <c r="I272" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273">
-        <v>10200356</v>
+        <v>10214023</v>
       </c>
       <c r="C273" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F273">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G273">
-        <v>465</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>145</v>
+      </c>
+      <c r="H273" t="s">
+        <v>12</v>
+      </c>
+      <c r="I273" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274">
-        <v>69968137</v>
+        <v>10200356</v>
       </c>
       <c r="C274" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F274">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G274">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>330</v>
+      </c>
+      <c r="H274" t="s">
+        <v>12</v>
+      </c>
+      <c r="I274" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275">
-        <v>10214014</v>
+        <v>69968137</v>
       </c>
       <c r="C275" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F275">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G275">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>71</v>
+      </c>
+      <c r="H275" t="s">
+        <v>12</v>
+      </c>
+      <c r="I275" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276">
-        <v>10214015</v>
+        <v>10214014</v>
       </c>
       <c r="C276" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F276">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G276">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="H276" t="s">
+        <v>12</v>
+      </c>
+      <c r="I276" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277">
-        <v>10200359</v>
+        <v>10214015</v>
       </c>
       <c r="C277" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F277">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G277">
-        <v>347</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>11</v>
+      </c>
+      <c r="H277" t="s">
+        <v>12</v>
+      </c>
+      <c r="I277" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
-        <v>10214017</v>
+        <v>10200359</v>
       </c>
       <c r="C278" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F278">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G278">
-        <v>143</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>227</v>
+      </c>
+      <c r="H278" t="s">
+        <v>12</v>
+      </c>
+      <c r="I278" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279">
-        <v>10260297</v>
+        <v>10214017</v>
       </c>
       <c r="C279" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F279">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G279">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>97</v>
+      </c>
+      <c r="H279" t="s">
+        <v>12</v>
+      </c>
+      <c r="I279" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280">
-        <v>69911233</v>
+        <v>10260297</v>
       </c>
       <c r="C280" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F280">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G280">
-        <v>656</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>68</v>
+      </c>
+      <c r="H280" t="s">
+        <v>12</v>
+      </c>
+      <c r="I280" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281">
-        <v>10214020</v>
+        <v>69911233</v>
       </c>
       <c r="C281" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F281">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G281">
-        <v>147</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="H281" t="s">
+        <v>12</v>
+      </c>
+      <c r="I281" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282">
-        <v>10214021</v>
+        <v>10214020</v>
       </c>
       <c r="C282" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F282">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G282">
-        <v>203</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>98</v>
+      </c>
+      <c r="H282" t="s">
+        <v>12</v>
+      </c>
+      <c r="I282" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283">
-        <v>10214022</v>
+        <v>10214021</v>
       </c>
       <c r="C283" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F283">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G283">
-        <v>282</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>130</v>
+      </c>
+      <c r="H283" t="s">
+        <v>12</v>
+      </c>
+      <c r="I283" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284">
-        <v>10214005</v>
+        <v>10214022</v>
       </c>
       <c r="C284" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="F284">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G284">
-        <v>569</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>198</v>
+      </c>
+      <c r="H284" t="s">
+        <v>12</v>
+      </c>
+      <c r="I284" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285">
-        <v>69902733</v>
+        <v>10214005</v>
       </c>
       <c r="C285" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="F285">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G285">
-        <v>281</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>381</v>
+      </c>
+      <c r="H285" t="s">
+        <v>12</v>
+      </c>
+      <c r="I285" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286">
-        <v>69888498</v>
+        <v>69902733</v>
       </c>
       <c r="C286" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="F286">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G286">
-        <v>564</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>197</v>
+      </c>
+      <c r="H286" t="s">
+        <v>12</v>
+      </c>
+      <c r="I286" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287">
-        <v>69935021</v>
+        <v>69888498</v>
       </c>
       <c r="C287" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F287">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G287">
-        <v>420</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>384</v>
+      </c>
+      <c r="H287" t="s">
+        <v>12</v>
+      </c>
+      <c r="I287" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288">
-        <v>69899771</v>
+        <v>69935021</v>
       </c>
       <c r="C288" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="F288">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G288">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>284</v>
+      </c>
+      <c r="H288" t="s">
+        <v>12</v>
+      </c>
+      <c r="I288" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289">
-        <v>70047780</v>
+        <v>69899771</v>
       </c>
       <c r="C289" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="F289">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G289">
-        <v>68</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>74</v>
+      </c>
+      <c r="H289" t="s">
+        <v>12</v>
+      </c>
+      <c r="I289" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290">
-        <v>70049077</v>
+        <v>70047780</v>
       </c>
       <c r="C290" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="F290">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G290">
-        <v>49</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>47</v>
+      </c>
+      <c r="H290" t="s">
+        <v>12</v>
+      </c>
+      <c r="I290" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291">
-        <v>69775675</v>
+        <v>70049077</v>
       </c>
       <c r="C291" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F291">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G291">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="H291" t="s">
+        <v>12</v>
+      </c>
+      <c r="I291" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292">
-        <v>69733890</v>
+        <v>69775675</v>
       </c>
       <c r="C292" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F292">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G292">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>61</v>
+      </c>
+      <c r="H292" t="s">
+        <v>12</v>
+      </c>
+      <c r="I292" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293">
-        <v>10214007</v>
+        <v>69733890</v>
       </c>
       <c r="C293" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F293">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G293">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>38</v>
+      </c>
+      <c r="H293" t="s">
+        <v>12</v>
+      </c>
+      <c r="I293" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294">
-        <v>69733892</v>
+        <v>10214007</v>
       </c>
       <c r="C294" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="F294">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G294">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>174</v>
+      </c>
+      <c r="H294" t="s">
+        <v>12</v>
+      </c>
+      <c r="I294" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295">
-        <v>10213987</v>
+        <v>69733892</v>
       </c>
       <c r="C295" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="F295">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G295">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>53</v>
+      </c>
+      <c r="H295" t="s">
+        <v>12</v>
+      </c>
+      <c r="I295" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296">
-        <v>69787033</v>
+        <v>10213987</v>
       </c>
       <c r="C296" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="F296">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G296">
-        <v>431</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>72</v>
+      </c>
+      <c r="H296" t="s">
+        <v>12</v>
+      </c>
+      <c r="I296" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297">
-        <v>69787008</v>
+        <v>69787033</v>
       </c>
       <c r="C297" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F297">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G297">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>291</v>
+      </c>
+      <c r="H297" t="s">
+        <v>12</v>
+      </c>
+      <c r="I297" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298">
-        <v>69950553</v>
+        <v>69787008</v>
       </c>
       <c r="C298" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
-        <v>18</v>
+        <v>598</v>
       </c>
       <c r="F298">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G298">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="H298" t="s">
+        <v>12</v>
+      </c>
+      <c r="I298" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299">
-        <v>70009140</v>
+        <v>69950553</v>
       </c>
       <c r="C299" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="F299">
         <v>0</v>
       </c>
       <c r="G299">
         <v>0</v>
       </c>
-      <c r="H299">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H299" t="s">
+        <v>12</v>
+      </c>
+      <c r="I299" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300">
-        <v>10218503</v>
+        <v>70009140</v>
       </c>
       <c r="C300" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="D300" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E300" t="s">
-        <v>598</v>
+        <v>93</v>
       </c>
       <c r="F300">
         <v>0</v>
       </c>
       <c r="G300">
-        <v>1098</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>0</v>
+      </c>
+      <c r="H300" t="s">
+        <v>12</v>
+      </c>
+      <c r="I300" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301">
-        <v>10213870</v>
+        <v>10218503</v>
       </c>
       <c r="C301" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D301" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E301" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="F301">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G301">
-        <v>1400</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>718</v>
+      </c>
+      <c r="H301" t="s">
+        <v>12</v>
+      </c>
+      <c r="I301" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302">
-        <v>10260107</v>
+        <v>10213870</v>
       </c>
       <c r="C302" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D302" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E302" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F302">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G302">
-        <v>1413</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>906</v>
+      </c>
+      <c r="H302" t="s">
+        <v>12</v>
+      </c>
+      <c r="I302" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303">
-        <v>10218505</v>
+        <v>10260107</v>
       </c>
       <c r="C303" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D303" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E303" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="F303">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G303">
-        <v>815</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>924</v>
+      </c>
+      <c r="H303" t="s">
+        <v>12</v>
+      </c>
+      <c r="I303" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304">
-        <v>10213873</v>
+        <v>10218505</v>
       </c>
       <c r="C304" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D304" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E304" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="F304">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G304">
-        <v>791</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>545</v>
+      </c>
+      <c r="H304" t="s">
+        <v>12</v>
+      </c>
+      <c r="I304" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305">
-        <v>10213874</v>
+        <v>10213873</v>
       </c>
       <c r="C305" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D305" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E305" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="F305">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G305">
-        <v>1215</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>513</v>
+      </c>
+      <c r="H305" t="s">
+        <v>12</v>
+      </c>
+      <c r="I305" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306">
-        <v>10200330</v>
+        <v>10213874</v>
       </c>
       <c r="C306" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D306" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E306" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="F306">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G306">
-        <v>343</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>804</v>
+      </c>
+      <c r="H306" t="s">
+        <v>12</v>
+      </c>
+      <c r="I306" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307">
-        <v>10213876</v>
+        <v>10200330</v>
       </c>
       <c r="C307" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D307" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E307" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="F307">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G307">
-        <v>1376</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>236</v>
+      </c>
+      <c r="H307" t="s">
+        <v>12</v>
+      </c>
+      <c r="I307" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308">
-        <v>10213877</v>
+        <v>10213876</v>
       </c>
       <c r="C308" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D308" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E308" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="F308">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G308">
-        <v>1138</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>896</v>
+      </c>
+      <c r="H308" t="s">
+        <v>12</v>
+      </c>
+      <c r="I308" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309">
-        <v>10218509</v>
+        <v>10213877</v>
       </c>
       <c r="C309" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D309" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E309" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="F309">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G309">
-        <v>1471</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>765</v>
+      </c>
+      <c r="H309" t="s">
+        <v>12</v>
+      </c>
+      <c r="I309" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310">
-        <v>10213879</v>
+        <v>10218509</v>
       </c>
       <c r="C310" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D310" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E310" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F310">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G310">
-        <v>1468</v>
-[...5 lines deleted...]
-        <v>11</v>
+        <v>975</v>
+      </c>
+      <c r="H310" t="s">
+        <v>12</v>
+      </c>
+      <c r="I310" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311">
-        <v>10213880</v>
+        <v>10213879</v>
       </c>
       <c r="C311" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D311" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E311" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="F311">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G311">
-        <v>933</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>950</v>
+      </c>
+      <c r="H311" t="s">
+        <v>12</v>
+      </c>
+      <c r="I311" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312">
-        <v>10213881</v>
+        <v>10213880</v>
       </c>
       <c r="C312" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D312" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E312" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="F312">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G312">
-        <v>907</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>574</v>
+      </c>
+      <c r="H312" t="s">
+        <v>12</v>
+      </c>
+      <c r="I312" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313">
-        <v>10213882</v>
+        <v>10213881</v>
       </c>
       <c r="C313" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D313" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E313" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F313">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G313">
-        <v>1008</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>602</v>
+      </c>
+      <c r="H313" t="s">
+        <v>12</v>
+      </c>
+      <c r="I313" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314">
-        <v>10218543</v>
+        <v>10213882</v>
       </c>
       <c r="C314" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D314" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E314" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="F314">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G314">
-        <v>950</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>642</v>
+      </c>
+      <c r="H314" t="s">
+        <v>12</v>
+      </c>
+      <c r="I314" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315">
-        <v>10213907</v>
+        <v>10218543</v>
       </c>
       <c r="C315" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D315" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E315" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="F315">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G315">
-        <v>1264</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>630</v>
+      </c>
+      <c r="H315" t="s">
+        <v>12</v>
+      </c>
+      <c r="I315" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316">
-        <v>10213883</v>
+        <v>10213907</v>
       </c>
       <c r="C316" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D316" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E316" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="F316">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G316">
-        <v>1547</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>830</v>
+      </c>
+      <c r="H316" t="s">
+        <v>12</v>
+      </c>
+      <c r="I316" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317">
-        <v>10200324</v>
+        <v>10213883</v>
       </c>
       <c r="C317" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D317" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E317" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="F317">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G317">
-        <v>332</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1007</v>
+      </c>
+      <c r="H317" t="s">
+        <v>12</v>
+      </c>
+      <c r="I317" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318">
-        <v>10213885</v>
+        <v>10200324</v>
       </c>
       <c r="C318" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D318" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E318" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F318">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G318">
-        <v>513</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>221</v>
+      </c>
+      <c r="H318" t="s">
+        <v>12</v>
+      </c>
+      <c r="I318" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319">
-        <v>10213908</v>
+        <v>10213885</v>
       </c>
       <c r="C319" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D319" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E319" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="F319">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G319">
-        <v>441</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>341</v>
+      </c>
+      <c r="H319" t="s">
+        <v>12</v>
+      </c>
+      <c r="I319" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320">
-        <v>10213909</v>
+        <v>10213908</v>
       </c>
       <c r="C320" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D320" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E320" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F320">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G320">
-        <v>1419</v>
-[...4 lines deleted...]
-      <c r="I320">
+        <v>297</v>
+      </c>
+      <c r="H320" t="s">
+        <v>12</v>
+      </c>
+      <c r="I320" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321">
-        <v>10213886</v>
+        <v>10213909</v>
       </c>
       <c r="C321" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D321" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E321" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="F321">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G321">
-        <v>1607</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>923</v>
+      </c>
+      <c r="H321" t="s">
+        <v>12</v>
+      </c>
+      <c r="I321" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322">
-        <v>10213887</v>
+        <v>10213886</v>
       </c>
       <c r="C322" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D322" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E322" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="F322">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G322">
-        <v>364</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>1047</v>
+      </c>
+      <c r="H322" t="s">
+        <v>12</v>
+      </c>
+      <c r="I322" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323">
-        <v>69946277</v>
+        <v>10213887</v>
       </c>
       <c r="C323" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D323" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E323" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="F323">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G323">
-        <v>339</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>243</v>
+      </c>
+      <c r="H323" t="s">
+        <v>12</v>
+      </c>
+      <c r="I323" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324">
-        <v>69946279</v>
+        <v>69946277</v>
       </c>
       <c r="C324" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D324" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E324" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F324">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G324">
-        <v>537</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>225</v>
+      </c>
+      <c r="H324" t="s">
+        <v>12</v>
+      </c>
+      <c r="I324" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325">
-        <v>10213889</v>
+        <v>69946279</v>
       </c>
       <c r="C325" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D325" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E325" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="F325">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G325">
-        <v>1166</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>346</v>
+      </c>
+      <c r="H325" t="s">
+        <v>12</v>
+      </c>
+      <c r="I325" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326">
-        <v>10200323</v>
+        <v>10213889</v>
       </c>
       <c r="C326" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D326" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E326" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="F326">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G326">
-        <v>357</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>760</v>
+      </c>
+      <c r="H326" t="s">
+        <v>12</v>
+      </c>
+      <c r="I326" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327">
-        <v>10213892</v>
+        <v>10200323</v>
       </c>
       <c r="C327" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D327" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E327" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F327">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G327">
-        <v>381</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>239</v>
+      </c>
+      <c r="H327" t="s">
+        <v>12</v>
+      </c>
+      <c r="I327" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328">
-        <v>10213893</v>
+        <v>10213892</v>
       </c>
       <c r="C328" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D328" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E328" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="F328">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G328">
-        <v>398</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>241</v>
+      </c>
+      <c r="H328" t="s">
+        <v>12</v>
+      </c>
+      <c r="I328" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329">
-        <v>10213894</v>
+        <v>10213893</v>
       </c>
       <c r="C329" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D329" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E329" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="F329">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G329">
-        <v>360</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>271</v>
+      </c>
+      <c r="H329" t="s">
+        <v>12</v>
+      </c>
+      <c r="I329" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330">
-        <v>10213895</v>
+        <v>10213894</v>
       </c>
       <c r="C330" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D330" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E330" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="F330">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G330">
-        <v>1261</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>229</v>
+      </c>
+      <c r="H330" t="s">
+        <v>12</v>
+      </c>
+      <c r="I330" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331">
-        <v>10213896</v>
+        <v>10213895</v>
       </c>
       <c r="C331" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D331" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E331" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="F331">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G331">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>825</v>
+      </c>
+      <c r="H331" t="s">
+        <v>12</v>
+      </c>
+      <c r="I331" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332">
-        <v>10213897</v>
+        <v>10213896</v>
       </c>
       <c r="C332" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="D332" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" t="s">
+        <v>664</v>
+      </c>
+      <c r="F332">
         <v>13</v>
       </c>
-      <c r="E332" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G332">
-        <v>1017</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>394</v>
+      </c>
+      <c r="H332" t="s">
+        <v>12</v>
+      </c>
+      <c r="I332" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333">
-        <v>10213910</v>
+        <v>10213897</v>
       </c>
       <c r="C333" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D333" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E333" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="F333">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G333">
-        <v>564</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>671</v>
+      </c>
+      <c r="H333" t="s">
+        <v>12</v>
+      </c>
+      <c r="I333" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334">
-        <v>10213898</v>
+        <v>10213910</v>
       </c>
       <c r="C334" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D334" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" t="s">
+        <v>668</v>
+      </c>
+      <c r="F334">
         <v>13</v>
       </c>
-      <c r="E334" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G334">
-        <v>1454</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>378</v>
+      </c>
+      <c r="H334" t="s">
+        <v>12</v>
+      </c>
+      <c r="I334" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335">
-        <v>10257547</v>
+        <v>10213898</v>
       </c>
       <c r="C335" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="D335" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E335" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="F335">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G335">
-        <v>619</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>978</v>
+      </c>
+      <c r="H335" t="s">
+        <v>12</v>
+      </c>
+      <c r="I335" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336">
-        <v>10261669</v>
+        <v>10257547</v>
       </c>
       <c r="C336" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D336" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" t="s">
+        <v>672</v>
+      </c>
+      <c r="F336">
         <v>13</v>
       </c>
-      <c r="E336" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G336">
-        <v>300</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>413</v>
+      </c>
+      <c r="H336" t="s">
+        <v>12</v>
+      </c>
+      <c r="I336" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337">
-        <v>10261697</v>
+        <v>10261669</v>
       </c>
       <c r="C337" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D337" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E337" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F337">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G337">
-        <v>435</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>213</v>
+      </c>
+      <c r="H337" t="s">
+        <v>12</v>
+      </c>
+      <c r="I337" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338">
-        <v>10262124</v>
+        <v>10261697</v>
       </c>
       <c r="C338" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D338" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E338" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="F338">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G338">
-        <v>144</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>286</v>
+      </c>
+      <c r="H338" t="s">
+        <v>12</v>
+      </c>
+      <c r="I338" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339">
-        <v>10213899</v>
+        <v>10262124</v>
       </c>
       <c r="C339" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D339" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E339" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="F339">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G339">
-        <v>1350</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>94</v>
+      </c>
+      <c r="H339" t="s">
+        <v>12</v>
+      </c>
+      <c r="I339" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340">
-        <v>10257825</v>
+        <v>10213899</v>
       </c>
       <c r="C340" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D340" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E340" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="F340">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G340">
-        <v>1181</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>892</v>
+      </c>
+      <c r="H340" t="s">
+        <v>12</v>
+      </c>
+      <c r="I340" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341">
-        <v>10257351</v>
+        <v>10257825</v>
       </c>
       <c r="C341" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D341" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E341" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="F341">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G341">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>794</v>
+      </c>
+      <c r="H341" t="s">
+        <v>12</v>
+      </c>
+      <c r="I341" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342">
-        <v>10261202</v>
+        <v>10257351</v>
       </c>
       <c r="C342" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D342" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E342" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="F342">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G342">
-        <v>544</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>150</v>
+      </c>
+      <c r="H342" t="s">
+        <v>12</v>
+      </c>
+      <c r="I342" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343">
-        <v>69903034</v>
+        <v>10261202</v>
       </c>
       <c r="C343" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D343" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" t="s">
+        <v>686</v>
+      </c>
+      <c r="F343">
         <v>13</v>
       </c>
-      <c r="E343" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G343">
-        <v>316</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>371</v>
+      </c>
+      <c r="H343" t="s">
+        <v>12</v>
+      </c>
+      <c r="I343" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344">
-        <v>10264645</v>
+        <v>69903034</v>
       </c>
       <c r="C344" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D344" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E344" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="F344">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G344">
-        <v>230</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>210</v>
+      </c>
+      <c r="H344" t="s">
+        <v>12</v>
+      </c>
+      <c r="I344" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345">
-        <v>10264649</v>
+        <v>10264645</v>
       </c>
       <c r="C345" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D345" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E345" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="F345">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G345">
-        <v>170</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>155</v>
+      </c>
+      <c r="H345" t="s">
+        <v>12</v>
+      </c>
+      <c r="I345" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346">
-        <v>10213900</v>
+        <v>10264649</v>
       </c>
       <c r="C346" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D346" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E346" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="F346">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G346">
-        <v>1254</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>118</v>
+      </c>
+      <c r="H346" t="s">
+        <v>12</v>
+      </c>
+      <c r="I346" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347">
-        <v>10200337</v>
+        <v>10213900</v>
       </c>
       <c r="C347" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D347" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E347" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="F347">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G347">
-        <v>943</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>821</v>
+      </c>
+      <c r="H347" t="s">
+        <v>12</v>
+      </c>
+      <c r="I347" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348">
-        <v>10260607</v>
+        <v>10200337</v>
       </c>
       <c r="C348" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D348" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E348" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F348">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G348">
-        <v>528</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>635</v>
+      </c>
+      <c r="H348" t="s">
+        <v>12</v>
+      </c>
+      <c r="I348" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349">
-        <v>10218525</v>
+        <v>10260607</v>
       </c>
       <c r="C349" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D349" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E349" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="F349">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G349">
-        <v>1393</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>357</v>
+      </c>
+      <c r="H349" t="s">
+        <v>12</v>
+      </c>
+      <c r="I349" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350">
-        <v>10213903</v>
+        <v>10218525</v>
       </c>
       <c r="C350" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D350" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E350" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="F350">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G350">
-        <v>1023</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>896</v>
+      </c>
+      <c r="H350" t="s">
+        <v>12</v>
+      </c>
+      <c r="I350" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351">
-        <v>10200335</v>
+        <v>10213903</v>
       </c>
       <c r="C351" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="D351" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E351" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="F351">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G351">
-        <v>1013</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>661</v>
+      </c>
+      <c r="H351" t="s">
+        <v>12</v>
+      </c>
+      <c r="I351" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352">
-        <v>10260539</v>
+        <v>10200335</v>
       </c>
       <c r="C352" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D352" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E352" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F352">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G352">
-        <v>734</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>676</v>
+      </c>
+      <c r="H352" t="s">
+        <v>12</v>
+      </c>
+      <c r="I352" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353">
-        <v>10264646</v>
+        <v>10260539</v>
       </c>
       <c r="C353" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D353" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E353" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="F353">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G353">
-        <v>377</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>475</v>
+      </c>
+      <c r="H353" t="s">
+        <v>12</v>
+      </c>
+      <c r="I353" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354">
-        <v>10264648</v>
+        <v>10264646</v>
       </c>
       <c r="C354" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D354" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E354" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="F354">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G354">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>255</v>
+      </c>
+      <c r="H354" t="s">
+        <v>12</v>
+      </c>
+      <c r="I354" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355">
-        <v>10200334</v>
+        <v>10264648</v>
       </c>
       <c r="C355" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="D355" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E355" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="F355">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G355">
-        <v>1008</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>397</v>
+      </c>
+      <c r="H355" t="s">
+        <v>12</v>
+      </c>
+      <c r="I355" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356">
-        <v>10257548</v>
+        <v>10200334</v>
       </c>
       <c r="C356" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D356" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E356" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="F356">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G356">
-        <v>769</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>661</v>
+      </c>
+      <c r="H356" t="s">
+        <v>12</v>
+      </c>
+      <c r="I356" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357">
-        <v>10264651</v>
+        <v>10257548</v>
       </c>
       <c r="C357" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D357" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E357" t="s">
-        <v>14</v>
+        <v>714</v>
       </c>
       <c r="F357">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G357">
-        <v>1339</v>
-[...5 lines deleted...]
-        <v>11</v>
+        <v>509</v>
+      </c>
+      <c r="H357" t="s">
+        <v>12</v>
+      </c>
+      <c r="I357" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358">
-        <v>70040270</v>
+        <v>10264651</v>
       </c>
       <c r="C358" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D358" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E358" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F358">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G358">
-        <v>279</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>894</v>
+      </c>
+      <c r="H358" t="s">
+        <v>12</v>
+      </c>
+      <c r="I358" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359">
-        <v>10257920</v>
+        <v>70040270</v>
       </c>
       <c r="C359" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="D359" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E359" t="s">
-        <v>16</v>
+        <v>718</v>
       </c>
       <c r="F359">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G359">
-        <v>1177</v>
-[...4 lines deleted...]
-      <c r="I359">
+        <v>183</v>
+      </c>
+      <c r="H359" t="s">
+        <v>12</v>
+      </c>
+      <c r="I359" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360">
-        <v>10264647</v>
+        <v>10257920</v>
       </c>
       <c r="C360" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D360" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E360" t="s">
-        <v>716</v>
+        <v>17</v>
       </c>
       <c r="F360">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G360">
-        <v>857</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>776</v>
+      </c>
+      <c r="H360" t="s">
+        <v>12</v>
+      </c>
+      <c r="I360" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361">
-        <v>10261702</v>
+        <v>10264647</v>
       </c>
       <c r="C361" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D361" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E361" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="F361">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G361">
-        <v>716</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>574</v>
+      </c>
+      <c r="H361" t="s">
+        <v>12</v>
+      </c>
+      <c r="I361" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362">
-        <v>10264650</v>
+        <v>10261702</v>
       </c>
       <c r="C362" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="D362" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E362" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="F362">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G362">
-        <v>437</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>464</v>
+      </c>
+      <c r="H362" t="s">
+        <v>12</v>
+      </c>
+      <c r="I362" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363">
+        <v>10264650</v>
+      </c>
+      <c r="C363" t="s">
+        <v>724</v>
+      </c>
+      <c r="D363" t="s">
+        <v>14</v>
+      </c>
+      <c r="E363" t="s">
+        <v>725</v>
+      </c>
+      <c r="F363">
+        <v>10</v>
+      </c>
+      <c r="G363">
+        <v>298</v>
+      </c>
+      <c r="H363" t="s">
+        <v>12</v>
+      </c>
+      <c r="I363" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9">
+      <c r="A364">
+        <v>363</v>
+      </c>
+      <c r="B364">
         <v>69899357</v>
       </c>
-      <c r="C363" t="s">
-[...18 lines deleted...]
-        <v>4</v>
+      <c r="C364" t="s">
+        <v>726</v>
+      </c>
+      <c r="D364" t="s">
+        <v>14</v>
+      </c>
+      <c r="E364" t="s">
+        <v>727</v>
+      </c>
+      <c r="F364">
+        <v>19</v>
+      </c>
+      <c r="G364">
+        <v>612</v>
+      </c>
+      <c r="H364" t="s">
+        <v>12</v>
+      </c>
+      <c r="I364" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">