--- v1 (2026-01-25)
+++ v2 (2026-03-27)
@@ -12,89 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="728">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="727">
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>NPSN</t>
   </si>
   <si>
     <t>NAMA SEKOLAH</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
     <t>KEPALA SEKOLAH</t>
   </si>
   <si>
     <t>ROMBEL</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>GURU</t>
   </si>
   <si>
     <t>TENAGA ADMINISTRASI</t>
   </si>
   <si>
     <t>Sekolah Menengah Pertama Chandra Kumala</t>
   </si>
   <si>
     <t>Swasta</t>
   </si>
   <si>
     <t>Suwandi Sibarani, S.Si.,M.Pd.</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>SEKOLAH MENENGAH PERTAMA NEGERI 6 TANJUNG MORAWA</t>
   </si>
   <si>
     <t>Negeri</t>
   </si>
   <si>
     <t>Daniel Christian Sembiring</t>
   </si>
   <si>
     <t>SEKOLAH MENENGAH PERTAMA NEGERI 9 PERCUT SEI TUAN</t>
   </si>
   <si>
     <t>Tahan Silaban</t>
   </si>
   <si>
     <t>SMP ABISATYA SARAH SCHOOL</t>
   </si>
   <si>
     <t>Rahmat Suhartono Ramadhan</t>
   </si>
   <si>
     <t>SMP ADVENT LUBUK PAKAM</t>
   </si>
@@ -2619,10553 +2616,10553 @@
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>10213958</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2">
         <v>9</v>
       </c>
       <c r="G2">
         <v>193</v>
       </c>
-      <c r="H2" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H2">
+        <v>23</v>
+      </c>
+      <c r="I2">
+        <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>70055264</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F3">
         <v>3</v>
       </c>
       <c r="G3">
         <v>101</v>
       </c>
-      <c r="H3" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H3">
+        <v>14</v>
+      </c>
+      <c r="I3">
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>70055266</v>
       </c>
       <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F4">
         <v>2</v>
       </c>
       <c r="G4">
         <v>42</v>
       </c>
-      <c r="H4" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H4">
+        <v>6</v>
+      </c>
+      <c r="I4">
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>70048368</v>
       </c>
       <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F5">
         <v>2</v>
       </c>
       <c r="G5">
         <v>25</v>
       </c>
-      <c r="H5" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H5">
+        <v>15</v>
+      </c>
+      <c r="I5">
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>10213950</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F6">
         <v>3</v>
       </c>
       <c r="G6">
         <v>12</v>
       </c>
-      <c r="H6" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H6">
+        <v>10</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>10200407</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F7">
         <v>3</v>
       </c>
       <c r="G7">
         <v>31</v>
       </c>
-      <c r="H7" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H7">
+        <v>8</v>
+      </c>
+      <c r="I7">
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>70044363</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F8">
         <v>3</v>
       </c>
       <c r="G8">
         <v>44</v>
       </c>
-      <c r="H8" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H8">
+        <v>7</v>
+      </c>
+      <c r="I8">
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>10213823</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F9">
         <v>6</v>
       </c>
       <c r="G9">
         <v>170</v>
       </c>
-      <c r="H9" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H9">
+        <v>13</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>60725261</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F10">
         <v>8</v>
       </c>
       <c r="G10">
         <v>249</v>
       </c>
-      <c r="H10" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H10">
+        <v>14</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>10213824</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F11">
         <v>3</v>
       </c>
       <c r="G11">
         <v>70</v>
       </c>
-      <c r="H11" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H11">
+        <v>10</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>70004909</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
-      <c r="H12" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H12">
+        <v>3</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>10258455</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="F13">
         <v>5</v>
       </c>
       <c r="G13">
         <v>100</v>
       </c>
-      <c r="H13" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H13">
+        <v>9</v>
+      </c>
+      <c r="I13">
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>10213826</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F14">
         <v>7</v>
       </c>
       <c r="G14">
         <v>165</v>
       </c>
-      <c r="H14" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H14">
+        <v>20</v>
+      </c>
+      <c r="I14">
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>10213953</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F15">
         <v>3</v>
       </c>
       <c r="G15">
         <v>85</v>
       </c>
-      <c r="H15" t="s">
+      <c r="H15">
         <v>12</v>
       </c>
-      <c r="I15" t="s">
-        <v>12</v>
+      <c r="I15">
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>10213820</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F16">
         <v>3</v>
       </c>
       <c r="G16">
         <v>52</v>
       </c>
-      <c r="H16" t="s">
+      <c r="H16">
         <v>12</v>
       </c>
-      <c r="I16" t="s">
-        <v>12</v>
+      <c r="I16">
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>10261587</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F17">
         <v>3</v>
       </c>
       <c r="G17">
         <v>18</v>
       </c>
-      <c r="H17" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H17">
+        <v>6</v>
+      </c>
+      <c r="I17">
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>69820128</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F18">
         <v>6</v>
       </c>
       <c r="G18">
         <v>147</v>
       </c>
-      <c r="H18" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H18">
+        <v>14</v>
+      </c>
+      <c r="I18">
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>69956446</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F19">
         <v>4</v>
       </c>
       <c r="G19">
         <v>107</v>
       </c>
-      <c r="H19" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H19">
+        <v>17</v>
+      </c>
+      <c r="I19">
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
         <v>10263529</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F20">
         <v>29</v>
       </c>
       <c r="G20">
         <v>1199</v>
       </c>
-      <c r="H20" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H20">
+        <v>43</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>10213835</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F21">
         <v>3</v>
       </c>
       <c r="G21">
         <v>36</v>
       </c>
-      <c r="H21" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H21">
+        <v>10</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>69733891</v>
       </c>
       <c r="C22" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
         <v>52</v>
       </c>
-      <c r="D22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
-      <c r="H22" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H22">
+        <v>9</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
         <v>10213838</v>
       </c>
       <c r="C23" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F23">
         <v>3</v>
       </c>
       <c r="G23">
         <v>66</v>
       </c>
-      <c r="H23" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H23">
+        <v>11</v>
+      </c>
+      <c r="I23">
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>10261661</v>
       </c>
       <c r="C24" t="s">
+        <v>55</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F24">
         <v>3</v>
       </c>
       <c r="G24">
         <v>56</v>
       </c>
-      <c r="H24" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H24">
+        <v>10</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>10213841</v>
       </c>
       <c r="C25" t="s">
+        <v>57</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F25">
         <v>5</v>
       </c>
       <c r="G25">
         <v>154</v>
       </c>
-      <c r="H25" t="s">
+      <c r="H25">
         <v>12</v>
       </c>
-      <c r="I25" t="s">
-        <v>12</v>
+      <c r="I25">
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>10262273</v>
       </c>
       <c r="C26" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F26">
         <v>3</v>
       </c>
       <c r="G26">
         <v>70</v>
       </c>
-      <c r="H26" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H26">
+        <v>11</v>
+      </c>
+      <c r="I26">
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
         <v>10213964</v>
       </c>
       <c r="C27" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F27">
         <v>12</v>
       </c>
       <c r="G27">
         <v>429</v>
       </c>
-      <c r="H27" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H27">
+        <v>19</v>
+      </c>
+      <c r="I27">
+        <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
         <v>10213843</v>
       </c>
       <c r="C28" t="s">
+        <v>63</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F28">
         <v>4</v>
       </c>
       <c r="G28">
         <v>126</v>
       </c>
-      <c r="H28" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H28">
+        <v>10</v>
+      </c>
+      <c r="I28">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>10200314</v>
       </c>
       <c r="C29" t="s">
+        <v>65</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F29">
         <v>3</v>
       </c>
       <c r="G29">
         <v>57</v>
       </c>
-      <c r="H29" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H29">
+        <v>10</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>10213845</v>
       </c>
       <c r="C30" t="s">
+        <v>67</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F30">
         <v>3</v>
       </c>
       <c r="G30">
         <v>45</v>
       </c>
-      <c r="H30" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H30">
+        <v>10</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
         <v>69989222</v>
       </c>
       <c r="C31" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F31">
         <v>15</v>
       </c>
       <c r="G31">
         <v>434</v>
       </c>
-      <c r="H31" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H31">
+        <v>20</v>
+      </c>
+      <c r="I31">
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>70004913</v>
       </c>
       <c r="C32" t="s">
+        <v>71</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F32">
         <v>3</v>
       </c>
       <c r="G32">
         <v>55</v>
       </c>
-      <c r="H32" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H32">
+        <v>7</v>
+      </c>
+      <c r="I32">
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
         <v>70000860</v>
       </c>
       <c r="C33" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F33">
         <v>3</v>
       </c>
       <c r="G33">
         <v>33</v>
       </c>
-      <c r="H33" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H33">
+        <v>8</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>69964324</v>
       </c>
       <c r="C34" t="s">
+        <v>75</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F34">
         <v>5</v>
       </c>
       <c r="G34">
         <v>140</v>
       </c>
-      <c r="H34" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H34">
+        <v>13</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
         <v>10213847</v>
       </c>
       <c r="C35" t="s">
+        <v>77</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F35">
         <v>4</v>
       </c>
       <c r="G35">
         <v>125</v>
       </c>
-      <c r="H35" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H35">
+        <v>11</v>
+      </c>
+      <c r="I35">
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
         <v>69989134</v>
       </c>
       <c r="C36" t="s">
+        <v>79</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F36">
         <v>3</v>
       </c>
       <c r="G36">
         <v>63</v>
       </c>
-      <c r="H36" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H36">
+        <v>8</v>
+      </c>
+      <c r="I36">
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
         <v>69953949</v>
       </c>
       <c r="C37" t="s">
+        <v>81</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F37">
         <v>7</v>
       </c>
       <c r="G37">
         <v>197</v>
       </c>
-      <c r="H37" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H37">
+        <v>17</v>
+      </c>
+      <c r="I37">
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>70012461</v>
       </c>
       <c r="C38" t="s">
+        <v>83</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F38">
         <v>3</v>
       </c>
       <c r="G38">
         <v>50</v>
       </c>
-      <c r="H38" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H38">
+        <v>11</v>
+      </c>
+      <c r="I38">
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
         <v>70032543</v>
       </c>
       <c r="C39" t="s">
+        <v>85</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F39">
         <v>3</v>
       </c>
       <c r="G39">
         <v>55</v>
       </c>
-      <c r="H39" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H39">
+        <v>14</v>
+      </c>
+      <c r="I39">
+        <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
         <v>70035688</v>
       </c>
       <c r="C40" t="s">
+        <v>87</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F40">
         <v>3</v>
       </c>
       <c r="G40">
         <v>56</v>
       </c>
-      <c r="H40" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H40">
+        <v>9</v>
+      </c>
+      <c r="I40">
+        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
         <v>69956448</v>
       </c>
       <c r="C41" t="s">
+        <v>89</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F41">
         <v>6</v>
       </c>
       <c r="G41">
         <v>216</v>
       </c>
-      <c r="H41" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H41">
+        <v>10</v>
+      </c>
+      <c r="I41">
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
         <v>70057949</v>
       </c>
       <c r="C42" t="s">
+        <v>91</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
         <v>92</v>
       </c>
-      <c r="D42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
-      <c r="H42" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H42">
+        <v>7</v>
+      </c>
+      <c r="I42">
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
         <v>70042363</v>
       </c>
       <c r="C43" t="s">
+        <v>93</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F43">
         <v>3</v>
       </c>
       <c r="G43">
         <v>94</v>
       </c>
-      <c r="H43" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H43">
+        <v>9</v>
+      </c>
+      <c r="I43">
+        <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>70026478</v>
       </c>
       <c r="C44" t="s">
+        <v>95</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F44">
         <v>3</v>
       </c>
       <c r="G44">
         <v>64</v>
       </c>
-      <c r="H44" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H44">
+        <v>3</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>10200301</v>
       </c>
       <c r="C45" t="s">
+        <v>97</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F45">
         <v>14</v>
       </c>
       <c r="G45">
         <v>409</v>
       </c>
-      <c r="H45" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H45">
+        <v>27</v>
+      </c>
+      <c r="I45">
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
         <v>70054151</v>
       </c>
       <c r="C46" t="s">
+        <v>99</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F46">
         <v>1</v>
       </c>
       <c r="G46">
         <v>16</v>
       </c>
-      <c r="H46" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H46">
+        <v>9</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
         <v>10261209</v>
       </c>
       <c r="C47" t="s">
+        <v>101</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F47">
         <v>9</v>
       </c>
       <c r="G47">
         <v>244</v>
       </c>
-      <c r="H47" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H47">
+        <v>20</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
         <v>70042367</v>
       </c>
       <c r="C48" t="s">
+        <v>103</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F48">
         <v>3</v>
       </c>
       <c r="G48">
         <v>31</v>
       </c>
-      <c r="H48" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H48">
+        <v>8</v>
+      </c>
+      <c r="I48">
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
         <v>70008410</v>
       </c>
       <c r="C49" t="s">
+        <v>105</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F49">
         <v>3</v>
       </c>
       <c r="G49">
         <v>71</v>
       </c>
-      <c r="H49" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H49">
+        <v>14</v>
+      </c>
+      <c r="I49">
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
         <v>69961200</v>
       </c>
       <c r="C50" t="s">
+        <v>107</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F50">
         <v>6</v>
       </c>
       <c r="G50">
         <v>135</v>
       </c>
-      <c r="H50" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H50">
+        <v>9</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
         <v>69991106</v>
       </c>
       <c r="C51" t="s">
+        <v>109</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F51">
         <v>3</v>
       </c>
       <c r="G51">
         <v>92</v>
       </c>
-      <c r="H51" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H51">
+        <v>11</v>
+      </c>
+      <c r="I51">
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
         <v>70039020</v>
       </c>
       <c r="C52" t="s">
+        <v>111</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F52">
         <v>3</v>
       </c>
       <c r="G52">
         <v>43</v>
       </c>
-      <c r="H52" t="s">
+      <c r="H52">
         <v>12</v>
       </c>
-      <c r="I52" t="s">
-        <v>12</v>
+      <c r="I52">
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
         <v>70000712</v>
       </c>
       <c r="C53" t="s">
+        <v>113</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F53">
         <v>3</v>
       </c>
       <c r="G53">
         <v>80</v>
       </c>
-      <c r="H53" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H53">
+        <v>10</v>
+      </c>
+      <c r="I53">
+        <v>4</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
         <v>70056212</v>
       </c>
       <c r="C54" t="s">
+        <v>115</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F54">
         <v>2</v>
       </c>
       <c r="G54">
         <v>39</v>
       </c>
-      <c r="H54" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H54">
+        <v>9</v>
+      </c>
+      <c r="I54">
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
         <v>70057679</v>
       </c>
       <c r="C55" t="s">
+        <v>117</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F55">
         <v>3</v>
       </c>
       <c r="G55">
         <v>43</v>
       </c>
-      <c r="H55" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H55">
+        <v>4</v>
+      </c>
+      <c r="I55">
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
         <v>70009467</v>
       </c>
       <c r="C56" t="s">
+        <v>119</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F56">
         <v>4</v>
       </c>
       <c r="G56">
         <v>83</v>
       </c>
-      <c r="H56" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H56">
+        <v>10</v>
+      </c>
+      <c r="I56">
+        <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
         <v>70035284</v>
       </c>
       <c r="C57" t="s">
+        <v>121</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F57">
         <v>13</v>
       </c>
       <c r="G57">
         <v>455</v>
       </c>
-      <c r="H57" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H57">
+        <v>17</v>
+      </c>
+      <c r="I57">
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
         <v>69918618</v>
       </c>
       <c r="C58" t="s">
+        <v>123</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F58">
         <v>5</v>
       </c>
       <c r="G58">
         <v>134</v>
       </c>
-      <c r="H58" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H58">
+        <v>8</v>
+      </c>
+      <c r="I58">
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
         <v>69827642</v>
       </c>
       <c r="C59" t="s">
+        <v>125</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F59">
         <v>5</v>
       </c>
       <c r="G59">
         <v>159</v>
       </c>
-      <c r="H59" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H59">
+        <v>8</v>
+      </c>
+      <c r="I59">
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
         <v>69918996</v>
       </c>
       <c r="C60" t="s">
+        <v>127</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F60">
         <v>9</v>
       </c>
       <c r="G60">
         <v>250</v>
       </c>
-      <c r="H60" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H60">
+        <v>22</v>
+      </c>
+      <c r="I60">
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
         <v>70041417</v>
       </c>
       <c r="C61" t="s">
+        <v>129</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F61">
         <v>3</v>
       </c>
       <c r="G61">
         <v>21</v>
       </c>
-      <c r="H61" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H61">
+        <v>10</v>
+      </c>
+      <c r="I61">
+        <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
         <v>70040767</v>
       </c>
       <c r="C62" t="s">
+        <v>131</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F62">
         <v>3</v>
       </c>
       <c r="G62">
         <v>71</v>
       </c>
-      <c r="H62" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H62">
+        <v>5</v>
+      </c>
+      <c r="I62">
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
         <v>69971491</v>
       </c>
       <c r="C63" t="s">
+        <v>133</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F63">
         <v>12</v>
       </c>
       <c r="G63">
         <v>454</v>
       </c>
-      <c r="H63" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H63">
+        <v>21</v>
+      </c>
+      <c r="I63">
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
         <v>70005178</v>
       </c>
       <c r="C64" t="s">
+        <v>135</v>
+      </c>
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F64">
         <v>3</v>
       </c>
       <c r="G64">
         <v>74</v>
       </c>
-      <c r="H64" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H64">
+        <v>10</v>
+      </c>
+      <c r="I64">
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
         <v>70000182</v>
       </c>
       <c r="C65" t="s">
+        <v>137</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F65">
         <v>9</v>
       </c>
       <c r="G65">
         <v>271</v>
       </c>
-      <c r="H65" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H65">
+        <v>14</v>
+      </c>
+      <c r="I65">
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
         <v>70044560</v>
       </c>
       <c r="C66" t="s">
+        <v>139</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F66">
         <v>3</v>
       </c>
       <c r="G66">
         <v>74</v>
       </c>
-      <c r="H66" t="s">
+      <c r="H66">
         <v>12</v>
       </c>
-      <c r="I66" t="s">
-        <v>12</v>
+      <c r="I66">
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
         <v>70046680</v>
       </c>
       <c r="C67" t="s">
+        <v>141</v>
+      </c>
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F67">
         <v>6</v>
       </c>
       <c r="G67">
         <v>163</v>
       </c>
-      <c r="H67" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H67">
+        <v>11</v>
+      </c>
+      <c r="I67">
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
         <v>70042637</v>
       </c>
       <c r="C68" t="s">
+        <v>143</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F68">
         <v>4</v>
       </c>
       <c r="G68">
         <v>92</v>
       </c>
-      <c r="H68" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H68">
+        <v>13</v>
+      </c>
+      <c r="I68">
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
         <v>70052161</v>
       </c>
       <c r="C69" t="s">
+        <v>145</v>
+      </c>
+      <c r="D69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F69">
         <v>2</v>
       </c>
       <c r="G69">
         <v>49</v>
       </c>
-      <c r="H69" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H69">
+        <v>8</v>
+      </c>
+      <c r="I69">
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
         <v>70001876</v>
       </c>
       <c r="C70" t="s">
+        <v>147</v>
+      </c>
+      <c r="D70" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F70">
         <v>5</v>
       </c>
       <c r="G70">
         <v>119</v>
       </c>
-      <c r="H70" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H70">
+        <v>16</v>
+      </c>
+      <c r="I70">
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
         <v>70013643</v>
       </c>
       <c r="C71" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
-      <c r="H71" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H71">
+        <v>0</v>
+      </c>
+      <c r="I71">
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
         <v>69991471</v>
       </c>
       <c r="C72" t="s">
+        <v>150</v>
+      </c>
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F72">
         <v>6</v>
       </c>
       <c r="G72">
         <v>133</v>
       </c>
-      <c r="H72" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H72">
+        <v>8</v>
+      </c>
+      <c r="I72">
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
         <v>10263549</v>
       </c>
       <c r="C73" t="s">
+        <v>152</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F73">
         <v>6</v>
       </c>
       <c r="G73">
         <v>161</v>
       </c>
-      <c r="H73" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H73">
+        <v>11</v>
+      </c>
+      <c r="I73">
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
         <v>10264654</v>
       </c>
       <c r="C74" t="s">
+        <v>154</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F74">
         <v>5</v>
       </c>
       <c r="G74">
         <v>113</v>
       </c>
-      <c r="H74" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H74">
+        <v>9</v>
+      </c>
+      <c r="I74">
+        <v>3</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
         <v>69960758</v>
       </c>
       <c r="C75" t="s">
+        <v>156</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F75">
         <v>3</v>
       </c>
       <c r="G75">
         <v>73</v>
       </c>
-      <c r="H75" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H75">
+        <v>10</v>
+      </c>
+      <c r="I75">
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
         <v>69974439</v>
       </c>
       <c r="C76" t="s">
+        <v>158</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F76">
         <v>3</v>
       </c>
       <c r="G76">
         <v>53</v>
       </c>
-      <c r="H76" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H76">
+        <v>5</v>
+      </c>
+      <c r="I76">
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
         <v>10213853</v>
       </c>
       <c r="C77" t="s">
+        <v>160</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F77">
         <v>6</v>
       </c>
       <c r="G77">
         <v>170</v>
       </c>
-      <c r="H77" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H77">
+        <v>14</v>
+      </c>
+      <c r="I77">
+        <v>2</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
         <v>10213968</v>
       </c>
       <c r="C78" t="s">
+        <v>162</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F78">
         <v>3</v>
       </c>
       <c r="G78">
         <v>40</v>
       </c>
-      <c r="H78" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H78">
+        <v>11</v>
+      </c>
+      <c r="I78">
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
         <v>69979586</v>
       </c>
       <c r="C79" t="s">
+        <v>164</v>
+      </c>
+      <c r="D79" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F79">
         <v>3</v>
       </c>
       <c r="G79">
         <v>34</v>
       </c>
-      <c r="H79" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H79">
+        <v>9</v>
+      </c>
+      <c r="I79">
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
         <v>10213856</v>
       </c>
       <c r="C80" t="s">
+        <v>166</v>
+      </c>
+      <c r="D80" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F80">
         <v>6</v>
       </c>
       <c r="G80">
         <v>174</v>
       </c>
-      <c r="H80" t="s">
+      <c r="H80">
         <v>12</v>
       </c>
-      <c r="I80" t="s">
-        <v>12</v>
+      <c r="I80">
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
         <v>10213857</v>
       </c>
       <c r="C81" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
-      <c r="H81" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H81">
+        <v>0</v>
+      </c>
+      <c r="I81">
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
         <v>69960937</v>
       </c>
       <c r="C82" t="s">
+        <v>169</v>
+      </c>
+      <c r="D82" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F82">
         <v>4</v>
       </c>
       <c r="G82">
         <v>71</v>
       </c>
-      <c r="H82" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H82">
+        <v>6</v>
+      </c>
+      <c r="I82">
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
         <v>10200283</v>
       </c>
       <c r="C83" t="s">
+        <v>171</v>
+      </c>
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F83">
         <v>3</v>
       </c>
       <c r="G83">
         <v>18</v>
       </c>
-      <c r="H83" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H83">
+        <v>5</v>
+      </c>
+      <c r="I83">
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
         <v>70004256</v>
       </c>
       <c r="C84" t="s">
+        <v>173</v>
+      </c>
+      <c r="D84" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F84">
         <v>3</v>
       </c>
       <c r="G84">
         <v>21</v>
       </c>
-      <c r="H84" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H84">
+        <v>8</v>
+      </c>
+      <c r="I84">
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
         <v>10213860</v>
       </c>
       <c r="C85" t="s">
+        <v>175</v>
+      </c>
+      <c r="D85" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F85">
         <v>3</v>
       </c>
       <c r="G85">
         <v>64</v>
       </c>
-      <c r="H85" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H85">
+        <v>6</v>
+      </c>
+      <c r="I85">
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
         <v>10213859</v>
       </c>
       <c r="C86" t="s">
+        <v>177</v>
+      </c>
+      <c r="D86" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F86">
         <v>8</v>
       </c>
       <c r="G86">
         <v>225</v>
       </c>
-      <c r="H86" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H86">
+        <v>11</v>
+      </c>
+      <c r="I86">
+        <v>3</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>10213862</v>
       </c>
       <c r="C87" t="s">
+        <v>179</v>
+      </c>
+      <c r="D87" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F87">
         <v>6</v>
       </c>
       <c r="G87">
         <v>141</v>
       </c>
-      <c r="H87" t="s">
+      <c r="H87">
         <v>12</v>
       </c>
-      <c r="I87" t="s">
-        <v>12</v>
+      <c r="I87">
+        <v>3</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
         <v>10213973</v>
       </c>
       <c r="C88" t="s">
+        <v>181</v>
+      </c>
+      <c r="D88" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F88">
         <v>3</v>
       </c>
       <c r="G88">
         <v>31</v>
       </c>
-      <c r="H88" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H88">
+        <v>8</v>
+      </c>
+      <c r="I88">
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
         <v>10213975</v>
       </c>
       <c r="C89" t="s">
+        <v>183</v>
+      </c>
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F89">
         <v>12</v>
       </c>
       <c r="G89">
         <v>420</v>
       </c>
-      <c r="H89" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H89">
+        <v>27</v>
+      </c>
+      <c r="I89">
+        <v>4</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
         <v>70054541</v>
       </c>
       <c r="C90" t="s">
+        <v>185</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F90">
         <v>1</v>
       </c>
       <c r="G90">
         <v>18</v>
       </c>
-      <c r="H90" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H90">
+        <v>6</v>
+      </c>
+      <c r="I90">
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
         <v>10213866</v>
       </c>
       <c r="C91" t="s">
+        <v>187</v>
+      </c>
+      <c r="D91" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F91">
         <v>6</v>
       </c>
       <c r="G91">
         <v>132</v>
       </c>
-      <c r="H91" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H91">
+        <v>15</v>
+      </c>
+      <c r="I91">
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
         <v>10213868</v>
       </c>
       <c r="C92" t="s">
+        <v>189</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F92">
         <v>15</v>
       </c>
       <c r="G92">
         <v>433</v>
       </c>
-      <c r="H92" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H92">
+        <v>24</v>
+      </c>
+      <c r="I92">
+        <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
         <v>69830412</v>
       </c>
       <c r="C93" t="s">
+        <v>191</v>
+      </c>
+      <c r="D93" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F93">
         <v>10</v>
       </c>
       <c r="G93">
         <v>295</v>
       </c>
-      <c r="H93" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H93">
+        <v>20</v>
+      </c>
+      <c r="I93">
+        <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
         <v>70004083</v>
       </c>
       <c r="C94" t="s">
+        <v>193</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F94">
         <v>3</v>
       </c>
       <c r="G94">
         <v>31</v>
       </c>
-      <c r="H94" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H94">
+        <v>9</v>
+      </c>
+      <c r="I94">
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
         <v>10213869</v>
       </c>
       <c r="C95" t="s">
+        <v>195</v>
+      </c>
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F95">
         <v>5</v>
       </c>
       <c r="G95">
         <v>125</v>
       </c>
-      <c r="H95" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H95">
+        <v>11</v>
+      </c>
+      <c r="I95">
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
         <v>70002524</v>
       </c>
       <c r="C96" t="s">
+        <v>197</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F96">
         <v>4</v>
       </c>
       <c r="G96">
         <v>121</v>
       </c>
-      <c r="H96" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H96">
+        <v>20</v>
+      </c>
+      <c r="I96">
+        <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
         <v>10200296</v>
       </c>
       <c r="C97" t="s">
+        <v>199</v>
+      </c>
+      <c r="D97" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F97">
         <v>4</v>
       </c>
       <c r="G97">
         <v>130</v>
       </c>
-      <c r="H97" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H97">
+        <v>15</v>
+      </c>
+      <c r="I97">
+        <v>3</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
         <v>10213912</v>
       </c>
       <c r="C98" t="s">
+        <v>201</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F98">
         <v>12</v>
       </c>
       <c r="G98">
         <v>361</v>
       </c>
-      <c r="H98" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H98">
+        <v>33</v>
+      </c>
+      <c r="I98">
+        <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
         <v>10262018</v>
       </c>
       <c r="C99" t="s">
+        <v>203</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F99">
         <v>9</v>
       </c>
       <c r="G99">
         <v>275</v>
       </c>
-      <c r="H99" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H99">
+        <v>14</v>
+      </c>
+      <c r="I99">
+        <v>4</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
         <v>10213979</v>
       </c>
       <c r="C100" t="s">
+        <v>205</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F100">
         <v>9</v>
       </c>
       <c r="G100">
         <v>307</v>
       </c>
-      <c r="H100" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H100">
+        <v>21</v>
+      </c>
+      <c r="I100">
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
         <v>70025295</v>
       </c>
       <c r="C101" t="s">
+        <v>207</v>
+      </c>
+      <c r="D101" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F101">
         <v>3</v>
       </c>
       <c r="G101">
         <v>47</v>
       </c>
-      <c r="H101" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H101">
+        <v>11</v>
+      </c>
+      <c r="I101">
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
         <v>10200294</v>
       </c>
       <c r="C102" t="s">
+        <v>209</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F102">
         <v>6</v>
       </c>
       <c r="G102">
         <v>170</v>
       </c>
-      <c r="H102" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H102">
+        <v>16</v>
+      </c>
+      <c r="I102">
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
         <v>10213982</v>
       </c>
       <c r="C103" t="s">
+        <v>211</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F103">
         <v>4</v>
       </c>
       <c r="G103">
         <v>84</v>
       </c>
-      <c r="H103" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H103">
+        <v>15</v>
+      </c>
+      <c r="I103">
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
         <v>10213918</v>
       </c>
       <c r="C104" t="s">
+        <v>213</v>
+      </c>
+      <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F104">
         <v>12</v>
       </c>
       <c r="G104">
         <v>390</v>
       </c>
-      <c r="H104" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H104">
+        <v>33</v>
+      </c>
+      <c r="I104">
+        <v>3</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
         <v>10213983</v>
       </c>
       <c r="C105" t="s">
+        <v>215</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F105">
         <v>4</v>
       </c>
       <c r="G105">
         <v>98</v>
       </c>
-      <c r="H105" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H105">
+        <v>11</v>
+      </c>
+      <c r="I105">
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
         <v>69962148</v>
       </c>
       <c r="C106" t="s">
+        <v>217</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F106">
         <v>7</v>
       </c>
       <c r="G106">
         <v>200</v>
       </c>
-      <c r="H106" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H106">
+        <v>10</v>
+      </c>
+      <c r="I106">
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
         <v>10213920</v>
       </c>
       <c r="C107" t="s">
+        <v>219</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F107">
         <v>6</v>
       </c>
       <c r="G107">
         <v>154</v>
       </c>
-      <c r="H107" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H107">
+        <v>10</v>
+      </c>
+      <c r="I107">
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
         <v>10213922</v>
       </c>
       <c r="C108" t="s">
+        <v>221</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="F108">
         <v>8</v>
       </c>
       <c r="G108">
         <v>232</v>
       </c>
-      <c r="H108" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H108">
+        <v>15</v>
+      </c>
+      <c r="I108">
+        <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
         <v>10213923</v>
       </c>
       <c r="C109" t="s">
+        <v>223</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F109">
         <v>12</v>
       </c>
       <c r="G109">
         <v>339</v>
       </c>
-      <c r="H109" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H109">
+        <v>23</v>
+      </c>
+      <c r="I109">
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
         <v>10213921</v>
       </c>
       <c r="C110" t="s">
+        <v>225</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F110">
         <v>17</v>
       </c>
       <c r="G110">
         <v>494</v>
       </c>
-      <c r="H110" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H110">
+        <v>24</v>
+      </c>
+      <c r="I110">
+        <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
         <v>10200321</v>
       </c>
       <c r="C111" t="s">
+        <v>227</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F111">
         <v>3</v>
       </c>
       <c r="G111">
         <v>13</v>
       </c>
-      <c r="H111" t="s">
+      <c r="H111">
         <v>12</v>
       </c>
-      <c r="I111" t="s">
-        <v>12</v>
+      <c r="I111">
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
         <v>69961938</v>
       </c>
       <c r="C112" t="s">
+        <v>229</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F112">
         <v>3</v>
       </c>
       <c r="G112">
         <v>22</v>
       </c>
-      <c r="H112" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H112">
+        <v>8</v>
+      </c>
+      <c r="I112">
+        <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
         <v>10213925</v>
       </c>
       <c r="C113" t="s">
+        <v>231</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F113">
         <v>9</v>
       </c>
       <c r="G113">
         <v>330</v>
       </c>
-      <c r="H113" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H113">
+        <v>14</v>
+      </c>
+      <c r="I113">
+        <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
         <v>10213825</v>
       </c>
       <c r="C114" t="s">
+        <v>233</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F114">
         <v>6</v>
       </c>
       <c r="G114">
         <v>210</v>
       </c>
-      <c r="H114" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H114">
+        <v>8</v>
+      </c>
+      <c r="I114">
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
         <v>10213846</v>
       </c>
       <c r="C115" t="s">
+        <v>235</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F115">
         <v>3</v>
       </c>
       <c r="G115">
         <v>25</v>
       </c>
-      <c r="H115" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H115">
+        <v>10</v>
+      </c>
+      <c r="I115">
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
         <v>69956517</v>
       </c>
       <c r="C116" t="s">
+        <v>237</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F116">
         <v>11</v>
       </c>
       <c r="G116">
         <v>325</v>
       </c>
-      <c r="H116" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H116">
+        <v>16</v>
+      </c>
+      <c r="I116">
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
         <v>70005530</v>
       </c>
       <c r="C117" t="s">
+        <v>239</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F117">
         <v>9</v>
       </c>
       <c r="G117">
         <v>237</v>
       </c>
-      <c r="H117" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H117">
+        <v>17</v>
+      </c>
+      <c r="I117">
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
         <v>10213939</v>
       </c>
       <c r="C118" t="s">
+        <v>241</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F118">
         <v>6</v>
       </c>
       <c r="G118">
         <v>146</v>
       </c>
-      <c r="H118" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H118">
+        <v>9</v>
+      </c>
+      <c r="I118">
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
         <v>10260013</v>
       </c>
       <c r="C119" t="s">
+        <v>243</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F119">
         <v>3</v>
       </c>
       <c r="G119">
         <v>64</v>
       </c>
-      <c r="H119" t="s">
+      <c r="H119">
         <v>12</v>
       </c>
-      <c r="I119" t="s">
-        <v>12</v>
+      <c r="I119">
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
         <v>69888522</v>
       </c>
       <c r="C120" t="s">
+        <v>245</v>
+      </c>
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F120">
         <v>3</v>
       </c>
       <c r="G120">
         <v>20</v>
       </c>
-      <c r="H120" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H120">
+        <v>9</v>
+      </c>
+      <c r="I120">
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
         <v>69967367</v>
       </c>
       <c r="C121" t="s">
+        <v>247</v>
+      </c>
+      <c r="D121" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F121">
         <v>3</v>
       </c>
       <c r="G121">
         <v>73</v>
       </c>
-      <c r="H121" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H121">
+        <v>15</v>
+      </c>
+      <c r="I121">
+        <v>2</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
         <v>69980201</v>
       </c>
       <c r="C122" t="s">
+        <v>249</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F122">
         <v>3</v>
       </c>
       <c r="G122">
         <v>71</v>
       </c>
-      <c r="H122" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H122">
+        <v>9</v>
+      </c>
+      <c r="I122">
+        <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
         <v>10213865</v>
       </c>
       <c r="C123" t="s">
+        <v>251</v>
+      </c>
+      <c r="D123" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F123">
         <v>3</v>
       </c>
       <c r="G123">
         <v>84</v>
       </c>
-      <c r="H123" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H123">
+        <v>8</v>
+      </c>
+      <c r="I123">
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
         <v>10213995</v>
       </c>
       <c r="C124" t="s">
+        <v>253</v>
+      </c>
+      <c r="D124" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F124">
         <v>6</v>
       </c>
       <c r="G124">
         <v>185</v>
       </c>
-      <c r="H124" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H124">
+        <v>15</v>
+      </c>
+      <c r="I124">
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125">
         <v>70047599</v>
       </c>
       <c r="C125" t="s">
+        <v>255</v>
+      </c>
+      <c r="D125" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F125">
         <v>4</v>
       </c>
       <c r="G125">
         <v>102</v>
       </c>
-      <c r="H125" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H125">
+        <v>15</v>
+      </c>
+      <c r="I125">
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126">
         <v>10214008</v>
       </c>
       <c r="C126" t="s">
+        <v>257</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F126">
         <v>9</v>
       </c>
       <c r="G126">
         <v>302</v>
       </c>
-      <c r="H126" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H126">
+        <v>28</v>
+      </c>
+      <c r="I126">
+        <v>3</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
         <v>10200418</v>
       </c>
       <c r="C127" t="s">
+        <v>259</v>
+      </c>
+      <c r="D127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F127">
         <v>3</v>
       </c>
       <c r="G127">
         <v>70</v>
       </c>
-      <c r="H127" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H127">
+        <v>9</v>
+      </c>
+      <c r="I127">
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
         <v>69967788</v>
       </c>
       <c r="C128" t="s">
+        <v>261</v>
+      </c>
+      <c r="D128" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F128">
         <v>3</v>
       </c>
       <c r="G128">
         <v>33</v>
       </c>
-      <c r="H128" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H128">
+        <v>4</v>
+      </c>
+      <c r="I128">
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
         <v>10213819</v>
       </c>
       <c r="C129" t="s">
+        <v>263</v>
+      </c>
+      <c r="D129" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F129">
         <v>3</v>
       </c>
       <c r="G129">
         <v>74</v>
       </c>
-      <c r="H129" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H129">
+        <v>7</v>
+      </c>
+      <c r="I129">
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130">
         <v>70047040</v>
       </c>
       <c r="C130" t="s">
+        <v>265</v>
+      </c>
+      <c r="D130" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F130">
         <v>3</v>
       </c>
       <c r="G130">
         <v>76</v>
       </c>
-      <c r="H130" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H130">
+        <v>11</v>
+      </c>
+      <c r="I130">
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
         <v>10213822</v>
       </c>
       <c r="C131" t="s">
+        <v>267</v>
+      </c>
+      <c r="D131" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F131">
         <v>11</v>
       </c>
       <c r="G131">
         <v>355</v>
       </c>
-      <c r="H131" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H131">
+        <v>27</v>
+      </c>
+      <c r="I131">
+        <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132">
         <v>10257834</v>
       </c>
       <c r="C132" t="s">
+        <v>269</v>
+      </c>
+      <c r="D132" t="s">
+        <v>10</v>
+      </c>
+      <c r="E132" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F132">
         <v>9</v>
       </c>
       <c r="G132">
         <v>327</v>
       </c>
-      <c r="H132" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H132">
+        <v>13</v>
+      </c>
+      <c r="I132">
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
         <v>10213952</v>
       </c>
       <c r="C133" t="s">
+        <v>271</v>
+      </c>
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F133">
         <v>7</v>
       </c>
       <c r="G133">
         <v>223</v>
       </c>
-      <c r="H133" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H133">
+        <v>16</v>
+      </c>
+      <c r="I133">
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
         <v>69979560</v>
       </c>
       <c r="C134" t="s">
+        <v>273</v>
+      </c>
+      <c r="D134" t="s">
+        <v>10</v>
+      </c>
+      <c r="E134" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F134">
         <v>3</v>
       </c>
       <c r="G134">
         <v>79</v>
       </c>
-      <c r="H134" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H134">
+        <v>10</v>
+      </c>
+      <c r="I134">
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135">
         <v>69957003</v>
       </c>
       <c r="C135" t="s">
+        <v>275</v>
+      </c>
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
       <c r="F135">
         <v>3</v>
       </c>
       <c r="G135">
         <v>71</v>
       </c>
-      <c r="H135" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H135">
+        <v>8</v>
+      </c>
+      <c r="I135">
+        <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
         <v>10213827</v>
       </c>
       <c r="C136" t="s">
+        <v>277</v>
+      </c>
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="F136">
         <v>2</v>
       </c>
       <c r="G136">
         <v>17</v>
       </c>
-      <c r="H136" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H136">
+        <v>8</v>
+      </c>
+      <c r="I136">
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
         <v>10213828</v>
       </c>
       <c r="C137" t="s">
+        <v>279</v>
+      </c>
+      <c r="D137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F137">
         <v>6</v>
       </c>
       <c r="G137">
         <v>173</v>
       </c>
-      <c r="H137" t="s">
+      <c r="H137">
         <v>12</v>
       </c>
-      <c r="I137" t="s">
-        <v>12</v>
+      <c r="I137">
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138">
         <v>10263530</v>
       </c>
       <c r="C138" t="s">
+        <v>281</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
       <c r="F138">
         <v>4</v>
       </c>
       <c r="G138">
         <v>112</v>
       </c>
-      <c r="H138" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H138">
+        <v>9</v>
+      </c>
+      <c r="I138">
+        <v>2</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
         <v>69984607</v>
       </c>
       <c r="C139" t="s">
+        <v>283</v>
+      </c>
+      <c r="D139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
       <c r="F139">
         <v>4</v>
       </c>
       <c r="G139">
         <v>94</v>
       </c>
-      <c r="H139" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H139">
+        <v>7</v>
+      </c>
+      <c r="I139">
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
         <v>10260835</v>
       </c>
       <c r="C140" t="s">
+        <v>285</v>
+      </c>
+      <c r="D140" t="s">
+        <v>10</v>
+      </c>
+      <c r="E140" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F140">
         <v>8</v>
       </c>
       <c r="G140">
         <v>218</v>
       </c>
-      <c r="H140" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H140">
+        <v>17</v>
+      </c>
+      <c r="I140">
+        <v>2</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
         <v>10213821</v>
       </c>
       <c r="C141" t="s">
+        <v>287</v>
+      </c>
+      <c r="D141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F141">
         <v>7</v>
       </c>
       <c r="G141">
         <v>196</v>
       </c>
-      <c r="H141" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H141">
+        <v>17</v>
+      </c>
+      <c r="I141">
+        <v>2</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
         <v>10200320</v>
       </c>
       <c r="C142" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="F142">
         <v>13</v>
       </c>
       <c r="G142">
         <v>476</v>
       </c>
-      <c r="H142" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H142">
+        <v>25</v>
+      </c>
+      <c r="I142">
+        <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
         <v>69821199</v>
       </c>
       <c r="C143" t="s">
+        <v>290</v>
+      </c>
+      <c r="D143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F143">
         <v>6</v>
       </c>
       <c r="G143">
         <v>126</v>
       </c>
-      <c r="H143" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H143">
+        <v>13</v>
+      </c>
+      <c r="I143">
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
         <v>69919751</v>
       </c>
       <c r="C144" t="s">
+        <v>292</v>
+      </c>
+      <c r="D144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F144">
         <v>3</v>
       </c>
       <c r="G144">
         <v>43</v>
       </c>
-      <c r="H144" t="s">
+      <c r="H144">
         <v>12</v>
       </c>
-      <c r="I144" t="s">
-        <v>12</v>
+      <c r="I144">
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
         <v>10213954</v>
       </c>
       <c r="C145" t="s">
+        <v>294</v>
+      </c>
+      <c r="D145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F145">
         <v>11</v>
       </c>
       <c r="G145">
         <v>332</v>
       </c>
-      <c r="H145" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H145">
+        <v>24</v>
+      </c>
+      <c r="I145">
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
         <v>10213829</v>
       </c>
       <c r="C146" t="s">
+        <v>296</v>
+      </c>
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F146">
         <v>3</v>
       </c>
       <c r="G146">
         <v>62</v>
       </c>
-      <c r="H146" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H146">
+        <v>7</v>
+      </c>
+      <c r="I146">
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
         <v>69984695</v>
       </c>
       <c r="C147" t="s">
+        <v>298</v>
+      </c>
+      <c r="D147" t="s">
+        <v>10</v>
+      </c>
+      <c r="E147" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F147">
         <v>3</v>
       </c>
       <c r="G147">
         <v>33</v>
       </c>
-      <c r="H147" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H147">
+        <v>8</v>
+      </c>
+      <c r="I147">
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
         <v>10257925</v>
       </c>
       <c r="C148" t="s">
+        <v>300</v>
+      </c>
+      <c r="D148" t="s">
+        <v>10</v>
+      </c>
+      <c r="E148" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F148">
         <v>3</v>
       </c>
       <c r="G148">
         <v>80</v>
       </c>
-      <c r="H148" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H148">
+        <v>6</v>
+      </c>
+      <c r="I148">
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
         <v>69979471</v>
       </c>
       <c r="C149" t="s">
+        <v>302</v>
+      </c>
+      <c r="D149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F149">
         <v>6</v>
       </c>
       <c r="G149">
         <v>164</v>
       </c>
-      <c r="H149" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H149">
+        <v>10</v>
+      </c>
+      <c r="I149">
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
         <v>10213830</v>
       </c>
       <c r="C150" t="s">
+        <v>304</v>
+      </c>
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F150">
         <v>5</v>
       </c>
       <c r="G150">
         <v>148</v>
       </c>
-      <c r="H150" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H150">
+        <v>23</v>
+      </c>
+      <c r="I150">
+        <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
         <v>10213831</v>
       </c>
       <c r="C151" t="s">
+        <v>306</v>
+      </c>
+      <c r="D151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
       <c r="F151">
         <v>5</v>
       </c>
       <c r="G151">
         <v>135</v>
       </c>
-      <c r="H151" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H151">
+        <v>13</v>
+      </c>
+      <c r="I151">
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
         <v>10260106</v>
       </c>
       <c r="C152" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F152">
         <v>0</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
-      <c r="H152" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H152">
+        <v>0</v>
+      </c>
+      <c r="I152">
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
         <v>10200304</v>
       </c>
       <c r="C153" t="s">
+        <v>309</v>
+      </c>
+      <c r="D153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F153">
         <v>6</v>
       </c>
       <c r="G153">
         <v>151</v>
       </c>
-      <c r="H153" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H153">
+        <v>16</v>
+      </c>
+      <c r="I153">
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
         <v>10200303</v>
       </c>
       <c r="C154" t="s">
+        <v>311</v>
+      </c>
+      <c r="D154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F154">
         <v>10</v>
       </c>
       <c r="G154">
         <v>300</v>
       </c>
-      <c r="H154" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H154">
+        <v>18</v>
+      </c>
+      <c r="I154">
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
         <v>69948505</v>
       </c>
       <c r="C155" t="s">
+        <v>313</v>
+      </c>
+      <c r="D155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F155">
         <v>3</v>
       </c>
       <c r="G155">
         <v>88</v>
       </c>
-      <c r="H155" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H155">
+        <v>7</v>
+      </c>
+      <c r="I155">
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
         <v>10200302</v>
       </c>
       <c r="C156" t="s">
+        <v>315</v>
+      </c>
+      <c r="D156" t="s">
+        <v>10</v>
+      </c>
+      <c r="E156" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F156">
         <v>9</v>
       </c>
       <c r="G156">
         <v>284</v>
       </c>
-      <c r="H156" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H156">
+        <v>16</v>
+      </c>
+      <c r="I156">
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
         <v>69956697</v>
       </c>
       <c r="C157" t="s">
+        <v>317</v>
+      </c>
+      <c r="D157" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" t="s">
         <v>318</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F157">
         <v>3</v>
       </c>
       <c r="G157">
         <v>72</v>
       </c>
-      <c r="H157" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H157">
+        <v>11</v>
+      </c>
+      <c r="I157">
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
         <v>10261971</v>
       </c>
       <c r="C158" t="s">
+        <v>319</v>
+      </c>
+      <c r="D158" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>321</v>
       </c>
       <c r="F158">
         <v>12</v>
       </c>
       <c r="G158">
         <v>312</v>
       </c>
-      <c r="H158" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H158">
+        <v>28</v>
+      </c>
+      <c r="I158">
+        <v>8</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
         <v>69972437</v>
       </c>
       <c r="C159" t="s">
+        <v>321</v>
+      </c>
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F159">
         <v>3</v>
       </c>
       <c r="G159">
         <v>45</v>
       </c>
-      <c r="H159" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H159">
+        <v>5</v>
+      </c>
+      <c r="I159">
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
         <v>10219918</v>
       </c>
       <c r="C160" t="s">
+        <v>323</v>
+      </c>
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
       <c r="F160">
         <v>4</v>
       </c>
       <c r="G160">
         <v>152</v>
       </c>
-      <c r="H160" t="s">
+      <c r="H160">
         <v>12</v>
       </c>
-      <c r="I160" t="s">
-        <v>12</v>
+      <c r="I160">
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
         <v>70042968</v>
       </c>
       <c r="C161" t="s">
+        <v>325</v>
+      </c>
+      <c r="D161" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F161">
         <v>3</v>
       </c>
       <c r="G161">
         <v>52</v>
       </c>
-      <c r="H161" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H161">
+        <v>9</v>
+      </c>
+      <c r="I161">
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
         <v>10213940</v>
       </c>
       <c r="C162" t="s">
+        <v>327</v>
+      </c>
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F162">
         <v>12</v>
       </c>
       <c r="G162">
         <v>433</v>
       </c>
-      <c r="H162" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H162">
+        <v>20</v>
+      </c>
+      <c r="I162">
+        <v>8</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
         <v>10213837</v>
       </c>
       <c r="C163" t="s">
+        <v>329</v>
+      </c>
+      <c r="D163" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="F163">
         <v>6</v>
       </c>
       <c r="G163">
         <v>173</v>
       </c>
-      <c r="H163" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H163">
+        <v>11</v>
+      </c>
+      <c r="I163">
+        <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
         <v>69979643</v>
       </c>
       <c r="C164" t="s">
+        <v>331</v>
+      </c>
+      <c r="D164" t="s">
+        <v>10</v>
+      </c>
+      <c r="E164" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
       <c r="F164">
         <v>6</v>
       </c>
       <c r="G164">
         <v>119</v>
       </c>
-      <c r="H164" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H164">
+        <v>11</v>
+      </c>
+      <c r="I164">
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
         <v>69991960</v>
       </c>
       <c r="C165" t="s">
+        <v>333</v>
+      </c>
+      <c r="D165" t="s">
+        <v>10</v>
+      </c>
+      <c r="E165" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F165">
         <v>3</v>
       </c>
       <c r="G165">
         <v>38</v>
       </c>
-      <c r="H165" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H165">
+        <v>9</v>
+      </c>
+      <c r="I165">
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
         <v>69990700</v>
       </c>
       <c r="C166" t="s">
+        <v>335</v>
+      </c>
+      <c r="D166" t="s">
+        <v>10</v>
+      </c>
+      <c r="E166" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F166">
         <v>4</v>
       </c>
       <c r="G166">
         <v>106</v>
       </c>
-      <c r="H166" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H166">
+        <v>30</v>
+      </c>
+      <c r="I166">
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
         <v>10257298</v>
       </c>
       <c r="C167" t="s">
+        <v>337</v>
+      </c>
+      <c r="D167" t="s">
+        <v>10</v>
+      </c>
+      <c r="E167" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F167">
         <v>7</v>
       </c>
       <c r="G167">
         <v>208</v>
       </c>
-      <c r="H167" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H167">
+        <v>20</v>
+      </c>
+      <c r="I167">
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
         <v>10213959</v>
       </c>
       <c r="C168" t="s">
+        <v>339</v>
+      </c>
+      <c r="D168" t="s">
+        <v>10</v>
+      </c>
+      <c r="E168" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F168">
         <v>9</v>
       </c>
       <c r="G168">
         <v>237</v>
       </c>
-      <c r="H168" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H168">
+        <v>19</v>
+      </c>
+      <c r="I168">
+        <v>2</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169">
         <v>69989772</v>
       </c>
       <c r="C169" t="s">
+        <v>341</v>
+      </c>
+      <c r="D169" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
       <c r="F169">
         <v>5</v>
       </c>
       <c r="G169">
         <v>139</v>
       </c>
-      <c r="H169" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H169">
+        <v>11</v>
+      </c>
+      <c r="I169">
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170">
         <v>10213960</v>
       </c>
       <c r="C170" t="s">
+        <v>343</v>
+      </c>
+      <c r="D170" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
       <c r="F170">
         <v>8</v>
       </c>
       <c r="G170">
         <v>274</v>
       </c>
-      <c r="H170" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H170">
+        <v>23</v>
+      </c>
+      <c r="I170">
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171">
         <v>10213839</v>
       </c>
       <c r="C171" t="s">
+        <v>345</v>
+      </c>
+      <c r="D171" t="s">
+        <v>10</v>
+      </c>
+      <c r="E171" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F171">
         <v>6</v>
       </c>
       <c r="G171">
         <v>180</v>
       </c>
-      <c r="H171" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H171">
+        <v>2</v>
+      </c>
+      <c r="I171">
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172">
         <v>10200318</v>
       </c>
       <c r="C172" t="s">
+        <v>347</v>
+      </c>
+      <c r="D172" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
       <c r="F172">
         <v>10</v>
       </c>
       <c r="G172">
         <v>275</v>
       </c>
-      <c r="H172" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H172">
+        <v>28</v>
+      </c>
+      <c r="I172">
+        <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173">
         <v>69829546</v>
       </c>
       <c r="C173" t="s">
+        <v>349</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
       <c r="F173">
         <v>3</v>
       </c>
       <c r="G173">
         <v>80</v>
       </c>
-      <c r="H173" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H173">
+        <v>13</v>
+      </c>
+      <c r="I173">
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174">
         <v>10261662</v>
       </c>
       <c r="C174" t="s">
+        <v>351</v>
+      </c>
+      <c r="D174" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
       <c r="F174">
         <v>3</v>
       </c>
       <c r="G174">
         <v>13</v>
       </c>
-      <c r="H174" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H174">
+        <v>5</v>
+      </c>
+      <c r="I174">
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
         <v>10213961</v>
       </c>
       <c r="C175" t="s">
+        <v>353</v>
+      </c>
+      <c r="D175" t="s">
+        <v>10</v>
+      </c>
+      <c r="E175" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F175">
         <v>10</v>
       </c>
       <c r="G175">
         <v>320</v>
       </c>
-      <c r="H175" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H175">
+        <v>15</v>
+      </c>
+      <c r="I175">
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
         <v>10200315</v>
       </c>
       <c r="C176" t="s">
+        <v>355</v>
+      </c>
+      <c r="D176" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F176">
         <v>15</v>
       </c>
       <c r="G176">
         <v>454</v>
       </c>
-      <c r="H176" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H176">
+        <v>28</v>
+      </c>
+      <c r="I176">
+        <v>2</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
         <v>10213844</v>
       </c>
       <c r="C177" t="s">
+        <v>357</v>
+      </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>359</v>
       </c>
       <c r="F177">
         <v>6</v>
       </c>
       <c r="G177">
         <v>180</v>
       </c>
-      <c r="H177" t="s">
+      <c r="H177">
         <v>12</v>
       </c>
-      <c r="I177" t="s">
-        <v>12</v>
+      <c r="I177">
+        <v>3</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
         <v>69956698</v>
       </c>
       <c r="C178" t="s">
+        <v>359</v>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F178">
         <v>3</v>
       </c>
       <c r="G178">
         <v>72</v>
       </c>
-      <c r="H178" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H178">
+        <v>14</v>
+      </c>
+      <c r="I178">
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
         <v>70054367</v>
       </c>
       <c r="C179" t="s">
+        <v>361</v>
+      </c>
+      <c r="D179" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>363</v>
       </c>
       <c r="F179">
         <v>1</v>
       </c>
       <c r="G179">
         <v>18</v>
       </c>
-      <c r="H179" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H179">
+        <v>7</v>
+      </c>
+      <c r="I179">
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
         <v>69988634</v>
       </c>
       <c r="C180" t="s">
+        <v>363</v>
+      </c>
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F180">
         <v>6</v>
       </c>
       <c r="G180">
         <v>155</v>
       </c>
-      <c r="H180" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H180">
+        <v>13</v>
+      </c>
+      <c r="I180">
+        <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181">
         <v>10261668</v>
       </c>
       <c r="C181" t="s">
+        <v>365</v>
+      </c>
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="F181">
         <v>5</v>
       </c>
       <c r="G181">
         <v>127</v>
       </c>
-      <c r="H181" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H181">
+        <v>10</v>
+      </c>
+      <c r="I181">
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
         <v>69990138</v>
       </c>
       <c r="C182" t="s">
+        <v>367</v>
+      </c>
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F182">
         <v>6</v>
       </c>
       <c r="G182">
         <v>148</v>
       </c>
-      <c r="H182" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H182">
+        <v>10</v>
+      </c>
+      <c r="I182">
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
         <v>69969841</v>
       </c>
       <c r="C183" t="s">
+        <v>369</v>
+      </c>
+      <c r="D183" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F183">
         <v>5</v>
       </c>
       <c r="G183">
         <v>136</v>
       </c>
-      <c r="H183" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H183">
+        <v>6</v>
+      </c>
+      <c r="I183">
+        <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
         <v>69969890</v>
       </c>
       <c r="C184" t="s">
+        <v>371</v>
+      </c>
+      <c r="D184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
       <c r="F184">
         <v>10</v>
       </c>
       <c r="G184">
         <v>268</v>
       </c>
-      <c r="H184" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H184">
+        <v>25</v>
+      </c>
+      <c r="I184">
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
         <v>70005059</v>
       </c>
       <c r="C185" t="s">
+        <v>373</v>
+      </c>
+      <c r="D185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>375</v>
       </c>
       <c r="F185">
         <v>1</v>
       </c>
       <c r="G185">
         <v>2</v>
       </c>
-      <c r="H185" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H185">
+        <v>1</v>
+      </c>
+      <c r="I185">
+        <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
         <v>69967486</v>
       </c>
       <c r="C186" t="s">
+        <v>375</v>
+      </c>
+      <c r="D186" t="s">
+        <v>10</v>
+      </c>
+      <c r="E186" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
       <c r="F186">
         <v>10</v>
       </c>
       <c r="G186">
         <v>254</v>
       </c>
-      <c r="H186" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H186">
+        <v>14</v>
+      </c>
+      <c r="I186">
+        <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187">
         <v>70009587</v>
       </c>
       <c r="C187" t="s">
+        <v>377</v>
+      </c>
+      <c r="D187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F187">
         <v>3</v>
       </c>
       <c r="G187">
         <v>40</v>
       </c>
-      <c r="H187" t="s">
+      <c r="H187">
         <v>12</v>
       </c>
-      <c r="I187" t="s">
-        <v>12</v>
+      <c r="I187">
+        <v>3</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188">
         <v>69970260</v>
       </c>
       <c r="C188" t="s">
+        <v>379</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="F188">
         <v>3</v>
       </c>
       <c r="G188">
         <v>98</v>
       </c>
-      <c r="H188" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H188">
+        <v>6</v>
+      </c>
+      <c r="I188">
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
         <v>10259492</v>
       </c>
       <c r="C189" t="s">
+        <v>381</v>
+      </c>
+      <c r="D189" t="s">
+        <v>10</v>
+      </c>
+      <c r="E189" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F189">
         <v>8</v>
       </c>
       <c r="G189">
         <v>264</v>
       </c>
-      <c r="H189" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H189">
+        <v>13</v>
+      </c>
+      <c r="I189">
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
         <v>10213849</v>
       </c>
       <c r="C190" t="s">
+        <v>383</v>
+      </c>
+      <c r="D190" t="s">
+        <v>10</v>
+      </c>
+      <c r="E190" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="F190">
         <v>5</v>
       </c>
       <c r="G190">
         <v>138</v>
       </c>
-      <c r="H190" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H190">
+        <v>8</v>
+      </c>
+      <c r="I190">
+        <v>4</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
         <v>10213850</v>
       </c>
       <c r="C191" t="s">
+        <v>385</v>
+      </c>
+      <c r="D191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
       <c r="F191">
         <v>3</v>
       </c>
       <c r="G191">
         <v>74</v>
       </c>
-      <c r="H191" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H191">
+        <v>13</v>
+      </c>
+      <c r="I191">
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
         <v>70037577</v>
       </c>
       <c r="C192" t="s">
+        <v>387</v>
+      </c>
+      <c r="D192" t="s">
+        <v>10</v>
+      </c>
+      <c r="E192" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="F192">
         <v>3</v>
       </c>
       <c r="G192">
         <v>40</v>
       </c>
-      <c r="H192" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H192">
+        <v>10</v>
+      </c>
+      <c r="I192">
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
         <v>10214006</v>
       </c>
       <c r="C193" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="F193">
         <v>3</v>
       </c>
       <c r="G193">
         <v>74</v>
       </c>
-      <c r="H193" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H193">
+        <v>10</v>
+      </c>
+      <c r="I193">
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
         <v>10200288</v>
       </c>
       <c r="C194" t="s">
+        <v>390</v>
+      </c>
+      <c r="D194" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
       <c r="F194">
         <v>6</v>
       </c>
       <c r="G194">
         <v>126</v>
       </c>
-      <c r="H194" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H194">
+        <v>16</v>
+      </c>
+      <c r="I194">
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
         <v>10213967</v>
       </c>
       <c r="C195" t="s">
+        <v>392</v>
+      </c>
+      <c r="D195" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F195">
         <v>3</v>
       </c>
       <c r="G195">
         <v>44</v>
       </c>
-      <c r="H195" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H195">
+        <v>10</v>
+      </c>
+      <c r="I195">
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
         <v>10213854</v>
       </c>
       <c r="C196" t="s">
+        <v>394</v>
+      </c>
+      <c r="D196" t="s">
+        <v>10</v>
+      </c>
+      <c r="E196" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>396</v>
       </c>
       <c r="F196">
         <v>4</v>
       </c>
       <c r="G196">
         <v>100</v>
       </c>
-      <c r="H196" t="s">
+      <c r="H196">
         <v>12</v>
       </c>
-      <c r="I196" t="s">
-        <v>12</v>
+      <c r="I196">
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
         <v>70056500</v>
       </c>
       <c r="C197" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F197">
         <v>0</v>
       </c>
       <c r="G197">
         <v>0</v>
       </c>
-      <c r="H197" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H197">
+        <v>1</v>
+      </c>
+      <c r="I197">
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198">
         <v>10200285</v>
       </c>
       <c r="C198" t="s">
+        <v>397</v>
+      </c>
+      <c r="D198" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" t="s">
         <v>398</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
       <c r="F198">
         <v>9</v>
       </c>
       <c r="G198">
         <v>247</v>
       </c>
-      <c r="H198" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H198">
+        <v>23</v>
+      </c>
+      <c r="I198">
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
         <v>69992436</v>
       </c>
       <c r="C199" t="s">
+        <v>399</v>
+      </c>
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
       <c r="F199">
         <v>2</v>
       </c>
       <c r="G199">
         <v>39</v>
       </c>
-      <c r="H199" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H199">
+        <v>5</v>
+      </c>
+      <c r="I199">
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
         <v>69867912</v>
       </c>
       <c r="C200" t="s">
+        <v>401</v>
+      </c>
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
       <c r="F200">
         <v>3</v>
       </c>
       <c r="G200">
         <v>76</v>
       </c>
-      <c r="H200" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H200">
+        <v>26</v>
+      </c>
+      <c r="I200">
+        <v>2</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
         <v>10260485</v>
       </c>
       <c r="C201" t="s">
+        <v>403</v>
+      </c>
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F201">
         <v>4</v>
       </c>
       <c r="G201">
         <v>105</v>
       </c>
-      <c r="H201" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H201">
+        <v>14</v>
+      </c>
+      <c r="I201">
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
         <v>10264652</v>
       </c>
       <c r="C202" t="s">
+        <v>405</v>
+      </c>
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>407</v>
       </c>
       <c r="F202">
         <v>5</v>
       </c>
       <c r="G202">
         <v>149</v>
       </c>
-      <c r="H202" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H202">
+        <v>18</v>
+      </c>
+      <c r="I202">
+        <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
         <v>69979583</v>
       </c>
       <c r="C203" t="s">
+        <v>407</v>
+      </c>
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
         <v>408</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
       <c r="F203">
         <v>24</v>
       </c>
       <c r="G203">
         <v>726</v>
       </c>
-      <c r="H203" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H203">
+        <v>44</v>
+      </c>
+      <c r="I203">
+        <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
         <v>10213972</v>
       </c>
       <c r="C204" t="s">
+        <v>409</v>
+      </c>
+      <c r="D204" t="s">
+        <v>10</v>
+      </c>
+      <c r="E204" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
       <c r="F204">
         <v>3</v>
       </c>
       <c r="G204">
         <v>71</v>
       </c>
-      <c r="H204" t="s">
+      <c r="H204">
         <v>12</v>
       </c>
-      <c r="I204" t="s">
-        <v>12</v>
+      <c r="I204">
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
         <v>70053793</v>
       </c>
       <c r="C205" t="s">
+        <v>411</v>
+      </c>
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
         <v>412</v>
       </c>
-      <c r="D205" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F205">
         <v>0</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
-      <c r="H205" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H205">
+        <v>3</v>
+      </c>
+      <c r="I205">
+        <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
         <v>10213863</v>
       </c>
       <c r="C206" t="s">
+        <v>413</v>
+      </c>
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
       <c r="F206">
         <v>11</v>
       </c>
       <c r="G206">
         <v>380</v>
       </c>
-      <c r="H206" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H206">
+        <v>23</v>
+      </c>
+      <c r="I206">
+        <v>3</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
         <v>10213864</v>
       </c>
       <c r="C207" t="s">
+        <v>415</v>
+      </c>
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
       <c r="F207">
         <v>11</v>
       </c>
       <c r="G207">
         <v>329</v>
       </c>
-      <c r="H207" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H207">
+        <v>16</v>
+      </c>
+      <c r="I207">
+        <v>3</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
         <v>69904725</v>
       </c>
       <c r="C208" t="s">
+        <v>417</v>
+      </c>
+      <c r="D208" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
         <v>418</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
       <c r="F208">
         <v>5</v>
       </c>
       <c r="G208">
         <v>140</v>
       </c>
-      <c r="H208" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H208">
+        <v>15</v>
+      </c>
+      <c r="I208">
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
         <v>10213976</v>
       </c>
       <c r="C209" t="s">
+        <v>419</v>
+      </c>
+      <c r="D209" t="s">
+        <v>10</v>
+      </c>
+      <c r="E209" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
       <c r="F209">
         <v>3</v>
       </c>
       <c r="G209">
         <v>58</v>
       </c>
-      <c r="H209" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H209">
+        <v>11</v>
+      </c>
+      <c r="I209">
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
         <v>10258791</v>
       </c>
       <c r="C210" t="s">
+        <v>421</v>
+      </c>
+      <c r="D210" t="s">
+        <v>10</v>
+      </c>
+      <c r="E210" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F210">
         <v>8</v>
       </c>
       <c r="G210">
         <v>189</v>
       </c>
-      <c r="H210" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H210">
+        <v>13</v>
+      </c>
+      <c r="I210">
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
         <v>10213980</v>
       </c>
       <c r="C211" t="s">
+        <v>423</v>
+      </c>
+      <c r="D211" t="s">
+        <v>10</v>
+      </c>
+      <c r="E211" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>425</v>
       </c>
       <c r="F211">
         <v>11</v>
       </c>
       <c r="G211">
         <v>367</v>
       </c>
-      <c r="H211" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H211">
+        <v>20</v>
+      </c>
+      <c r="I211">
+        <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
         <v>10213916</v>
       </c>
       <c r="C212" t="s">
+        <v>425</v>
+      </c>
+      <c r="D212" t="s">
+        <v>10</v>
+      </c>
+      <c r="E212" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
       <c r="F212">
         <v>5</v>
       </c>
       <c r="G212">
         <v>126</v>
       </c>
-      <c r="H212" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H212">
+        <v>14</v>
+      </c>
+      <c r="I212">
+        <v>2</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213">
         <v>10213919</v>
       </c>
       <c r="C213" t="s">
+        <v>427</v>
+      </c>
+      <c r="D213" t="s">
+        <v>10</v>
+      </c>
+      <c r="E213" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="F213">
         <v>17</v>
       </c>
       <c r="G213">
         <v>603</v>
       </c>
-      <c r="H213" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H213">
+        <v>32</v>
+      </c>
+      <c r="I213">
+        <v>4</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214">
         <v>10260609</v>
       </c>
       <c r="C214" t="s">
+        <v>429</v>
+      </c>
+      <c r="D214" t="s">
+        <v>10</v>
+      </c>
+      <c r="E214" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
       <c r="F214">
         <v>6</v>
       </c>
       <c r="G214">
         <v>195</v>
       </c>
-      <c r="H214" t="s">
+      <c r="H214">
         <v>12</v>
       </c>
-      <c r="I214" t="s">
-        <v>12</v>
+      <c r="I214">
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
         <v>10213984</v>
       </c>
       <c r="C215" t="s">
+        <v>431</v>
+      </c>
+      <c r="D215" t="s">
+        <v>10</v>
+      </c>
+      <c r="E215" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
       <c r="F215">
         <v>18</v>
       </c>
       <c r="G215">
         <v>592</v>
       </c>
-      <c r="H215" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H215">
+        <v>32</v>
+      </c>
+      <c r="I215">
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
         <v>10213981</v>
       </c>
       <c r="C216" t="s">
+        <v>433</v>
+      </c>
+      <c r="D216" t="s">
+        <v>10</v>
+      </c>
+      <c r="E216" t="s">
         <v>434</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="F216">
         <v>20</v>
       </c>
       <c r="G216">
         <v>660</v>
       </c>
-      <c r="H216" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H216">
+        <v>34</v>
+      </c>
+      <c r="I216">
+        <v>4</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
         <v>10213985</v>
       </c>
       <c r="C217" t="s">
+        <v>435</v>
+      </c>
+      <c r="D217" t="s">
+        <v>10</v>
+      </c>
+      <c r="E217" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F217">
         <v>3</v>
       </c>
       <c r="G217">
         <v>45</v>
       </c>
-      <c r="H217" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H217">
+        <v>8</v>
+      </c>
+      <c r="I217">
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
         <v>69733940</v>
       </c>
       <c r="C218" t="s">
+        <v>437</v>
+      </c>
+      <c r="D218" t="s">
+        <v>10</v>
+      </c>
+      <c r="E218" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="F218">
         <v>3</v>
       </c>
       <c r="G218">
         <v>30</v>
       </c>
-      <c r="H218" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H218">
+        <v>8</v>
+      </c>
+      <c r="I218">
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219">
         <v>69946355</v>
       </c>
       <c r="C219" t="s">
+        <v>439</v>
+      </c>
+      <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F219">
         <v>3</v>
       </c>
       <c r="G219">
         <v>96</v>
       </c>
-      <c r="H219" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H219">
+        <v>9</v>
+      </c>
+      <c r="I219">
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220">
         <v>69992881</v>
       </c>
       <c r="C220" t="s">
+        <v>441</v>
+      </c>
+      <c r="D220" t="s">
+        <v>10</v>
+      </c>
+      <c r="E220" t="s">
         <v>442</v>
-      </c>
-[...4 lines deleted...]
-        <v>443</v>
       </c>
       <c r="F220">
         <v>3</v>
       </c>
       <c r="G220">
         <v>60</v>
       </c>
-      <c r="H220" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H220">
+        <v>11</v>
+      </c>
+      <c r="I220">
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221">
         <v>10213927</v>
       </c>
       <c r="C221" t="s">
+        <v>443</v>
+      </c>
+      <c r="D221" t="s">
+        <v>10</v>
+      </c>
+      <c r="E221" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F221">
         <v>8</v>
       </c>
       <c r="G221">
         <v>241</v>
       </c>
-      <c r="H221" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H221">
+        <v>16</v>
+      </c>
+      <c r="I221">
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222">
         <v>10257346</v>
       </c>
       <c r="C222" t="s">
+        <v>445</v>
+      </c>
+      <c r="D222" t="s">
+        <v>10</v>
+      </c>
+      <c r="E222" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F222">
         <v>4</v>
       </c>
       <c r="G222">
         <v>98</v>
       </c>
-      <c r="H222" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H222">
+        <v>15</v>
+      </c>
+      <c r="I222">
+        <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223">
         <v>10213929</v>
       </c>
       <c r="C223" t="s">
+        <v>447</v>
+      </c>
+      <c r="D223" t="s">
+        <v>10</v>
+      </c>
+      <c r="E223" t="s">
         <v>448</v>
-      </c>
-[...4 lines deleted...]
-        <v>449</v>
       </c>
       <c r="F223">
         <v>3</v>
       </c>
       <c r="G223">
         <v>42</v>
       </c>
-      <c r="H223" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H223">
+        <v>11</v>
+      </c>
+      <c r="I223">
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224">
         <v>10213926</v>
       </c>
       <c r="C224" t="s">
+        <v>449</v>
+      </c>
+      <c r="D224" t="s">
+        <v>10</v>
+      </c>
+      <c r="E224" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
       <c r="F224">
         <v>3</v>
       </c>
       <c r="G224">
         <v>67</v>
       </c>
-      <c r="H224" t="s">
+      <c r="H224">
         <v>12</v>
       </c>
-      <c r="I224" t="s">
-        <v>12</v>
+      <c r="I224">
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225">
         <v>69967791</v>
       </c>
       <c r="C225" t="s">
+        <v>451</v>
+      </c>
+      <c r="D225" t="s">
+        <v>10</v>
+      </c>
+      <c r="E225" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
       <c r="F225">
         <v>3</v>
       </c>
       <c r="G225">
         <v>95</v>
       </c>
-      <c r="H225" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H225">
+        <v>8</v>
+      </c>
+      <c r="I225">
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226">
         <v>10264653</v>
       </c>
       <c r="C226" t="s">
+        <v>453</v>
+      </c>
+      <c r="D226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="F226">
         <v>8</v>
       </c>
       <c r="G226">
         <v>259</v>
       </c>
-      <c r="H226" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H226">
+        <v>14</v>
+      </c>
+      <c r="I226">
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227">
         <v>70052840</v>
       </c>
       <c r="C227" t="s">
+        <v>455</v>
+      </c>
+      <c r="D227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" t="s">
         <v>456</v>
-      </c>
-[...4 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F227">
         <v>4</v>
       </c>
       <c r="G227">
         <v>76</v>
       </c>
-      <c r="H227" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H227">
+        <v>17</v>
+      </c>
+      <c r="I227">
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228">
         <v>69979030</v>
       </c>
       <c r="C228" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="F228">
         <v>0</v>
       </c>
       <c r="G228">
         <v>0</v>
       </c>
-      <c r="H228" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H228">
+        <v>5</v>
+      </c>
+      <c r="I228">
+        <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229">
         <v>10213932</v>
       </c>
       <c r="C229" t="s">
+        <v>458</v>
+      </c>
+      <c r="D229" t="s">
+        <v>10</v>
+      </c>
+      <c r="E229" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>460</v>
       </c>
       <c r="F229">
         <v>3</v>
       </c>
       <c r="G229">
         <v>51</v>
       </c>
-      <c r="H229" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H229">
+        <v>7</v>
+      </c>
+      <c r="I229">
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
         <v>10213986</v>
       </c>
       <c r="C230" t="s">
+        <v>460</v>
+      </c>
+      <c r="D230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>462</v>
       </c>
       <c r="F230">
         <v>3</v>
       </c>
       <c r="G230">
         <v>48</v>
       </c>
-      <c r="H230" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H230">
+        <v>9</v>
+      </c>
+      <c r="I230">
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
         <v>10213933</v>
       </c>
       <c r="C231" t="s">
+        <v>462</v>
+      </c>
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
         <v>463</v>
-      </c>
-[...4 lines deleted...]
-        <v>464</v>
       </c>
       <c r="F231">
         <v>4</v>
       </c>
       <c r="G231">
         <v>92</v>
       </c>
-      <c r="H231" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H231">
+        <v>6</v>
+      </c>
+      <c r="I231">
+        <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
         <v>10264636</v>
       </c>
       <c r="C232" t="s">
+        <v>464</v>
+      </c>
+      <c r="D232" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>466</v>
       </c>
       <c r="F232">
         <v>7</v>
       </c>
       <c r="G232">
         <v>222</v>
       </c>
-      <c r="H232" t="s">
+      <c r="H232">
         <v>12</v>
       </c>
-      <c r="I232" t="s">
-        <v>12</v>
+      <c r="I232">
+        <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
         <v>10213937</v>
       </c>
       <c r="C233" t="s">
+        <v>466</v>
+      </c>
+      <c r="D233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233" t="s">
         <v>467</v>
-      </c>
-[...4 lines deleted...]
-        <v>468</v>
       </c>
       <c r="F233">
         <v>16</v>
       </c>
       <c r="G233">
         <v>444</v>
       </c>
-      <c r="H233" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H233">
+        <v>24</v>
+      </c>
+      <c r="I233">
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234">
         <v>69989771</v>
       </c>
       <c r="C234" t="s">
+        <v>468</v>
+      </c>
+      <c r="D234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s">
         <v>469</v>
-      </c>
-[...4 lines deleted...]
-        <v>470</v>
       </c>
       <c r="F234">
         <v>5</v>
       </c>
       <c r="G234">
         <v>113</v>
       </c>
-      <c r="H234" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H234">
+        <v>7</v>
+      </c>
+      <c r="I234">
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
         <v>10213991</v>
       </c>
       <c r="C235" t="s">
+        <v>470</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>472</v>
       </c>
       <c r="F235">
         <v>4</v>
       </c>
       <c r="G235">
         <v>109</v>
       </c>
-      <c r="H235" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H235">
+        <v>17</v>
+      </c>
+      <c r="I235">
+        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236">
         <v>10213938</v>
       </c>
       <c r="C236" t="s">
+        <v>472</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
         <v>473</v>
-      </c>
-[...4 lines deleted...]
-        <v>474</v>
       </c>
       <c r="F236">
         <v>6</v>
       </c>
       <c r="G236">
         <v>183</v>
       </c>
-      <c r="H236" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H236">
+        <v>16</v>
+      </c>
+      <c r="I236">
+        <v>2</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237">
         <v>70006749</v>
       </c>
       <c r="C237" t="s">
+        <v>474</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
         <v>475</v>
-      </c>
-[...4 lines deleted...]
-        <v>476</v>
       </c>
       <c r="F237">
         <v>3</v>
       </c>
       <c r="G237">
         <v>54</v>
       </c>
-      <c r="H237" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H237">
+        <v>10</v>
+      </c>
+      <c r="I237">
+        <v>4</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
         <v>10213836</v>
       </c>
       <c r="C238" t="s">
+        <v>476</v>
+      </c>
+      <c r="D238" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>478</v>
       </c>
       <c r="F238">
         <v>13</v>
       </c>
       <c r="G238">
         <v>431</v>
       </c>
-      <c r="H238" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H238">
+        <v>18</v>
+      </c>
+      <c r="I238">
+        <v>4</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
         <v>10213941</v>
       </c>
       <c r="C239" t="s">
+        <v>478</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>480</v>
       </c>
       <c r="F239">
         <v>6</v>
       </c>
       <c r="G239">
         <v>185</v>
       </c>
-      <c r="H239" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H239">
+        <v>13</v>
+      </c>
+      <c r="I239">
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240">
         <v>10213942</v>
       </c>
       <c r="C240" t="s">
+        <v>480</v>
+      </c>
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>482</v>
       </c>
       <c r="F240">
         <v>5</v>
       </c>
       <c r="G240">
         <v>142</v>
       </c>
-      <c r="H240" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H240">
+        <v>11</v>
+      </c>
+      <c r="I240">
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
         <v>10211018</v>
       </c>
       <c r="C241" t="s">
+        <v>482</v>
+      </c>
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="F241">
         <v>9</v>
       </c>
       <c r="G241">
         <v>265</v>
       </c>
-      <c r="H241" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H241">
+        <v>15</v>
+      </c>
+      <c r="I241">
+        <v>2</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
         <v>10200349</v>
       </c>
       <c r="C242" t="s">
+        <v>484</v>
+      </c>
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
         <v>485</v>
-      </c>
-[...4 lines deleted...]
-        <v>486</v>
       </c>
       <c r="F242">
         <v>3</v>
       </c>
       <c r="G242">
         <v>112</v>
       </c>
-      <c r="H242" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H242">
+        <v>10</v>
+      </c>
+      <c r="I242">
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
         <v>10213943</v>
       </c>
       <c r="C243" t="s">
+        <v>486</v>
+      </c>
+      <c r="D243" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" t="s">
         <v>487</v>
-      </c>
-[...4 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F243">
         <v>10</v>
       </c>
       <c r="G243">
         <v>317</v>
       </c>
-      <c r="H243" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H243">
+        <v>16</v>
+      </c>
+      <c r="I243">
+        <v>4</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
         <v>10213945</v>
       </c>
       <c r="C244" t="s">
+        <v>488</v>
+      </c>
+      <c r="D244" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F244">
         <v>18</v>
       </c>
       <c r="G244">
         <v>564</v>
       </c>
-      <c r="H244" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H244">
+        <v>43</v>
+      </c>
+      <c r="I244">
+        <v>4</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
         <v>69733888</v>
       </c>
       <c r="C245" t="s">
+        <v>490</v>
+      </c>
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>492</v>
       </c>
       <c r="F245">
         <v>6</v>
       </c>
       <c r="G245">
         <v>143</v>
       </c>
-      <c r="H245" t="s">
+      <c r="H245">
         <v>12</v>
       </c>
-      <c r="I245" t="s">
-        <v>12</v>
+      <c r="I245">
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
         <v>10213948</v>
       </c>
       <c r="C246" t="s">
+        <v>492</v>
+      </c>
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
         <v>493</v>
-      </c>
-[...4 lines deleted...]
-        <v>494</v>
       </c>
       <c r="F246">
         <v>8</v>
       </c>
       <c r="G246">
         <v>256</v>
       </c>
-      <c r="H246" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H246">
+        <v>13</v>
+      </c>
+      <c r="I246">
+        <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
         <v>10213946</v>
       </c>
       <c r="C247" t="s">
+        <v>494</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
         <v>495</v>
-      </c>
-[...4 lines deleted...]
-        <v>496</v>
       </c>
       <c r="F247">
         <v>9</v>
       </c>
       <c r="G247">
         <v>335</v>
       </c>
-      <c r="H247" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H247">
+        <v>24</v>
+      </c>
+      <c r="I247">
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
         <v>10213993</v>
       </c>
       <c r="C248" t="s">
+        <v>496</v>
+      </c>
+      <c r="D248" t="s">
+        <v>10</v>
+      </c>
+      <c r="E248" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>498</v>
       </c>
       <c r="F248">
         <v>7</v>
       </c>
       <c r="G248">
         <v>210</v>
       </c>
-      <c r="H248" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H248">
+        <v>18</v>
+      </c>
+      <c r="I248">
+        <v>2</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
         <v>10220206</v>
       </c>
       <c r="C249" t="s">
+        <v>498</v>
+      </c>
+      <c r="D249" t="s">
+        <v>10</v>
+      </c>
+      <c r="E249" t="s">
         <v>499</v>
-      </c>
-[...4 lines deleted...]
-        <v>500</v>
       </c>
       <c r="F249">
         <v>4</v>
       </c>
       <c r="G249">
         <v>106</v>
       </c>
-      <c r="H249" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H249">
+        <v>3</v>
+      </c>
+      <c r="I249">
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250">
         <v>10213994</v>
       </c>
       <c r="C250" t="s">
+        <v>500</v>
+      </c>
+      <c r="D250" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" t="s">
         <v>501</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="F250">
         <v>6</v>
       </c>
       <c r="G250">
         <v>155</v>
       </c>
-      <c r="H250" t="s">
+      <c r="H250">
         <v>12</v>
       </c>
-      <c r="I250" t="s">
-        <v>12</v>
+      <c r="I250">
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
         <v>10220316</v>
       </c>
       <c r="C251" t="s">
+        <v>502</v>
+      </c>
+      <c r="D251" t="s">
+        <v>10</v>
+      </c>
+      <c r="E251" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="F251">
         <v>16</v>
       </c>
       <c r="G251">
         <v>481</v>
       </c>
-      <c r="H251" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H251">
+        <v>27</v>
+      </c>
+      <c r="I251">
+        <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
         <v>10213947</v>
       </c>
       <c r="C252" t="s">
+        <v>504</v>
+      </c>
+      <c r="D252" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" t="s">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>506</v>
       </c>
       <c r="F252">
         <v>9</v>
       </c>
       <c r="G252">
         <v>313</v>
       </c>
-      <c r="H252" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H252">
+        <v>13</v>
+      </c>
+      <c r="I252">
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253">
         <v>10200355</v>
       </c>
       <c r="C253" t="s">
+        <v>506</v>
+      </c>
+      <c r="D253" t="s">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>508</v>
       </c>
       <c r="F253">
         <v>6</v>
       </c>
       <c r="G253">
         <v>153</v>
       </c>
-      <c r="H253" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H253">
+        <v>16</v>
+      </c>
+      <c r="I253">
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254">
         <v>10213998</v>
       </c>
       <c r="C254" t="s">
+        <v>508</v>
+      </c>
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
         <v>509</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
       <c r="F254">
         <v>3</v>
       </c>
       <c r="G254">
         <v>15</v>
       </c>
-      <c r="H254" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H254">
+        <v>11</v>
+      </c>
+      <c r="I254">
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
         <v>10214001</v>
       </c>
       <c r="C255" t="s">
+        <v>510</v>
+      </c>
+      <c r="D255" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" t="s">
         <v>511</v>
-      </c>
-[...4 lines deleted...]
-        <v>512</v>
       </c>
       <c r="F255">
         <v>3</v>
       </c>
       <c r="G255">
         <v>91</v>
       </c>
-      <c r="H255" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H255">
+        <v>13</v>
+      </c>
+      <c r="I255">
+        <v>2</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
         <v>10214010</v>
       </c>
       <c r="C256" t="s">
+        <v>512</v>
+      </c>
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>514</v>
       </c>
       <c r="F256">
         <v>3</v>
       </c>
       <c r="G256">
         <v>59</v>
       </c>
-      <c r="H256" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H256">
+        <v>13</v>
+      </c>
+      <c r="I256">
+        <v>4</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257">
         <v>10214002</v>
       </c>
       <c r="C257" t="s">
+        <v>514</v>
+      </c>
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
         <v>515</v>
-      </c>
-[...4 lines deleted...]
-        <v>516</v>
       </c>
       <c r="F257">
         <v>3</v>
       </c>
       <c r="G257">
         <v>23</v>
       </c>
-      <c r="H257" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H257">
+        <v>9</v>
+      </c>
+      <c r="I257">
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258">
         <v>10260296</v>
       </c>
       <c r="C258" t="s">
+        <v>516</v>
+      </c>
+      <c r="D258" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" t="s">
         <v>517</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
       <c r="F258">
         <v>8</v>
       </c>
       <c r="G258">
         <v>288</v>
       </c>
-      <c r="H258" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H258">
+        <v>20</v>
+      </c>
+      <c r="I258">
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259">
         <v>10214003</v>
       </c>
       <c r="C259" t="s">
+        <v>518</v>
+      </c>
+      <c r="D259" t="s">
+        <v>10</v>
+      </c>
+      <c r="E259" t="s">
         <v>519</v>
-      </c>
-[...4 lines deleted...]
-        <v>520</v>
       </c>
       <c r="F259">
         <v>3</v>
       </c>
       <c r="G259">
         <v>52</v>
       </c>
-      <c r="H259" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H259">
+        <v>19</v>
+      </c>
+      <c r="I259">
+        <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260">
         <v>10214004</v>
       </c>
       <c r="C260" t="s">
+        <v>520</v>
+      </c>
+      <c r="D260" t="s">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s">
         <v>521</v>
-      </c>
-[...4 lines deleted...]
-        <v>522</v>
       </c>
       <c r="F260">
         <v>6</v>
       </c>
       <c r="G260">
         <v>195</v>
       </c>
-      <c r="H260" t="s">
+      <c r="H260">
         <v>12</v>
       </c>
-      <c r="I260" t="s">
-        <v>12</v>
+      <c r="I260">
+        <v>2</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
         <v>69990257</v>
       </c>
       <c r="C261" t="s">
+        <v>522</v>
+      </c>
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
         <v>523</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F261">
         <v>15</v>
       </c>
       <c r="G261">
         <v>490</v>
       </c>
-      <c r="H261" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H261">
+        <v>18</v>
+      </c>
+      <c r="I261">
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
         <v>10214019</v>
       </c>
       <c r="C262" t="s">
+        <v>524</v>
+      </c>
+      <c r="D262" t="s">
+        <v>10</v>
+      </c>
+      <c r="E262" t="s">
         <v>525</v>
-      </c>
-[...4 lines deleted...]
-        <v>526</v>
       </c>
       <c r="F262">
         <v>5</v>
       </c>
       <c r="G262">
         <v>133</v>
       </c>
-      <c r="H262" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H262">
+        <v>14</v>
+      </c>
+      <c r="I262">
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
         <v>10259490</v>
       </c>
       <c r="C263" t="s">
+        <v>526</v>
+      </c>
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
         <v>527</v>
-      </c>
-[...4 lines deleted...]
-        <v>528</v>
       </c>
       <c r="F263">
         <v>7</v>
       </c>
       <c r="G263">
         <v>190</v>
       </c>
-      <c r="H263" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H263">
+        <v>17</v>
+      </c>
+      <c r="I263">
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
         <v>10257921</v>
       </c>
       <c r="C264" t="s">
+        <v>528</v>
+      </c>
+      <c r="D264" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>530</v>
       </c>
       <c r="F264">
         <v>3</v>
       </c>
       <c r="G264">
         <v>39</v>
       </c>
-      <c r="H264" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H264">
+        <v>8</v>
+      </c>
+      <c r="I264">
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
         <v>69971492</v>
       </c>
       <c r="C265" t="s">
+        <v>530</v>
+      </c>
+      <c r="D265" t="s">
+        <v>10</v>
+      </c>
+      <c r="E265" t="s">
         <v>531</v>
-      </c>
-[...4 lines deleted...]
-        <v>532</v>
       </c>
       <c r="F265">
         <v>17</v>
       </c>
       <c r="G265">
         <v>501</v>
       </c>
-      <c r="H265" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H265">
+        <v>24</v>
+      </c>
+      <c r="I265">
+        <v>2</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266">
         <v>69984969</v>
       </c>
       <c r="C266" t="s">
+        <v>532</v>
+      </c>
+      <c r="D266" t="s">
+        <v>10</v>
+      </c>
+      <c r="E266" t="s">
         <v>533</v>
-      </c>
-[...4 lines deleted...]
-        <v>534</v>
       </c>
       <c r="F266">
         <v>3</v>
       </c>
       <c r="G266">
         <v>63</v>
       </c>
-      <c r="H266" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H266">
+        <v>7</v>
+      </c>
+      <c r="I266">
+        <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267">
         <v>10200358</v>
       </c>
       <c r="C267" t="s">
+        <v>534</v>
+      </c>
+      <c r="D267" t="s">
+        <v>10</v>
+      </c>
+      <c r="E267" t="s">
         <v>535</v>
-      </c>
-[...4 lines deleted...]
-        <v>536</v>
       </c>
       <c r="F267">
         <v>8</v>
       </c>
       <c r="G267">
         <v>222</v>
       </c>
-      <c r="H267" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H267">
+        <v>13</v>
+      </c>
+      <c r="I267">
+        <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268">
         <v>69905762</v>
       </c>
       <c r="C268" t="s">
+        <v>536</v>
+      </c>
+      <c r="D268" t="s">
+        <v>10</v>
+      </c>
+      <c r="E268" t="s">
         <v>537</v>
       </c>
-      <c r="D268" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F268">
         <v>0</v>
       </c>
       <c r="G268">
         <v>0</v>
       </c>
-      <c r="H268" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H268">
+        <v>6</v>
+      </c>
+      <c r="I268">
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269">
         <v>70008256</v>
       </c>
       <c r="C269" t="s">
+        <v>538</v>
+      </c>
+      <c r="D269" t="s">
+        <v>10</v>
+      </c>
+      <c r="E269" t="s">
         <v>539</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
       <c r="F269">
         <v>3</v>
       </c>
       <c r="G269">
         <v>65</v>
       </c>
-      <c r="H269" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H269">
+        <v>9</v>
+      </c>
+      <c r="I269">
+        <v>2</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270">
         <v>69819431</v>
       </c>
       <c r="C270" t="s">
+        <v>540</v>
+      </c>
+      <c r="D270" t="s">
+        <v>10</v>
+      </c>
+      <c r="E270" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
       <c r="F270">
         <v>2</v>
       </c>
       <c r="G270">
         <v>49</v>
       </c>
-      <c r="H270" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H270">
+        <v>8</v>
+      </c>
+      <c r="I270">
+        <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271">
         <v>10257923</v>
       </c>
       <c r="C271" t="s">
+        <v>542</v>
+      </c>
+      <c r="D271" t="s">
+        <v>10</v>
+      </c>
+      <c r="E271" t="s">
         <v>543</v>
-      </c>
-[...4 lines deleted...]
-        <v>544</v>
       </c>
       <c r="F271">
         <v>9</v>
       </c>
       <c r="G271">
         <v>331</v>
       </c>
-      <c r="H271" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H271">
+        <v>21</v>
+      </c>
+      <c r="I271">
+        <v>2</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272">
         <v>10214024</v>
       </c>
       <c r="C272" t="s">
+        <v>544</v>
+      </c>
+      <c r="D272" t="s">
+        <v>10</v>
+      </c>
+      <c r="E272" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>546</v>
       </c>
       <c r="F272">
         <v>3</v>
       </c>
       <c r="G272">
         <v>60</v>
       </c>
-      <c r="H272" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H272">
+        <v>10</v>
+      </c>
+      <c r="I272">
+        <v>2</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273">
         <v>10214023</v>
       </c>
       <c r="C273" t="s">
+        <v>546</v>
+      </c>
+      <c r="D273" t="s">
+        <v>10</v>
+      </c>
+      <c r="E273" t="s">
         <v>547</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
       <c r="F273">
         <v>6</v>
       </c>
       <c r="G273">
         <v>145</v>
       </c>
-      <c r="H273" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H273">
+        <v>16</v>
+      </c>
+      <c r="I273">
+        <v>7</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274">
         <v>10200356</v>
       </c>
       <c r="C274" t="s">
+        <v>548</v>
+      </c>
+      <c r="D274" t="s">
+        <v>10</v>
+      </c>
+      <c r="E274" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
       <c r="F274">
         <v>12</v>
       </c>
       <c r="G274">
         <v>330</v>
       </c>
-      <c r="H274" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H274">
+        <v>19</v>
+      </c>
+      <c r="I274">
+        <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275">
         <v>69968137</v>
       </c>
       <c r="C275" t="s">
+        <v>550</v>
+      </c>
+      <c r="D275" t="s">
+        <v>10</v>
+      </c>
+      <c r="E275" t="s">
         <v>551</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="F275">
         <v>4</v>
       </c>
       <c r="G275">
         <v>71</v>
       </c>
-      <c r="H275" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H275">
+        <v>17</v>
+      </c>
+      <c r="I275">
+        <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276">
         <v>10214014</v>
       </c>
       <c r="C276" t="s">
+        <v>552</v>
+      </c>
+      <c r="D276" t="s">
+        <v>10</v>
+      </c>
+      <c r="E276" t="s">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>554</v>
       </c>
       <c r="F276">
         <v>3</v>
       </c>
       <c r="G276">
         <v>57</v>
       </c>
-      <c r="H276" t="s">
+      <c r="H276">
         <v>12</v>
       </c>
-      <c r="I276" t="s">
-        <v>12</v>
+      <c r="I276">
+        <v>3</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277">
         <v>10214015</v>
       </c>
       <c r="C277" t="s">
+        <v>554</v>
+      </c>
+      <c r="D277" t="s">
+        <v>10</v>
+      </c>
+      <c r="E277" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>556</v>
       </c>
       <c r="F277">
         <v>3</v>
       </c>
       <c r="G277">
         <v>11</v>
       </c>
-      <c r="H277" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H277">
+        <v>6</v>
+      </c>
+      <c r="I277">
+        <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
         <v>10200359</v>
       </c>
       <c r="C278" t="s">
+        <v>556</v>
+      </c>
+      <c r="D278" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="F278">
         <v>9</v>
       </c>
       <c r="G278">
         <v>227</v>
       </c>
-      <c r="H278" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H278">
+        <v>20</v>
+      </c>
+      <c r="I278">
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279">
         <v>10214017</v>
       </c>
       <c r="C279" t="s">
+        <v>558</v>
+      </c>
+      <c r="D279" t="s">
+        <v>10</v>
+      </c>
+      <c r="E279" t="s">
         <v>559</v>
-      </c>
-[...4 lines deleted...]
-        <v>560</v>
       </c>
       <c r="F279">
         <v>4</v>
       </c>
       <c r="G279">
         <v>97</v>
       </c>
-      <c r="H279" t="s">
+      <c r="H279">
         <v>12</v>
       </c>
-      <c r="I279" t="s">
-        <v>12</v>
+      <c r="I279">
+        <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280">
         <v>10260297</v>
       </c>
       <c r="C280" t="s">
+        <v>560</v>
+      </c>
+      <c r="D280" t="s">
+        <v>10</v>
+      </c>
+      <c r="E280" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>562</v>
       </c>
       <c r="F280">
         <v>3</v>
       </c>
       <c r="G280">
         <v>68</v>
       </c>
-      <c r="H280" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H280">
+        <v>7</v>
+      </c>
+      <c r="I280">
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281">
         <v>69911233</v>
       </c>
       <c r="C281" t="s">
+        <v>562</v>
+      </c>
+      <c r="D281" t="s">
+        <v>10</v>
+      </c>
+      <c r="E281" t="s">
         <v>563</v>
-      </c>
-[...4 lines deleted...]
-        <v>564</v>
       </c>
       <c r="F281">
         <v>15</v>
       </c>
       <c r="G281">
         <v>434</v>
       </c>
-      <c r="H281" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H281">
+        <v>20</v>
+      </c>
+      <c r="I281">
+        <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282">
         <v>10214020</v>
       </c>
       <c r="C282" t="s">
+        <v>564</v>
+      </c>
+      <c r="D282" t="s">
+        <v>10</v>
+      </c>
+      <c r="E282" t="s">
         <v>565</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
       <c r="F282">
         <v>3</v>
       </c>
       <c r="G282">
         <v>98</v>
       </c>
-      <c r="H282" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H282">
+        <v>28</v>
+      </c>
+      <c r="I282">
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283">
         <v>10214021</v>
       </c>
       <c r="C283" t="s">
+        <v>566</v>
+      </c>
+      <c r="D283" t="s">
+        <v>10</v>
+      </c>
+      <c r="E283" t="s">
         <v>567</v>
-      </c>
-[...4 lines deleted...]
-        <v>568</v>
       </c>
       <c r="F283">
         <v>5</v>
       </c>
       <c r="G283">
         <v>130</v>
       </c>
-      <c r="H283" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H283">
+        <v>14</v>
+      </c>
+      <c r="I283">
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284">
         <v>10214022</v>
       </c>
       <c r="C284" t="s">
+        <v>568</v>
+      </c>
+      <c r="D284" t="s">
+        <v>10</v>
+      </c>
+      <c r="E284" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>570</v>
       </c>
       <c r="F284">
         <v>7</v>
       </c>
       <c r="G284">
         <v>198</v>
       </c>
-      <c r="H284" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H284">
+        <v>14</v>
+      </c>
+      <c r="I284">
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285">
         <v>10214005</v>
       </c>
       <c r="C285" t="s">
+        <v>570</v>
+      </c>
+      <c r="D285" t="s">
+        <v>10</v>
+      </c>
+      <c r="E285" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
       <c r="F285">
         <v>10</v>
       </c>
       <c r="G285">
         <v>381</v>
       </c>
-      <c r="H285" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H285">
+        <v>21</v>
+      </c>
+      <c r="I285">
+        <v>2</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286">
         <v>69902733</v>
       </c>
       <c r="C286" t="s">
+        <v>572</v>
+      </c>
+      <c r="D286" t="s">
+        <v>10</v>
+      </c>
+      <c r="E286" t="s">
         <v>573</v>
-      </c>
-[...4 lines deleted...]
-        <v>574</v>
       </c>
       <c r="F286">
         <v>7</v>
       </c>
       <c r="G286">
         <v>197</v>
       </c>
-      <c r="H286" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H286">
+        <v>19</v>
+      </c>
+      <c r="I286">
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287">
         <v>69888498</v>
       </c>
       <c r="C287" t="s">
+        <v>574</v>
+      </c>
+      <c r="D287" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" t="s">
         <v>575</v>
-      </c>
-[...4 lines deleted...]
-        <v>576</v>
       </c>
       <c r="F287">
         <v>13</v>
       </c>
       <c r="G287">
         <v>384</v>
       </c>
-      <c r="H287" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H287">
+        <v>31</v>
+      </c>
+      <c r="I287">
+        <v>3</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288">
         <v>69935021</v>
       </c>
       <c r="C288" t="s">
+        <v>576</v>
+      </c>
+      <c r="D288" t="s">
+        <v>10</v>
+      </c>
+      <c r="E288" t="s">
         <v>577</v>
-      </c>
-[...4 lines deleted...]
-        <v>578</v>
       </c>
       <c r="F288">
         <v>10</v>
       </c>
       <c r="G288">
         <v>284</v>
       </c>
-      <c r="H288" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H288">
+        <v>22</v>
+      </c>
+      <c r="I288">
+        <v>2</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289">
         <v>69899771</v>
       </c>
       <c r="C289" t="s">
+        <v>578</v>
+      </c>
+      <c r="D289" t="s">
+        <v>10</v>
+      </c>
+      <c r="E289" t="s">
         <v>579</v>
-      </c>
-[...4 lines deleted...]
-        <v>580</v>
       </c>
       <c r="F289">
         <v>3</v>
       </c>
       <c r="G289">
         <v>74</v>
       </c>
-      <c r="H289" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H289">
+        <v>10</v>
+      </c>
+      <c r="I289">
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290">
         <v>70047780</v>
       </c>
       <c r="C290" t="s">
+        <v>580</v>
+      </c>
+      <c r="D290" t="s">
+        <v>10</v>
+      </c>
+      <c r="E290" t="s">
         <v>581</v>
-      </c>
-[...4 lines deleted...]
-        <v>582</v>
       </c>
       <c r="F290">
         <v>3</v>
       </c>
       <c r="G290">
         <v>47</v>
       </c>
-      <c r="H290" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H290">
+        <v>5</v>
+      </c>
+      <c r="I290">
+        <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291">
         <v>70049077</v>
       </c>
       <c r="C291" t="s">
+        <v>582</v>
+      </c>
+      <c r="D291" t="s">
+        <v>10</v>
+      </c>
+      <c r="E291" t="s">
         <v>583</v>
-      </c>
-[...4 lines deleted...]
-        <v>584</v>
       </c>
       <c r="F291">
         <v>3</v>
       </c>
       <c r="G291">
         <v>38</v>
       </c>
-      <c r="H291" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H291">
+        <v>7</v>
+      </c>
+      <c r="I291">
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292">
         <v>69775675</v>
       </c>
       <c r="C292" t="s">
+        <v>584</v>
+      </c>
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>586</v>
       </c>
       <c r="F292">
         <v>3</v>
       </c>
       <c r="G292">
         <v>61</v>
       </c>
-      <c r="H292" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H292">
+        <v>4</v>
+      </c>
+      <c r="I292">
+        <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293">
         <v>69733890</v>
       </c>
       <c r="C293" t="s">
+        <v>586</v>
+      </c>
+      <c r="D293" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" t="s">
         <v>587</v>
-      </c>
-[...4 lines deleted...]
-        <v>588</v>
       </c>
       <c r="F293">
         <v>3</v>
       </c>
       <c r="G293">
         <v>38</v>
       </c>
-      <c r="H293" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H293">
+        <v>9</v>
+      </c>
+      <c r="I293">
+        <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294">
         <v>10214007</v>
       </c>
       <c r="C294" t="s">
+        <v>588</v>
+      </c>
+      <c r="D294" t="s">
+        <v>10</v>
+      </c>
+      <c r="E294" t="s">
         <v>589</v>
-      </c>
-[...4 lines deleted...]
-        <v>590</v>
       </c>
       <c r="F294">
         <v>6</v>
       </c>
       <c r="G294">
         <v>174</v>
       </c>
-      <c r="H294" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H294">
+        <v>14</v>
+      </c>
+      <c r="I294">
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295">
         <v>69733892</v>
       </c>
       <c r="C295" t="s">
+        <v>590</v>
+      </c>
+      <c r="D295" t="s">
+        <v>10</v>
+      </c>
+      <c r="E295" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
       <c r="F295">
         <v>3</v>
       </c>
       <c r="G295">
         <v>53</v>
       </c>
-      <c r="H295" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H295">
+        <v>7</v>
+      </c>
+      <c r="I295">
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296">
         <v>10213987</v>
       </c>
       <c r="C296" t="s">
+        <v>592</v>
+      </c>
+      <c r="D296" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" t="s">
         <v>593</v>
-      </c>
-[...4 lines deleted...]
-        <v>594</v>
       </c>
       <c r="F296">
         <v>4</v>
       </c>
       <c r="G296">
         <v>72</v>
       </c>
-      <c r="H296" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H296">
+        <v>22</v>
+      </c>
+      <c r="I296">
+        <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297">
         <v>69787033</v>
       </c>
       <c r="C297" t="s">
+        <v>594</v>
+      </c>
+      <c r="D297" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" t="s">
         <v>595</v>
-      </c>
-[...4 lines deleted...]
-        <v>596</v>
       </c>
       <c r="F297">
         <v>10</v>
       </c>
       <c r="G297">
         <v>291</v>
       </c>
-      <c r="H297" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H297">
+        <v>13</v>
+      </c>
+      <c r="I297">
+        <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298">
         <v>69787008</v>
       </c>
       <c r="C298" t="s">
+        <v>596</v>
+      </c>
+      <c r="D298" t="s">
+        <v>10</v>
+      </c>
+      <c r="E298" t="s">
         <v>597</v>
-      </c>
-[...4 lines deleted...]
-        <v>598</v>
       </c>
       <c r="F298">
         <v>1</v>
       </c>
       <c r="G298">
         <v>1</v>
       </c>
-      <c r="H298" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H298">
+        <v>9</v>
+      </c>
+      <c r="I298">
+        <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299">
         <v>69950553</v>
       </c>
       <c r="C299" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F299">
         <v>0</v>
       </c>
       <c r="G299">
         <v>0</v>
       </c>
-      <c r="H299" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H299">
+        <v>0</v>
+      </c>
+      <c r="I299">
+        <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300">
         <v>70009140</v>
       </c>
       <c r="C300" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F300">
         <v>0</v>
       </c>
       <c r="G300">
         <v>0</v>
       </c>
-      <c r="H300" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H300">
+        <v>0</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301">
         <v>10218503</v>
       </c>
       <c r="C301" t="s">
+        <v>600</v>
+      </c>
+      <c r="D301" t="s">
+        <v>13</v>
+      </c>
+      <c r="E301" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>602</v>
       </c>
       <c r="F301">
         <v>24</v>
       </c>
       <c r="G301">
         <v>718</v>
       </c>
-      <c r="H301" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H301">
+        <v>49</v>
+      </c>
+      <c r="I301">
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302">
         <v>10213870</v>
       </c>
       <c r="C302" t="s">
+        <v>602</v>
+      </c>
+      <c r="D302" t="s">
+        <v>13</v>
+      </c>
+      <c r="E302" t="s">
         <v>603</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
       <c r="F302">
         <v>29</v>
       </c>
       <c r="G302">
         <v>906</v>
       </c>
-      <c r="H302" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H302">
+        <v>60</v>
+      </c>
+      <c r="I302">
+        <v>8</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303">
         <v>10260107</v>
       </c>
       <c r="C303" t="s">
+        <v>604</v>
+      </c>
+      <c r="D303" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="F303">
         <v>26</v>
       </c>
       <c r="G303">
         <v>924</v>
       </c>
-      <c r="H303" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H303">
+        <v>47</v>
+      </c>
+      <c r="I303">
+        <v>5</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304">
         <v>10218505</v>
       </c>
       <c r="C304" t="s">
+        <v>606</v>
+      </c>
+      <c r="D304" t="s">
+        <v>13</v>
+      </c>
+      <c r="E304" t="s">
         <v>607</v>
-      </c>
-[...4 lines deleted...]
-        <v>608</v>
       </c>
       <c r="F304">
         <v>18</v>
       </c>
       <c r="G304">
         <v>545</v>
       </c>
-      <c r="H304" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H304">
+        <v>39</v>
+      </c>
+      <c r="I304">
+        <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305">
         <v>10213873</v>
       </c>
       <c r="C305" t="s">
+        <v>608</v>
+      </c>
+      <c r="D305" t="s">
+        <v>13</v>
+      </c>
+      <c r="E305" t="s">
         <v>609</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
       <c r="F305">
         <v>16</v>
       </c>
       <c r="G305">
         <v>513</v>
       </c>
-      <c r="H305" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H305">
+        <v>35</v>
+      </c>
+      <c r="I305">
+        <v>8</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306">
         <v>10213874</v>
       </c>
       <c r="C306" t="s">
+        <v>610</v>
+      </c>
+      <c r="D306" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>612</v>
       </c>
       <c r="F306">
         <v>26</v>
       </c>
       <c r="G306">
         <v>804</v>
       </c>
-      <c r="H306" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H306">
+        <v>53</v>
+      </c>
+      <c r="I306">
+        <v>8</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307">
         <v>10200330</v>
       </c>
       <c r="C307" t="s">
+        <v>612</v>
+      </c>
+      <c r="D307" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" t="s">
         <v>613</v>
-      </c>
-[...4 lines deleted...]
-        <v>614</v>
       </c>
       <c r="F307">
         <v>7</v>
       </c>
       <c r="G307">
         <v>236</v>
       </c>
-      <c r="H307" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H307">
+        <v>18</v>
+      </c>
+      <c r="I307">
+        <v>5</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308">
         <v>10213876</v>
       </c>
       <c r="C308" t="s">
+        <v>614</v>
+      </c>
+      <c r="D308" t="s">
+        <v>13</v>
+      </c>
+      <c r="E308" t="s">
         <v>615</v>
-      </c>
-[...4 lines deleted...]
-        <v>616</v>
       </c>
       <c r="F308">
         <v>27</v>
       </c>
       <c r="G308">
         <v>896</v>
       </c>
-      <c r="H308" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H308">
+        <v>63</v>
+      </c>
+      <c r="I308">
+        <v>5</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309">
         <v>10213877</v>
       </c>
       <c r="C309" t="s">
+        <v>616</v>
+      </c>
+      <c r="D309" t="s">
+        <v>13</v>
+      </c>
+      <c r="E309" t="s">
         <v>617</v>
-      </c>
-[...4 lines deleted...]
-        <v>618</v>
       </c>
       <c r="F309">
         <v>25</v>
       </c>
       <c r="G309">
         <v>765</v>
       </c>
-      <c r="H309" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H309">
+        <v>45</v>
+      </c>
+      <c r="I309">
+        <v>3</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310">
         <v>10218509</v>
       </c>
       <c r="C310" t="s">
+        <v>618</v>
+      </c>
+      <c r="D310" t="s">
+        <v>13</v>
+      </c>
+      <c r="E310" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>620</v>
       </c>
       <c r="F310">
         <v>31</v>
       </c>
       <c r="G310">
         <v>975</v>
       </c>
-      <c r="H310" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H310">
+        <v>66</v>
+      </c>
+      <c r="I310">
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311">
         <v>10213879</v>
       </c>
       <c r="C311" t="s">
+        <v>620</v>
+      </c>
+      <c r="D311" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" t="s">
         <v>621</v>
-      </c>
-[...4 lines deleted...]
-        <v>622</v>
       </c>
       <c r="F311">
         <v>30</v>
       </c>
       <c r="G311">
         <v>950</v>
       </c>
-      <c r="H311" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H311">
+        <v>50</v>
+      </c>
+      <c r="I311">
+        <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312">
         <v>10213880</v>
       </c>
       <c r="C312" t="s">
+        <v>622</v>
+      </c>
+      <c r="D312" t="s">
+        <v>13</v>
+      </c>
+      <c r="E312" t="s">
         <v>623</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
       <c r="F312">
         <v>20</v>
       </c>
       <c r="G312">
         <v>574</v>
       </c>
-      <c r="H312" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H312">
+        <v>32</v>
+      </c>
+      <c r="I312">
+        <v>2</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313">
         <v>10213881</v>
       </c>
       <c r="C313" t="s">
+        <v>624</v>
+      </c>
+      <c r="D313" t="s">
+        <v>13</v>
+      </c>
+      <c r="E313" t="s">
         <v>625</v>
-      </c>
-[...4 lines deleted...]
-        <v>626</v>
       </c>
       <c r="F313">
         <v>18</v>
       </c>
       <c r="G313">
         <v>602</v>
       </c>
-      <c r="H313" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H313">
+        <v>31</v>
+      </c>
+      <c r="I313">
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314">
         <v>10213882</v>
       </c>
       <c r="C314" t="s">
+        <v>626</v>
+      </c>
+      <c r="D314" t="s">
+        <v>13</v>
+      </c>
+      <c r="E314" t="s">
         <v>627</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
       <c r="F314">
         <v>21</v>
       </c>
       <c r="G314">
         <v>642</v>
       </c>
-      <c r="H314" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H314">
+        <v>46</v>
+      </c>
+      <c r="I314">
+        <v>5</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315">
         <v>10218543</v>
       </c>
       <c r="C315" t="s">
+        <v>628</v>
+      </c>
+      <c r="D315" t="s">
+        <v>13</v>
+      </c>
+      <c r="E315" t="s">
         <v>629</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
       <c r="F315">
         <v>21</v>
       </c>
       <c r="G315">
         <v>630</v>
       </c>
-      <c r="H315" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H315">
+        <v>37</v>
+      </c>
+      <c r="I315">
+        <v>8</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316">
         <v>10213907</v>
       </c>
       <c r="C316" t="s">
+        <v>630</v>
+      </c>
+      <c r="D316" t="s">
+        <v>13</v>
+      </c>
+      <c r="E316" t="s">
         <v>631</v>
-      </c>
-[...4 lines deleted...]
-        <v>632</v>
       </c>
       <c r="F316">
         <v>27</v>
       </c>
       <c r="G316">
         <v>830</v>
       </c>
-      <c r="H316" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H316">
+        <v>43</v>
+      </c>
+      <c r="I316">
+        <v>8</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317">
         <v>10213883</v>
       </c>
       <c r="C317" t="s">
+        <v>632</v>
+      </c>
+      <c r="D317" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" t="s">
         <v>633</v>
-      </c>
-[...4 lines deleted...]
-        <v>634</v>
       </c>
       <c r="F317">
         <v>31</v>
       </c>
       <c r="G317">
         <v>1007</v>
       </c>
-      <c r="H317" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H317">
+        <v>54</v>
+      </c>
+      <c r="I317">
+        <v>7</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318">
         <v>10200324</v>
       </c>
       <c r="C318" t="s">
+        <v>634</v>
+      </c>
+      <c r="D318" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" t="s">
         <v>635</v>
-      </c>
-[...4 lines deleted...]
-        <v>636</v>
       </c>
       <c r="F318">
         <v>8</v>
       </c>
       <c r="G318">
         <v>221</v>
       </c>
-      <c r="H318" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H318">
+        <v>18</v>
+      </c>
+      <c r="I318">
+        <v>2</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319">
         <v>10213885</v>
       </c>
       <c r="C319" t="s">
+        <v>636</v>
+      </c>
+      <c r="D319" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" t="s">
         <v>637</v>
-      </c>
-[...4 lines deleted...]
-        <v>638</v>
       </c>
       <c r="F319">
         <v>11</v>
       </c>
       <c r="G319">
         <v>341</v>
       </c>
-      <c r="H319" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H319">
+        <v>34</v>
+      </c>
+      <c r="I319">
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320">
         <v>10213908</v>
       </c>
       <c r="C320" t="s">
+        <v>638</v>
+      </c>
+      <c r="D320" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" t="s">
         <v>639</v>
-      </c>
-[...4 lines deleted...]
-        <v>640</v>
       </c>
       <c r="F320">
         <v>11</v>
       </c>
       <c r="G320">
         <v>297</v>
       </c>
-      <c r="H320" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H320">
+        <v>33</v>
+      </c>
+      <c r="I320">
+        <v>4</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321">
         <v>10213909</v>
       </c>
       <c r="C321" t="s">
+        <v>640</v>
+      </c>
+      <c r="D321" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" t="s">
         <v>641</v>
-      </c>
-[...4 lines deleted...]
-        <v>642</v>
       </c>
       <c r="F321">
         <v>29</v>
       </c>
       <c r="G321">
         <v>923</v>
       </c>
-      <c r="H321" t="s">
-[...2 lines deleted...]
-      <c r="I321" t="s">
+      <c r="H321">
+        <v>49</v>
+      </c>
+      <c r="I321">
         <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322">
         <v>10213886</v>
       </c>
       <c r="C322" t="s">
+        <v>642</v>
+      </c>
+      <c r="D322" t="s">
+        <v>13</v>
+      </c>
+      <c r="E322" t="s">
         <v>643</v>
-      </c>
-[...4 lines deleted...]
-        <v>644</v>
       </c>
       <c r="F322">
         <v>33</v>
       </c>
       <c r="G322">
         <v>1047</v>
       </c>
-      <c r="H322" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H322">
+        <v>63</v>
+      </c>
+      <c r="I322">
+        <v>7</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323">
         <v>10213887</v>
       </c>
       <c r="C323" t="s">
+        <v>644</v>
+      </c>
+      <c r="D323" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" t="s">
         <v>645</v>
-      </c>
-[...4 lines deleted...]
-        <v>646</v>
       </c>
       <c r="F323">
         <v>10</v>
       </c>
       <c r="G323">
         <v>243</v>
       </c>
-      <c r="H323" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H323">
+        <v>24</v>
+      </c>
+      <c r="I323">
+        <v>5</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324">
         <v>69946277</v>
       </c>
       <c r="C324" t="s">
+        <v>646</v>
+      </c>
+      <c r="D324" t="s">
+        <v>13</v>
+      </c>
+      <c r="E324" t="s">
         <v>647</v>
-      </c>
-[...4 lines deleted...]
-        <v>648</v>
       </c>
       <c r="F324">
         <v>9</v>
       </c>
       <c r="G324">
         <v>225</v>
       </c>
-      <c r="H324" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H324">
+        <v>23</v>
+      </c>
+      <c r="I324">
+        <v>2</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325">
         <v>69946279</v>
       </c>
       <c r="C325" t="s">
+        <v>648</v>
+      </c>
+      <c r="D325" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" t="s">
         <v>649</v>
-      </c>
-[...4 lines deleted...]
-        <v>650</v>
       </c>
       <c r="F325">
         <v>11</v>
       </c>
       <c r="G325">
         <v>346</v>
       </c>
-      <c r="H325" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H325">
+        <v>30</v>
+      </c>
+      <c r="I325">
+        <v>4</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326">
         <v>10213889</v>
       </c>
       <c r="C326" t="s">
+        <v>650</v>
+      </c>
+      <c r="D326" t="s">
+        <v>13</v>
+      </c>
+      <c r="E326" t="s">
         <v>651</v>
-      </c>
-[...4 lines deleted...]
-        <v>652</v>
       </c>
       <c r="F326">
         <v>24</v>
       </c>
       <c r="G326">
         <v>760</v>
       </c>
-      <c r="H326" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H326">
+        <v>46</v>
+      </c>
+      <c r="I326">
+        <v>4</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327">
         <v>10200323</v>
       </c>
       <c r="C327" t="s">
+        <v>652</v>
+      </c>
+      <c r="D327" t="s">
+        <v>13</v>
+      </c>
+      <c r="E327" t="s">
         <v>653</v>
-      </c>
-[...4 lines deleted...]
-        <v>654</v>
       </c>
       <c r="F327">
         <v>8</v>
       </c>
       <c r="G327">
         <v>239</v>
       </c>
-      <c r="H327" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H327">
+        <v>24</v>
+      </c>
+      <c r="I327">
+        <v>4</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328">
         <v>10213892</v>
       </c>
       <c r="C328" t="s">
+        <v>654</v>
+      </c>
+      <c r="D328" t="s">
+        <v>13</v>
+      </c>
+      <c r="E328" t="s">
         <v>655</v>
-      </c>
-[...4 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F328">
         <v>9</v>
       </c>
       <c r="G328">
         <v>241</v>
       </c>
-      <c r="H328" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H328">
+        <v>20</v>
+      </c>
+      <c r="I328">
+        <v>3</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329">
         <v>10213893</v>
       </c>
       <c r="C329" t="s">
+        <v>656</v>
+      </c>
+      <c r="D329" t="s">
+        <v>13</v>
+      </c>
+      <c r="E329" t="s">
         <v>657</v>
-      </c>
-[...4 lines deleted...]
-        <v>658</v>
       </c>
       <c r="F329">
         <v>9</v>
       </c>
       <c r="G329">
         <v>271</v>
       </c>
-      <c r="H329" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H329">
+        <v>22</v>
+      </c>
+      <c r="I329">
+        <v>5</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330">
         <v>10213894</v>
       </c>
       <c r="C330" t="s">
+        <v>658</v>
+      </c>
+      <c r="D330" t="s">
+        <v>13</v>
+      </c>
+      <c r="E330" t="s">
         <v>659</v>
-      </c>
-[...4 lines deleted...]
-        <v>660</v>
       </c>
       <c r="F330">
         <v>8</v>
       </c>
       <c r="G330">
         <v>229</v>
       </c>
-      <c r="H330" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H330">
+        <v>20</v>
+      </c>
+      <c r="I330">
+        <v>4</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331">
         <v>10213895</v>
       </c>
       <c r="C331" t="s">
+        <v>660</v>
+      </c>
+      <c r="D331" t="s">
+        <v>13</v>
+      </c>
+      <c r="E331" t="s">
         <v>661</v>
-      </c>
-[...4 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F331">
         <v>27</v>
       </c>
       <c r="G331">
         <v>825</v>
       </c>
-      <c r="H331" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H331">
+        <v>57</v>
+      </c>
+      <c r="I331">
+        <v>10</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332">
         <v>10213896</v>
       </c>
       <c r="C332" t="s">
+        <v>662</v>
+      </c>
+      <c r="D332" t="s">
+        <v>13</v>
+      </c>
+      <c r="E332" t="s">
         <v>663</v>
-      </c>
-[...4 lines deleted...]
-        <v>664</v>
       </c>
       <c r="F332">
         <v>13</v>
       </c>
       <c r="G332">
         <v>394</v>
       </c>
-      <c r="H332" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H332">
+        <v>25</v>
+      </c>
+      <c r="I332">
+        <v>4</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333">
         <v>10213897</v>
       </c>
       <c r="C333" t="s">
+        <v>664</v>
+      </c>
+      <c r="D333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E333" t="s">
         <v>665</v>
-      </c>
-[...4 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F333">
         <v>21</v>
       </c>
       <c r="G333">
         <v>671</v>
       </c>
-      <c r="H333" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H333">
+        <v>38</v>
+      </c>
+      <c r="I333">
+        <v>9</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334">
         <v>10213910</v>
       </c>
       <c r="C334" t="s">
+        <v>666</v>
+      </c>
+      <c r="D334" t="s">
+        <v>13</v>
+      </c>
+      <c r="E334" t="s">
         <v>667</v>
-      </c>
-[...4 lines deleted...]
-        <v>668</v>
       </c>
       <c r="F334">
         <v>13</v>
       </c>
       <c r="G334">
         <v>378</v>
       </c>
-      <c r="H334" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H334">
+        <v>20</v>
+      </c>
+      <c r="I334">
+        <v>3</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335">
         <v>10213898</v>
       </c>
       <c r="C335" t="s">
+        <v>668</v>
+      </c>
+      <c r="D335" t="s">
+        <v>13</v>
+      </c>
+      <c r="E335" t="s">
         <v>669</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
       <c r="F335">
         <v>31</v>
       </c>
       <c r="G335">
         <v>978</v>
       </c>
-      <c r="H335" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H335">
+        <v>68</v>
+      </c>
+      <c r="I335">
+        <v>8</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336">
         <v>10257547</v>
       </c>
       <c r="C336" t="s">
+        <v>670</v>
+      </c>
+      <c r="D336" t="s">
+        <v>13</v>
+      </c>
+      <c r="E336" t="s">
         <v>671</v>
-      </c>
-[...4 lines deleted...]
-        <v>672</v>
       </c>
       <c r="F336">
         <v>13</v>
       </c>
       <c r="G336">
         <v>413</v>
       </c>
-      <c r="H336" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H336">
+        <v>34</v>
+      </c>
+      <c r="I336">
+        <v>2</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337">
         <v>10261669</v>
       </c>
       <c r="C337" t="s">
+        <v>672</v>
+      </c>
+      <c r="D337" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" t="s">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>674</v>
       </c>
       <c r="F337">
         <v>9</v>
       </c>
       <c r="G337">
         <v>213</v>
       </c>
-      <c r="H337" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H337">
+        <v>18</v>
+      </c>
+      <c r="I337">
+        <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338">
         <v>10261697</v>
       </c>
       <c r="C338" t="s">
+        <v>674</v>
+      </c>
+      <c r="D338" t="s">
+        <v>13</v>
+      </c>
+      <c r="E338" t="s">
         <v>675</v>
-      </c>
-[...4 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F338">
         <v>11</v>
       </c>
       <c r="G338">
         <v>286</v>
       </c>
-      <c r="H338" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H338">
+        <v>21</v>
+      </c>
+      <c r="I338">
+        <v>3</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339">
         <v>10262124</v>
       </c>
       <c r="C339" t="s">
+        <v>676</v>
+      </c>
+      <c r="D339" t="s">
+        <v>13</v>
+      </c>
+      <c r="E339" t="s">
         <v>677</v>
-      </c>
-[...4 lines deleted...]
-        <v>678</v>
       </c>
       <c r="F339">
         <v>4</v>
       </c>
       <c r="G339">
         <v>94</v>
       </c>
-      <c r="H339" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H339">
+        <v>14</v>
+      </c>
+      <c r="I339">
+        <v>2</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340">
         <v>10213899</v>
       </c>
       <c r="C340" t="s">
+        <v>678</v>
+      </c>
+      <c r="D340" t="s">
+        <v>13</v>
+      </c>
+      <c r="E340" t="s">
         <v>679</v>
-      </c>
-[...4 lines deleted...]
-        <v>680</v>
       </c>
       <c r="F340">
         <v>28</v>
       </c>
       <c r="G340">
         <v>892</v>
       </c>
-      <c r="H340" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H340">
+        <v>51</v>
+      </c>
+      <c r="I340">
+        <v>8</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341">
         <v>10257825</v>
       </c>
       <c r="C341" t="s">
+        <v>680</v>
+      </c>
+      <c r="D341" t="s">
+        <v>13</v>
+      </c>
+      <c r="E341" t="s">
         <v>681</v>
-      </c>
-[...4 lines deleted...]
-        <v>682</v>
       </c>
       <c r="F341">
         <v>26</v>
       </c>
       <c r="G341">
         <v>794</v>
       </c>
-      <c r="H341" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H341">
+        <v>49</v>
+      </c>
+      <c r="I341">
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342">
         <v>10257351</v>
       </c>
       <c r="C342" t="s">
+        <v>682</v>
+      </c>
+      <c r="D342" t="s">
+        <v>13</v>
+      </c>
+      <c r="E342" t="s">
         <v>683</v>
-      </c>
-[...4 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F342">
         <v>6</v>
       </c>
       <c r="G342">
         <v>150</v>
       </c>
-      <c r="H342" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H342">
+        <v>15</v>
+      </c>
+      <c r="I342">
+        <v>3</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343">
         <v>10261202</v>
       </c>
       <c r="C343" t="s">
+        <v>684</v>
+      </c>
+      <c r="D343" t="s">
+        <v>13</v>
+      </c>
+      <c r="E343" t="s">
         <v>685</v>
-      </c>
-[...4 lines deleted...]
-        <v>686</v>
       </c>
       <c r="F343">
         <v>13</v>
       </c>
       <c r="G343">
         <v>371</v>
       </c>
-      <c r="H343" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H343">
+        <v>31</v>
+      </c>
+      <c r="I343">
+        <v>2</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344">
         <v>69903034</v>
       </c>
       <c r="C344" t="s">
+        <v>686</v>
+      </c>
+      <c r="D344" t="s">
+        <v>13</v>
+      </c>
+      <c r="E344" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>688</v>
       </c>
       <c r="F344">
         <v>8</v>
       </c>
       <c r="G344">
         <v>210</v>
       </c>
-      <c r="H344" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H344">
+        <v>20</v>
+      </c>
+      <c r="I344">
+        <v>2</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345">
         <v>10264645</v>
       </c>
       <c r="C345" t="s">
+        <v>688</v>
+      </c>
+      <c r="D345" t="s">
+        <v>13</v>
+      </c>
+      <c r="E345" t="s">
         <v>689</v>
-      </c>
-[...4 lines deleted...]
-        <v>690</v>
       </c>
       <c r="F345">
         <v>6</v>
       </c>
       <c r="G345">
         <v>155</v>
       </c>
-      <c r="H345" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H345">
+        <v>18</v>
+      </c>
+      <c r="I345">
+        <v>4</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346">
         <v>10264649</v>
       </c>
       <c r="C346" t="s">
+        <v>690</v>
+      </c>
+      <c r="D346" t="s">
+        <v>13</v>
+      </c>
+      <c r="E346" t="s">
         <v>691</v>
-      </c>
-[...4 lines deleted...]
-        <v>692</v>
       </c>
       <c r="F346">
         <v>5</v>
       </c>
       <c r="G346">
         <v>118</v>
       </c>
-      <c r="H346" t="s">
+      <c r="H346">
         <v>12</v>
       </c>
-      <c r="I346" t="s">
-        <v>12</v>
+      <c r="I346">
+        <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347">
         <v>10213900</v>
       </c>
       <c r="C347" t="s">
+        <v>692</v>
+      </c>
+      <c r="D347" t="s">
+        <v>13</v>
+      </c>
+      <c r="E347" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>694</v>
       </c>
       <c r="F347">
         <v>27</v>
       </c>
       <c r="G347">
         <v>821</v>
       </c>
-      <c r="H347" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H347">
+        <v>48</v>
+      </c>
+      <c r="I347">
+        <v>9</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348">
         <v>10200337</v>
       </c>
       <c r="C348" t="s">
+        <v>694</v>
+      </c>
+      <c r="D348" t="s">
+        <v>13</v>
+      </c>
+      <c r="E348" t="s">
         <v>695</v>
-      </c>
-[...4 lines deleted...]
-        <v>696</v>
       </c>
       <c r="F348">
         <v>21</v>
       </c>
       <c r="G348">
         <v>635</v>
       </c>
-      <c r="H348" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H348">
+        <v>40</v>
+      </c>
+      <c r="I348">
+        <v>7</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349">
         <v>10260607</v>
       </c>
       <c r="C349" t="s">
+        <v>696</v>
+      </c>
+      <c r="D349" t="s">
+        <v>13</v>
+      </c>
+      <c r="E349" t="s">
         <v>697</v>
-      </c>
-[...4 lines deleted...]
-        <v>698</v>
       </c>
       <c r="F349">
         <v>12</v>
       </c>
       <c r="G349">
         <v>357</v>
       </c>
-      <c r="H349" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H349">
+        <v>19</v>
+      </c>
+      <c r="I349">
+        <v>4</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350">
         <v>10218525</v>
       </c>
       <c r="C350" t="s">
+        <v>698</v>
+      </c>
+      <c r="D350" t="s">
+        <v>13</v>
+      </c>
+      <c r="E350" t="s">
         <v>699</v>
-      </c>
-[...4 lines deleted...]
-        <v>700</v>
       </c>
       <c r="F350">
         <v>27</v>
       </c>
       <c r="G350">
         <v>896</v>
       </c>
-      <c r="H350" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H350">
+        <v>55</v>
+      </c>
+      <c r="I350">
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351">
         <v>10213903</v>
       </c>
       <c r="C351" t="s">
+        <v>700</v>
+      </c>
+      <c r="D351" t="s">
+        <v>13</v>
+      </c>
+      <c r="E351" t="s">
         <v>701</v>
-      </c>
-[...4 lines deleted...]
-        <v>702</v>
       </c>
       <c r="F351">
         <v>21</v>
       </c>
       <c r="G351">
         <v>661</v>
       </c>
-      <c r="H351" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H351">
+        <v>39</v>
+      </c>
+      <c r="I351">
+        <v>4</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352">
         <v>10200335</v>
       </c>
       <c r="C352" t="s">
+        <v>702</v>
+      </c>
+      <c r="D352" t="s">
+        <v>13</v>
+      </c>
+      <c r="E352" t="s">
         <v>703</v>
-      </c>
-[...4 lines deleted...]
-        <v>704</v>
       </c>
       <c r="F352">
         <v>21</v>
       </c>
       <c r="G352">
         <v>676</v>
       </c>
-      <c r="H352" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H352">
+        <v>40</v>
+      </c>
+      <c r="I352">
+        <v>7</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353">
         <v>10260539</v>
       </c>
       <c r="C353" t="s">
+        <v>704</v>
+      </c>
+      <c r="D353" t="s">
+        <v>13</v>
+      </c>
+      <c r="E353" t="s">
         <v>705</v>
-      </c>
-[...4 lines deleted...]
-        <v>706</v>
       </c>
       <c r="F353">
         <v>15</v>
       </c>
       <c r="G353">
         <v>475</v>
       </c>
-      <c r="H353" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H353">
+        <v>26</v>
+      </c>
+      <c r="I353">
+        <v>7</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354">
         <v>10264646</v>
       </c>
       <c r="C354" t="s">
+        <v>706</v>
+      </c>
+      <c r="D354" t="s">
+        <v>13</v>
+      </c>
+      <c r="E354" t="s">
         <v>707</v>
-      </c>
-[...4 lines deleted...]
-        <v>708</v>
       </c>
       <c r="F354">
         <v>8</v>
       </c>
       <c r="G354">
         <v>255</v>
       </c>
-      <c r="H354" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H354">
+        <v>20</v>
+      </c>
+      <c r="I354">
+        <v>2</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355">
         <v>10264648</v>
       </c>
       <c r="C355" t="s">
+        <v>708</v>
+      </c>
+      <c r="D355" t="s">
+        <v>13</v>
+      </c>
+      <c r="E355" t="s">
         <v>709</v>
-      </c>
-[...4 lines deleted...]
-        <v>710</v>
       </c>
       <c r="F355">
         <v>12</v>
       </c>
       <c r="G355">
         <v>397</v>
       </c>
-      <c r="H355" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H355">
+        <v>25</v>
+      </c>
+      <c r="I355">
+        <v>2</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356">
         <v>10200334</v>
       </c>
       <c r="C356" t="s">
+        <v>710</v>
+      </c>
+      <c r="D356" t="s">
+        <v>13</v>
+      </c>
+      <c r="E356" t="s">
         <v>711</v>
-      </c>
-[...4 lines deleted...]
-        <v>712</v>
       </c>
       <c r="F356">
         <v>21</v>
       </c>
       <c r="G356">
         <v>661</v>
       </c>
-      <c r="H356" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H356">
+        <v>39</v>
+      </c>
+      <c r="I356">
+        <v>8</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357">
         <v>10257548</v>
       </c>
       <c r="C357" t="s">
+        <v>712</v>
+      </c>
+      <c r="D357" t="s">
+        <v>13</v>
+      </c>
+      <c r="E357" t="s">
         <v>713</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="F357">
         <v>16</v>
       </c>
       <c r="G357">
         <v>509</v>
       </c>
-      <c r="H357" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H357">
+        <v>37</v>
+      </c>
+      <c r="I357">
+        <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358">
         <v>10264651</v>
       </c>
       <c r="C358" t="s">
+        <v>714</v>
+      </c>
+      <c r="D358" t="s">
+        <v>13</v>
+      </c>
+      <c r="E358" t="s">
         <v>715</v>
-      </c>
-[...4 lines deleted...]
-        <v>716</v>
       </c>
       <c r="F358">
         <v>27</v>
       </c>
       <c r="G358">
         <v>894</v>
       </c>
-      <c r="H358" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H358">
+        <v>57</v>
+      </c>
+      <c r="I358">
+        <v>5</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359">
         <v>70040270</v>
       </c>
       <c r="C359" t="s">
+        <v>716</v>
+      </c>
+      <c r="D359" t="s">
+        <v>13</v>
+      </c>
+      <c r="E359" t="s">
         <v>717</v>
-      </c>
-[...4 lines deleted...]
-        <v>718</v>
       </c>
       <c r="F359">
         <v>6</v>
       </c>
       <c r="G359">
         <v>183</v>
       </c>
-      <c r="H359" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H359">
+        <v>16</v>
+      </c>
+      <c r="I359">
+        <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360">
         <v>10257920</v>
       </c>
       <c r="C360" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D360" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E360" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F360">
         <v>24</v>
       </c>
       <c r="G360">
         <v>776</v>
       </c>
-      <c r="H360" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H360">
+        <v>44</v>
+      </c>
+      <c r="I360">
+        <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361">
         <v>10264647</v>
       </c>
       <c r="C361" t="s">
+        <v>719</v>
+      </c>
+      <c r="D361" t="s">
+        <v>13</v>
+      </c>
+      <c r="E361" t="s">
         <v>720</v>
-      </c>
-[...4 lines deleted...]
-        <v>721</v>
       </c>
       <c r="F361">
         <v>18</v>
       </c>
       <c r="G361">
         <v>574</v>
       </c>
-      <c r="H361" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H361">
+        <v>33</v>
+      </c>
+      <c r="I361">
+        <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362">
         <v>10261702</v>
       </c>
       <c r="C362" t="s">
+        <v>721</v>
+      </c>
+      <c r="D362" t="s">
+        <v>13</v>
+      </c>
+      <c r="E362" t="s">
         <v>722</v>
-      </c>
-[...4 lines deleted...]
-        <v>723</v>
       </c>
       <c r="F362">
         <v>15</v>
       </c>
       <c r="G362">
         <v>464</v>
       </c>
-      <c r="H362" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H362">
+        <v>44</v>
+      </c>
+      <c r="I362">
+        <v>3</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363">
         <v>10264650</v>
       </c>
       <c r="C363" t="s">
+        <v>723</v>
+      </c>
+      <c r="D363" t="s">
+        <v>13</v>
+      </c>
+      <c r="E363" t="s">
         <v>724</v>
-      </c>
-[...4 lines deleted...]
-        <v>725</v>
       </c>
       <c r="F363">
         <v>10</v>
       </c>
       <c r="G363">
         <v>298</v>
       </c>
-      <c r="H363" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H363">
+        <v>24</v>
+      </c>
+      <c r="I363">
+        <v>2</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364">
         <v>69899357</v>
       </c>
       <c r="C364" t="s">
+        <v>725</v>
+      </c>
+      <c r="D364" t="s">
+        <v>13</v>
+      </c>
+      <c r="E364" t="s">
         <v>726</v>
-      </c>
-[...4 lines deleted...]
-        <v>727</v>
       </c>
       <c r="F364">
         <v>19</v>
       </c>
       <c r="G364">
         <v>612</v>
       </c>
-      <c r="H364" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="H364">
+        <v>41</v>
+      </c>
+      <c r="I364">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">