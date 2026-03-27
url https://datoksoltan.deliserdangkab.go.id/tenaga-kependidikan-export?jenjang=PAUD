--- v0 (2025-10-16)
+++ v1 (2026-03-27)
@@ -12,490 +12,484 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="650">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>NAMA</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
     <t>TEMPAT TUGAS</t>
   </si>
   <si>
     <t>STATUS SEKOLAH</t>
   </si>
   <si>
     <t>JABATAN</t>
   </si>
   <si>
     <t>KECAMATAN</t>
   </si>
   <si>
     <t>Fitra Nella</t>
   </si>
   <si>
     <t>GTY/PTY</t>
   </si>
   <si>
     <t>PAUD ABDUR RAHMAN</t>
   </si>
   <si>
     <t>Swasta</t>
   </si>
   <si>
-    <t>-</t>
+    <t>Guru Kelas</t>
   </si>
   <si>
     <t>Galang</t>
   </si>
   <si>
     <t>SRI RAHMADANI SAG</t>
   </si>
   <si>
+    <t>Kepala Sekolah</t>
+  </si>
+  <si>
     <t>SUYANI</t>
   </si>
   <si>
     <t>DESI NATALIA BR GINTING</t>
   </si>
   <si>
     <t>PAUD AGAVE</t>
   </si>
   <si>
     <t>Pancur Batu</t>
   </si>
   <si>
     <t>SRI DESTISA RIA GINTING</t>
   </si>
   <si>
     <t>ASTRIANA BR TARIGAN</t>
   </si>
   <si>
     <t>PAUD AGAVE KSD</t>
   </si>
   <si>
     <t>ISMAEL GINTING</t>
   </si>
   <si>
     <t>MURNIATI BR SEMBIRING</t>
   </si>
   <si>
     <t>ERI ASTUTI</t>
   </si>
   <si>
     <t>PAUD AKBAR TARUNA</t>
   </si>
   <si>
     <t>Beringin</t>
   </si>
   <si>
     <t>Purwa Ningsih</t>
   </si>
   <si>
     <t>SIGIT AUZRIL FIRMANSAH</t>
   </si>
   <si>
+    <t>Tenaga Administrasi Sekolah</t>
+  </si>
+  <si>
     <t>HARUN N. SIMATUPANG</t>
   </si>
   <si>
     <t>PAUD AL - FAZHIRA</t>
   </si>
   <si>
     <t>Labuhan Deli</t>
   </si>
   <si>
-    <t>INDAH TIARA SARI</t>
-[...1 lines deleted...]
-  <si>
     <t>NALLA SYAFTURA</t>
   </si>
   <si>
     <t>NURQOIDAH SIMATUPANG</t>
   </si>
   <si>
     <t>SHAI BAHTI LAILLAH</t>
   </si>
   <si>
-    <t>MUHAMMAD ILHAM SYUKRON</t>
+    <t>BAYU ANDINI</t>
+  </si>
+  <si>
+    <t>PAUD AL-BAYAN</t>
+  </si>
+  <si>
+    <t>Percut Sei Tuan</t>
+  </si>
+  <si>
+    <t>Syamsiah</t>
+  </si>
+  <si>
+    <t>AMALIA ULFA RAMBE</t>
   </si>
   <si>
     <t>Guru Honor Sekolah</t>
   </si>
   <si>
-    <t>PAUD AL HABIBAH</t>
+    <t>PAUD AL-FAKHRI</t>
+  </si>
+  <si>
+    <t>ELFIANI SITORUS, S.Pd</t>
+  </si>
+  <si>
+    <t>FEBI KURNIATI</t>
+  </si>
+  <si>
+    <t>NIRWANA RITONGA</t>
+  </si>
+  <si>
+    <t>NURHAYATI</t>
+  </si>
+  <si>
+    <t>FRISKA HEMINA</t>
+  </si>
+  <si>
+    <t>PAUD AL-HIDAYAH</t>
+  </si>
+  <si>
+    <t>Sinembah Tnjng Muda Hulu</t>
+  </si>
+  <si>
+    <t>NISA AULIA B BARA</t>
+  </si>
+  <si>
+    <t>SYAHRAN JAMIL BATU BARA</t>
+  </si>
+  <si>
+    <t>Asronah Sirait</t>
+  </si>
+  <si>
+    <t>PAUD AL-IKHWAN</t>
+  </si>
+  <si>
+    <t>KutaIimbaru</t>
+  </si>
+  <si>
+    <t>DINI SYAFITRI</t>
+  </si>
+  <si>
+    <t>LIA ARDESIA</t>
+  </si>
+  <si>
+    <t>NURFAUZIAH</t>
+  </si>
+  <si>
+    <t>FENNISYAH ANDRIANI SARAGIH</t>
+  </si>
+  <si>
+    <t>PAUD ANNISA</t>
+  </si>
+  <si>
+    <t>INNDA SYAHIDA</t>
+  </si>
+  <si>
+    <t>MAWARNI</t>
+  </si>
+  <si>
+    <t>UMI HAIRANI</t>
+  </si>
+  <si>
+    <t>DINDA MAYA SARI</t>
+  </si>
+  <si>
+    <t>PAUD AN-NIZAM</t>
+  </si>
+  <si>
+    <t>NABILA ANGELITA ADHA</t>
+  </si>
+  <si>
+    <t>SITI HUSNUL KHATIMAH</t>
+  </si>
+  <si>
+    <t>THREE APRILIA ANDINI</t>
+  </si>
+  <si>
+    <t>KUSWATIK</t>
+  </si>
+  <si>
+    <t>PAUD ANUGRAH</t>
+  </si>
+  <si>
+    <t>Bangun Purba</t>
+  </si>
+  <si>
+    <t>SRI SUPRAPTY</t>
+  </si>
+  <si>
+    <t>NURTIAMSA BR TARIGAN</t>
+  </si>
+  <si>
+    <t>PAUD ANUGRAH PEMERINTAHAN DESA GUNUNG PARIBUAN</t>
+  </si>
+  <si>
+    <t>Gunung Meriah</t>
+  </si>
+  <si>
+    <t>JUNIATIK</t>
+  </si>
+  <si>
+    <t>PAUD AR RIDHO</t>
+  </si>
+  <si>
+    <t>SRI ANITA</t>
+  </si>
+  <si>
+    <t>Eva Gloria Sihite</t>
+  </si>
+  <si>
+    <t>PAUD ARGA PUTRA SEJATI</t>
+  </si>
+  <si>
+    <t>Patumbak</t>
+  </si>
+  <si>
+    <t>Eva Lely Suryani Tarigan</t>
+  </si>
+  <si>
+    <t>HORAS MANULLANG</t>
+  </si>
+  <si>
+    <t>JELITA KRISTINA SIHOMBING</t>
+  </si>
+  <si>
+    <t>SITI SAHARA NASUTION</t>
+  </si>
+  <si>
+    <t>TETTI LAMSIHAR PANJAITAN</t>
+  </si>
+  <si>
+    <t>DESWITA MAHARANI</t>
+  </si>
+  <si>
+    <t>PAUD AR-RAHMAT</t>
+  </si>
+  <si>
+    <t>IIN SUMAINI</t>
+  </si>
+  <si>
+    <t>NA'IMAH</t>
+  </si>
+  <si>
+    <t>NUR HALIMAH BATUBARA</t>
+  </si>
+  <si>
+    <t>RIDWAN ARRASYID</t>
+  </si>
+  <si>
+    <t>SRI LUSYATI</t>
+  </si>
+  <si>
+    <t>TRI NINDA MALIKA</t>
+  </si>
+  <si>
+    <t>Yulitha Sary</t>
+  </si>
+  <si>
+    <t>ANNISA AFIFA, S.Pd</t>
+  </si>
+  <si>
+    <t>PAUD AR-RIYADHO</t>
+  </si>
+  <si>
+    <t>ARIADI, S.Ag</t>
+  </si>
+  <si>
+    <t>NURFADILA NASUTION</t>
+  </si>
+  <si>
+    <t>Dewi Melisa</t>
+  </si>
+  <si>
+    <t>PAUD AS SHOLEHA</t>
+  </si>
+  <si>
+    <t>RATNI PUTRI DEWI BR SITEPU</t>
+  </si>
+  <si>
+    <t>AFRIDAYANI LUBIS</t>
+  </si>
+  <si>
+    <t>PAUD AS SHOLIHIN</t>
+  </si>
+  <si>
+    <t>Ani Ernita</t>
+  </si>
+  <si>
+    <t>DEWI PUSPITA</t>
+  </si>
+  <si>
+    <t>DIAH WARISA</t>
+  </si>
+  <si>
+    <t>FITRIANI</t>
+  </si>
+  <si>
+    <t>KHALIZAH ASRI WINANDA</t>
+  </si>
+  <si>
+    <t>TASYA PENDA WINATA</t>
+  </si>
+  <si>
+    <t>CHAINURJANNAH RASYIDAH RAMBE, SH</t>
+  </si>
+  <si>
+    <t>PAUD AULIA KIDS SCHOOL</t>
+  </si>
+  <si>
+    <t>YULIANDA IKA LESTARI NASUTION</t>
+  </si>
+  <si>
+    <t>ANTHONIUS SURBAKTI,SE,M.Si</t>
+  </si>
+  <si>
+    <t>PAUD BHAKTI BANGSA</t>
   </si>
   <si>
     <t>Sunggal</t>
   </si>
   <si>
-    <t>BAYU ANDINI</t>
-[...29 lines deleted...]
-    <t>SITI NAZRAH ARIFIN NASUTION</t>
+    <t>YUNITA ANGGREINI GINTING</t>
+  </si>
+  <si>
+    <t>ELIS DAMAYA</t>
+  </si>
+  <si>
+    <t>PAUD BUNDA</t>
+  </si>
+  <si>
+    <t>Pantai Labu</t>
+  </si>
+  <si>
+    <t>SAIMAH</t>
+  </si>
+  <si>
+    <t>YUSRI ANDRIYANI</t>
+  </si>
+  <si>
+    <t>YUSRI FAUZIAH</t>
+  </si>
+  <si>
+    <t>EMMA AMANDA YANI PURBA</t>
+  </si>
+  <si>
+    <t>Sibiru-biru</t>
+  </si>
+  <si>
+    <t>Evi Kurnia Putwi</t>
+  </si>
+  <si>
+    <t>MONIKA BR PAKPAHAN</t>
+  </si>
+  <si>
+    <t>LUFTIA ALMANZA</t>
+  </si>
+  <si>
+    <t>PAUD BUSTANUL ATHFAL</t>
+  </si>
+  <si>
+    <t>MARLINA</t>
+  </si>
+  <si>
+    <t>RIDA AMAYANTI</t>
+  </si>
+  <si>
+    <t>UMI KALSUM</t>
+  </si>
+  <si>
+    <t>DAMERIA MANTA TARIGAN</t>
+  </si>
+  <si>
+    <t>PAUD CAHAYA IBU</t>
+  </si>
+  <si>
+    <t>SAMARIA SIPAYUNG, Amkg</t>
+  </si>
+  <si>
+    <t>SARIAN TARIGAN</t>
+  </si>
+  <si>
+    <t>AMANDA NATASYA EDRIANI</t>
+  </si>
+  <si>
+    <t>PAUD CAMAR</t>
+  </si>
+  <si>
+    <t>DINDA SUCI EDRIANI</t>
+  </si>
+  <si>
+    <t>ELVAYANI</t>
+  </si>
+  <si>
+    <t>FIKRI DERIYANSYAH</t>
+  </si>
+  <si>
+    <t>MHD.FEBRI ALDRIAN</t>
+  </si>
+  <si>
+    <t>IJEN JAYA</t>
   </si>
   <si>
     <t>Tenaga Honor Sekolah</t>
   </si>
   <si>
-    <t>SYAHRAN JAMIL BATU BARA</t>
-[...283 lines deleted...]
-  <si>
     <t>PAUD CEMPAKA</t>
   </si>
   <si>
     <t>NUR AINUN</t>
   </si>
   <si>
     <t>NURDIANA</t>
   </si>
   <si>
     <t>NURMILAH</t>
   </si>
   <si>
     <t>AMINI AZMY TANJUNG</t>
   </si>
   <si>
     <t>PAUD CENDANA IV</t>
   </si>
   <si>
     <t>ASNAWATI</t>
   </si>
   <si>
     <t>MAHARANI</t>
   </si>
   <si>
     <t>Salamiyah</t>
@@ -512,50 +506,53 @@
   <si>
     <t>PAUD Cerdas Ceria</t>
   </si>
   <si>
     <t>Tanjung Morawa</t>
   </si>
   <si>
     <t>BUSTAMI ADIANTO</t>
   </si>
   <si>
     <t>Dewi Hastuty Pohan</t>
   </si>
   <si>
     <t>EKA WIDI ASTUTI</t>
   </si>
   <si>
     <t>EMMA SUSANDRA DEWI</t>
   </si>
   <si>
     <t>HESTI ZAHARA</t>
   </si>
   <si>
     <t>RIZQI AMALIA</t>
   </si>
   <si>
+    <t>Sri Suyanti</t>
+  </si>
+  <si>
     <t>BOAS NATANAEL BANGUN</t>
   </si>
   <si>
     <t>PAUD CIDEC BOAS</t>
   </si>
   <si>
     <t>Delsy Siagian</t>
   </si>
   <si>
     <t>EUNICE PRISCILA BR BANGUN</t>
   </si>
   <si>
     <t>Terkelin Bangun</t>
   </si>
   <si>
     <t>AGUS SARIFUDIN</t>
   </si>
   <si>
     <t>PAUD CIKAL EMAS</t>
   </si>
   <si>
     <t>DEWI ANJANI</t>
   </si>
   <si>
     <t>Nike Erliyana</t>
@@ -584,101 +581,98 @@
   <si>
     <t>SITI AISYAH</t>
   </si>
   <si>
     <t>USWATUN HASANAH SE</t>
   </si>
   <si>
     <t>KRISTIN NATALIA</t>
   </si>
   <si>
     <t>PAUD DAHLIA</t>
   </si>
   <si>
     <t>LINDA MALEM KESUMA</t>
   </si>
   <si>
     <t>IDAYANA</t>
   </si>
   <si>
     <t>PAUD DARMA`S KID`S SCHOOL</t>
   </si>
   <si>
     <t>KHAIRUNNISAH NASUTION</t>
   </si>
   <si>
-    <t>SRY WAHYUNI NASUTION</t>
-[...2 lines deleted...]
-    <t>BENI RAPITA</t>
+    <t>MAHRANI DARMA</t>
+  </si>
+  <si>
+    <t>MUAYANAH</t>
   </si>
   <si>
     <t>PAUD DWIKA NANDA</t>
   </si>
   <si>
-    <t>MUAYANAH</t>
-[...1 lines deleted...]
-  <si>
     <t>SITI ADIA TASYA</t>
   </si>
   <si>
     <t>SITI AMINAH</t>
   </si>
   <si>
     <t>SITI JULAIHA</t>
   </si>
   <si>
     <t>SRI MUSTIKA DEWI</t>
   </si>
   <si>
     <t>CICI MEILANI</t>
   </si>
   <si>
     <t>PAUD FAJAR ISLAM NUSANTARA</t>
   </si>
   <si>
     <t>LILA SARTIKA</t>
   </si>
   <si>
+    <t>RIFDHA OKTAVIA</t>
+  </si>
+  <si>
     <t>SUDARWIS</t>
   </si>
   <si>
     <t>YURIKE PRATIWI</t>
   </si>
   <si>
     <t>AMSINI</t>
   </si>
   <si>
     <t>PAUD FIYAUMI</t>
   </si>
   <si>
     <t>FATIMAH</t>
   </si>
   <si>
-    <t>MAHDAYANI AMIN</t>
-[...1 lines deleted...]
-  <si>
     <t>SAIFUDDIN</t>
   </si>
   <si>
     <t>SIAMI</t>
   </si>
   <si>
     <t>SUCI SELVIA</t>
   </si>
   <si>
     <t>SYAPIYAH</t>
   </si>
   <si>
     <t>WINDA</t>
   </si>
   <si>
     <t>ZAIRINA AFRIZA, S.Pd.I</t>
   </si>
   <si>
     <t>LORENZA DEFI RUTH PURBA</t>
   </si>
   <si>
     <t>PAUD GLOBAL</t>
   </si>
   <si>
     <t>ASWAN</t>
@@ -719,123 +713,123 @@
   <si>
     <t>PAUD IMMANUEL KIDS-2</t>
   </si>
   <si>
     <t>ROSARIA</t>
   </si>
   <si>
     <t>ISTIQOMAH</t>
   </si>
   <si>
     <t>PAUD ISLAM AL - HIKMAH SUKARAYA</t>
   </si>
   <si>
     <t>NUR AZMI QOIMAH</t>
   </si>
   <si>
     <t>RIRI DIAN ISLAMI</t>
   </si>
   <si>
     <t>SITI HAMIDAH</t>
   </si>
   <si>
     <t>Tri Yutika Sari</t>
   </si>
   <si>
-    <t>ATIKA SARI</t>
+    <t>Ernawaty Ginting</t>
   </si>
   <si>
     <t>PAUD ISLAM TERPADU AZ-ZAHRA</t>
   </si>
   <si>
-    <t>Ernawaty Ginting</t>
-[...1 lines deleted...]
-  <si>
     <t>MELVIYANA SUNDARI</t>
   </si>
   <si>
     <t>RAUDHATUL HASANAH</t>
   </si>
   <si>
+    <t>Yunida Khairati</t>
+  </si>
+  <si>
     <t>BUDI UTAMA HENDRAWAN</t>
   </si>
   <si>
     <t>PAUD ISLAM TUNUT MULYA</t>
   </si>
   <si>
     <t>NURAINI</t>
   </si>
   <si>
-    <t>SUSANTI</t>
-[...1 lines deleted...]
-  <si>
     <t>DEFINA HANDAYANI</t>
   </si>
   <si>
     <t>PAUD IT DARUL AZHARIYUN</t>
   </si>
   <si>
+    <t>Khairun Nisa'</t>
+  </si>
+  <si>
+    <t>Tidak diisi</t>
+  </si>
+  <si>
     <t>MOHD FAHROZI</t>
   </si>
   <si>
     <t>PURNAMA SARI DONGORAN</t>
   </si>
   <si>
     <t>HELVI SUSANTI, S.Ag</t>
   </si>
   <si>
     <t>PAUD IT MUTIARA MARCELA</t>
   </si>
   <si>
-    <t>YULIA ANGGRAINI</t>
-[...1 lines deleted...]
-  <si>
     <t>AGUS RINANDA</t>
   </si>
   <si>
     <t>PAUD KARTIKA</t>
   </si>
   <si>
     <t>ANISA AGUSTIN</t>
   </si>
   <si>
     <t>LENI FITRIYA HANDAYANI</t>
   </si>
   <si>
     <t>SARAH UMAINAH MAWARDI</t>
   </si>
   <si>
     <t>ULFA IMRO'AH</t>
   </si>
   <si>
     <t>ELLY SANAGOR</t>
   </si>
   <si>
     <t>PAUD KARYA INSANI</t>
   </si>
   <si>
-    <t>FIRMA TARIGAN</t>
+    <t>FEBRYLA KHAIRANI BR BANGUN</t>
   </si>
   <si>
     <t>HENY MARLINAWATI BR BARUS</t>
   </si>
   <si>
     <t>OCTA FERDA RABINIATI TARIGAN</t>
   </si>
   <si>
     <t>RUBIANI</t>
   </si>
   <si>
     <t>DIKKI SAKSINA SURBAKTI</t>
   </si>
   <si>
     <t>PAUD KASIH IBU</t>
   </si>
   <si>
     <t>Ety Elvana</t>
   </si>
   <si>
     <t>ROSIANA BR SURBAKTI</t>
   </si>
   <si>
     <t>Hermina Situmorang</t>
   </si>
@@ -935,153 +929,159 @@
   <si>
     <t>SUYANTI</t>
   </si>
   <si>
     <t>DINA PARENSYAH</t>
   </si>
   <si>
     <t>PAUD MAWAR MERAH</t>
   </si>
   <si>
     <t>MARINI</t>
   </si>
   <si>
     <t>IRAYANI</t>
   </si>
   <si>
     <t>PAUD MELATI</t>
   </si>
   <si>
     <t>RESTA RIANA BR. BUKIT</t>
   </si>
   <si>
     <t>SUPIYANTO</t>
   </si>
   <si>
+    <t>ADE SAPUTRI SILITONGA</t>
+  </si>
+  <si>
     <t>EFRIDAWATI</t>
   </si>
   <si>
     <t>RESANA SIMANJUNTAK</t>
   </si>
   <si>
     <t>ROSMER DIANA</t>
   </si>
   <si>
     <t>TITI SARIH SIANIPAR</t>
   </si>
   <si>
     <t>WINDA CHRISTINA ARUAN</t>
   </si>
   <si>
-    <t>Halima Tusa'diah</t>
-[...1 lines deleted...]
-  <si>
     <t>Sri Wahyuni Siagian</t>
   </si>
   <si>
     <t>Surya Wahyu Ningsih</t>
   </si>
   <si>
     <t>WARISAH</t>
   </si>
   <si>
     <t>PAUD MENTARI PAGI</t>
   </si>
   <si>
+    <t>ANISA HIDAYAH</t>
+  </si>
+  <si>
+    <t>PAUD MISBAH INDAH AULIA</t>
+  </si>
+  <si>
+    <t>AULIA YOLANDA RITONGA</t>
+  </si>
+  <si>
     <t>FAHRI SANDYA YUDHA</t>
   </si>
   <si>
     <t>PAUD NAKULA SADEWA</t>
   </si>
   <si>
     <t>MUHAMMAD ALIF SETIAWAN</t>
   </si>
   <si>
     <t>Riza Umaini</t>
   </si>
   <si>
     <t>WIDIYA ANGGRIANI</t>
   </si>
   <si>
     <t>Eka Natalia Br. Purba</t>
   </si>
   <si>
     <t>PAUD NARWASTU</t>
   </si>
   <si>
-    <t>Bustami, S.Ag</t>
+    <t>Efnida</t>
   </si>
   <si>
     <t>PAUD NIDAUL INSAN</t>
   </si>
   <si>
-    <t>Efnida</t>
-[...1 lines deleted...]
-  <si>
     <t>MUHAMMAD IQBAL</t>
   </si>
   <si>
+    <t>SAIDAH ULYA</t>
+  </si>
+  <si>
     <t>Salamah</t>
   </si>
   <si>
     <t>ILYAS RASYID HARAHAP</t>
   </si>
   <si>
     <t>PAUD NUR RIZKY</t>
   </si>
   <si>
     <t>INDAH IRIAN</t>
   </si>
   <si>
     <t>MARIANA</t>
   </si>
   <si>
     <t>MUHAMMAD FADLY HARAHAP</t>
   </si>
   <si>
     <t>MAYA AFRILIA BARUS</t>
   </si>
   <si>
     <t>PAUD PELANGI</t>
   </si>
   <si>
     <t>SITI AMINAH NST</t>
   </si>
   <si>
-    <t>SITI HAMIDAH BR GINTING</t>
-[...1 lines deleted...]
-  <si>
     <t>DEBY CINTIYAEVALI</t>
   </si>
   <si>
     <t>PAUD PELANGI PEMERINTAH DESA BANGUN PURBA</t>
   </si>
   <si>
     <t>EVA YUDISTIRA</t>
   </si>
   <si>
-    <t>SEVI NAVRATI LOVA</t>
+    <t>SYAFRIDAH</t>
   </si>
   <si>
     <t>FADLINA LUBIS</t>
   </si>
   <si>
     <t>PAUD PEMERINTAH DESA SEKIP JAYA</t>
   </si>
   <si>
     <t>NUR AIDA</t>
   </si>
   <si>
     <t>PURNINGSIH</t>
   </si>
   <si>
     <t>SITI SAIBAH</t>
   </si>
   <si>
     <t>SITI ZAHARA</t>
   </si>
   <si>
     <t>NUR HASDAH</t>
   </si>
   <si>
     <t>PAUD PERMATA HATI</t>
   </si>
@@ -1103,155 +1103,161 @@
   <si>
     <t>HALIMATUSSAKDIAH</t>
   </si>
   <si>
     <t>AMRULSYAH TRI NUGROHO</t>
   </si>
   <si>
     <t>PAUD RANIA AL ATHFAL</t>
   </si>
   <si>
     <t>Hamparan Perak</t>
   </si>
   <si>
     <t>DIRA YANI</t>
   </si>
   <si>
     <t>ELFI ASMITA BANNA S.Ag</t>
   </si>
   <si>
     <t>PAINI</t>
   </si>
   <si>
     <t>RAHMA ISYA</t>
   </si>
   <si>
-    <t>SRI JARIAH</t>
-[...1 lines deleted...]
-  <si>
     <t>CHRISTIAN NAINGGOLAN</t>
   </si>
   <si>
     <t>PAUD RECOVERY</t>
   </si>
   <si>
     <t>IVANA LISA NAINGGOLAN</t>
   </si>
   <si>
     <t>MARIHOT NAINGGOLAN</t>
   </si>
   <si>
     <t>ADE YULANDA</t>
   </si>
   <si>
     <t>PAUD SAPTA KURNIA</t>
   </si>
   <si>
+    <t>CITRA PRAMUDITA</t>
+  </si>
+  <si>
     <t>ISMAYANTI</t>
   </si>
   <si>
     <t>SAPTAJI</t>
   </si>
   <si>
     <t>SRI KURNIA IDAWATI</t>
   </si>
   <si>
+    <t>SRI RAHAYU</t>
+  </si>
+  <si>
     <t>ani suliani</t>
   </si>
   <si>
     <t>PAUD SEJAHTERA</t>
   </si>
   <si>
     <t>Asbinur erde Tambun</t>
   </si>
   <si>
     <t>DANNY SUARLANDO SITORUS</t>
   </si>
   <si>
     <t>IWAL PRABUDI</t>
   </si>
   <si>
     <t>MISRANITA SIREGAR</t>
   </si>
   <si>
     <t>YENNI YULIZA LUBIS</t>
   </si>
   <si>
     <t>FARIZ RAMADHAN</t>
   </si>
   <si>
     <t>PAUD SERDANG ANGKASA INSANI (SERANGKAI)</t>
   </si>
   <si>
-    <t>HALIMATUN SAKDIAH</t>
-[...1 lines deleted...]
-  <si>
     <t>Jamilah, SH</t>
   </si>
   <si>
     <t>SEKAR PUTRI ANYELIR</t>
   </si>
   <si>
     <t>SITI MAULYDYA</t>
   </si>
   <si>
     <t>Humairah</t>
   </si>
   <si>
     <t>PAUD SIALANG MUDA MANDIRI</t>
   </si>
   <si>
     <t>NUR'AINI UMMI</t>
   </si>
   <si>
     <t>RAISAH FAHIRAH</t>
   </si>
   <si>
     <t>RAYA NUR AQIQAH</t>
   </si>
   <si>
     <t>Yati Rosalia</t>
   </si>
   <si>
     <t>AYU HENNY TRISNAWATI</t>
   </si>
   <si>
     <t>PAUD SWASTA KINGSTON SCHOOL</t>
   </si>
   <si>
     <t>CRISTINE PAULINE DWINATA</t>
   </si>
   <si>
     <t>DESLY MULIADI</t>
   </si>
   <si>
     <t>ELSA GRACE BUTAR-BUTAR</t>
   </si>
   <si>
+    <t>JENNY JINGGA</t>
+  </si>
+  <si>
     <t>Megawati Indah S</t>
   </si>
   <si>
+    <t>Natalia Fransiska Ginting</t>
+  </si>
+  <si>
     <t>PRISSILA AGUSDTINE</t>
   </si>
   <si>
     <t>RUTH RAIN JESICA HELENA PAULINE SARAGIH</t>
   </si>
   <si>
     <t>TIFFANY YESSIKA HASUGIAN</t>
   </si>
   <si>
     <t>VIVI SUMANTY</t>
   </si>
   <si>
     <t>HJ.RUSLAINA</t>
   </si>
   <si>
     <t>PAUD SYAUQIA MUSFIRA KID</t>
   </si>
   <si>
     <t>MAHYANA</t>
   </si>
   <si>
     <t>MAR'ATUS SHOLEKHAH</t>
   </si>
   <si>
     <t>NUR ARIYANI AMINAH</t>
@@ -1364,648 +1370,72 @@
   <si>
     <t>CANI ATRY HOSIAN SITUMORANG</t>
   </si>
   <si>
     <t>PAUD YEDIJA</t>
   </si>
   <si>
     <t>IKA PURNAMASARI</t>
   </si>
   <si>
     <t>Marawani Ziliwu</t>
   </si>
   <si>
     <t>PEBRIANA BR TARIGAN</t>
   </si>
   <si>
     <t>Desi Ratna Sari</t>
   </si>
   <si>
     <t>PAUD YUNA CERIA</t>
   </si>
   <si>
     <t>Latipah Hanum Hutasuhut</t>
   </si>
   <si>
-    <t>ADE SURI SATRIANI</t>
-[...59 lines deleted...]
-    <t>UPT SPF TK NEGERI NAMORAMBE</t>
+    <t>JULIANA TARIGAN</t>
+  </si>
+  <si>
+    <t>PENDIDIKAN ANAK USIA DINI TK GETSMANE RAMPAH</t>
   </si>
   <si>
     <t>Namo Rambe</t>
   </si>
   <si>
-    <t>HENI RUSMAWATI</t>
-[...530 lines deleted...]
-    <t>YENDRI EFITA</t>
+    <t>MARANDA BAHAGIA PERANGIN ANGIN</t>
+  </si>
+  <si>
+    <t>FAUZIA ANUM NASUTION</t>
+  </si>
+  <si>
+    <t>PENDIDIKAN ANAK USIA DINI TK ISLAM HARAPAN ISLAMI</t>
+  </si>
+  <si>
+    <t>SAPARIDA</t>
+  </si>
+  <si>
+    <t>UMMUL KHAIR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2315,51 +1745,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G508"/>
+  <dimension ref="A1:G339"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G1" sqref="G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.1411" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.4233" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.7056" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.4233" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.4233" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.4233" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.4233" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
@@ -2395,11669 +1825,7782 @@
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>18</v>
-      </c>
-[...13 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="C8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
         <v>10</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>10</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>8</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>10</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
       </c>
-      <c r="C14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" t="s">
         <v>10</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C16" t="s">
         <v>8</v>
       </c>
       <c r="D16" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" t="s">
         <v>29</v>
       </c>
-      <c r="E16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C17" t="s">
         <v>8</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>10</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G17" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>10</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C19" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
         <v>10</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" t="s">
         <v>42</v>
       </c>
-      <c r="C20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" t="s">
         <v>10</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
         <v>10</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E22" t="s">
         <v>10</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" t="s">
         <v>8</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E23" t="s">
         <v>10</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>47</v>
       </c>
       <c r="C24" t="s">
         <v>8</v>
       </c>
       <c r="D24" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>10</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>50</v>
+      </c>
+      <c r="C25" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" t="s">
         <v>48</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" t="s">
         <v>10</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G25" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>51</v>
+      </c>
+      <c r="C26" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" t="s">
+        <v>48</v>
+      </c>
+      <c r="E26" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C27" t="s">
         <v>8</v>
       </c>
       <c r="D27" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>10</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>55</v>
+      </c>
+      <c r="C28" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
         <v>54</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C29" t="s">
         <v>8</v>
       </c>
       <c r="D29" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>10</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C30" t="s">
         <v>8</v>
       </c>
       <c r="D30" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>10</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G30" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>58</v>
+      </c>
+      <c r="C31" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" t="s">
         <v>59</v>
       </c>
-      <c r="C31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" t="s">
         <v>10</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G31" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>60</v>
       </c>
       <c r="C32" t="s">
         <v>8</v>
       </c>
       <c r="D32" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E32" t="s">
         <v>10</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G32" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>61</v>
       </c>
       <c r="C33" t="s">
         <v>8</v>
       </c>
       <c r="D33" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E33" t="s">
         <v>10</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C34" t="s">
         <v>8</v>
       </c>
       <c r="D34" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E34" t="s">
         <v>10</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>63</v>
+      </c>
+      <c r="C35" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" t="s">
         <v>64</v>
       </c>
-      <c r="C35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" t="s">
         <v>10</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>65</v>
       </c>
       <c r="C36" t="s">
         <v>8</v>
       </c>
       <c r="D36" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E36" t="s">
         <v>10</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G36" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>66</v>
       </c>
       <c r="C37" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D37" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="E37" t="s">
         <v>10</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C38" t="s">
         <v>8</v>
       </c>
       <c r="D38" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="E38" t="s">
         <v>10</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>68</v>
+      </c>
+      <c r="C39" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" t="s">
         <v>69</v>
       </c>
-      <c r="C39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" t="s">
         <v>10</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G39" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>71</v>
+      </c>
+      <c r="C40" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" t="s">
+        <v>69</v>
+      </c>
+      <c r="E40" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C41" t="s">
         <v>8</v>
       </c>
       <c r="D41" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E41" t="s">
         <v>10</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C42" t="s">
         <v>8</v>
       </c>
       <c r="D42" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E42" t="s">
         <v>10</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G42" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C43" t="s">
         <v>8</v>
       </c>
       <c r="D43" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E43" t="s">
         <v>10</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C44" t="s">
         <v>8</v>
       </c>
       <c r="D44" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E44" t="s">
         <v>10</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G44" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>81</v>
+      </c>
+      <c r="C45" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" t="s">
         <v>79</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="E45" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C46" t="s">
         <v>8</v>
       </c>
       <c r="D46" t="s">
+        <v>79</v>
+      </c>
+      <c r="E46" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" t="s">
+        <v>29</v>
+      </c>
+      <c r="G46" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C47" t="s">
         <v>8</v>
       </c>
       <c r="D47" t="s">
+        <v>79</v>
+      </c>
+      <c r="E47" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C48" t="s">
         <v>8</v>
       </c>
       <c r="D48" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="E48" t="s">
         <v>10</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C49" t="s">
         <v>8</v>
       </c>
       <c r="D49" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="E49" t="s">
         <v>10</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G49" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>86</v>
+      </c>
+      <c r="C50" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" t="s">
         <v>87</v>
       </c>
-      <c r="C50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" t="s">
         <v>10</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>88</v>
       </c>
       <c r="C51" t="s">
         <v>8</v>
       </c>
       <c r="D51" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E51" t="s">
         <v>10</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>89</v>
       </c>
       <c r="C52" t="s">
         <v>8</v>
       </c>
       <c r="D52" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E52" t="s">
         <v>10</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>90</v>
       </c>
       <c r="C53" t="s">
         <v>8</v>
       </c>
       <c r="D53" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E53" t="s">
         <v>10</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>91</v>
       </c>
       <c r="C54" t="s">
         <v>8</v>
       </c>
       <c r="D54" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E54" t="s">
         <v>10</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G54" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C55" t="s">
         <v>8</v>
       </c>
       <c r="D55" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E55" t="s">
         <v>10</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C56" t="s">
         <v>8</v>
       </c>
       <c r="D56" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E56" t="s">
         <v>10</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C57" t="s">
         <v>8</v>
       </c>
       <c r="D57" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E57" t="s">
         <v>10</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G57" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>95</v>
+      </c>
+      <c r="C58" t="s">
+        <v>41</v>
+      </c>
+      <c r="D58" t="s">
         <v>96</v>
       </c>
-      <c r="C58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" t="s">
         <v>10</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>97</v>
       </c>
       <c r="C59" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D59" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E59" t="s">
         <v>10</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G59" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>98</v>
       </c>
       <c r="C60" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D60" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E60" t="s">
         <v>10</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>99</v>
       </c>
       <c r="C61" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D61" t="s">
         <v>100</v>
       </c>
       <c r="E61" t="s">
         <v>10</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>101</v>
       </c>
       <c r="C62" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D62" t="s">
         <v>100</v>
       </c>
       <c r="E62" t="s">
         <v>10</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G62" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>102</v>
       </c>
       <c r="C63" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D63" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E63" t="s">
         <v>10</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>104</v>
+      </c>
+      <c r="C64" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" t="s">
         <v>103</v>
       </c>
-      <c r="C64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" t="s">
         <v>10</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>105</v>
       </c>
       <c r="C65" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D65" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E65" t="s">
         <v>10</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>106</v>
       </c>
       <c r="C66" t="s">
         <v>8</v>
       </c>
       <c r="D66" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E66" t="s">
         <v>10</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G66" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C67" t="s">
         <v>8</v>
       </c>
       <c r="D67" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E67" t="s">
         <v>10</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C68" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D68" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E68" t="s">
         <v>10</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C69" t="s">
         <v>8</v>
       </c>
       <c r="D69" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E69" t="s">
         <v>10</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>110</v>
+      </c>
+      <c r="C70" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" t="s">
         <v>111</v>
       </c>
-      <c r="C70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" t="s">
         <v>10</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>112</v>
       </c>
       <c r="C71" t="s">
         <v>8</v>
       </c>
       <c r="D71" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E71" t="s">
         <v>10</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>113</v>
       </c>
       <c r="C72" t="s">
         <v>8</v>
       </c>
       <c r="D72" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E72" t="s">
         <v>10</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G72" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>116</v>
+      </c>
+      <c r="C73" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" t="s">
         <v>114</v>
       </c>
-      <c r="C73" t="s">
-[...2 lines deleted...]
-      <c r="D73" t="s">
+      <c r="E73" t="s">
+        <v>10</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C74" t="s">
         <v>8</v>
       </c>
       <c r="D74" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E74" t="s">
         <v>10</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>41</v>
+        <v>119</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C75" t="s">
         <v>8</v>
       </c>
       <c r="D75" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E75" t="s">
         <v>10</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
-        <v>41</v>
+        <v>119</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>121</v>
+      </c>
+      <c r="C76" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" t="s">
         <v>118</v>
       </c>
-      <c r="C76" t="s">
-[...2 lines deleted...]
-      <c r="D76" t="s">
+      <c r="E76" t="s">
+        <v>10</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C77" t="s">
         <v>8</v>
       </c>
       <c r="D77" t="s">
+        <v>118</v>
+      </c>
+      <c r="E77" t="s">
+        <v>10</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C78" t="s">
         <v>8</v>
       </c>
       <c r="D78" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E78" t="s">
         <v>10</v>
       </c>
       <c r="F78" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G78" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>125</v>
+      </c>
+      <c r="C79" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" t="s">
+        <v>118</v>
+      </c>
+      <c r="E79" t="s">
+        <v>10</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
         <v>124</v>
-      </c>
-[...13 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C80" t="s">
         <v>8</v>
       </c>
       <c r="D80" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="E80" t="s">
         <v>10</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C81" t="s">
         <v>8</v>
       </c>
       <c r="D81" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E81" t="s">
         <v>10</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C82" t="s">
         <v>8</v>
       </c>
       <c r="D82" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E82" t="s">
         <v>10</v>
       </c>
       <c r="F82" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C83" t="s">
         <v>8</v>
       </c>
       <c r="D83" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E83" t="s">
         <v>10</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C84" t="s">
         <v>8</v>
       </c>
       <c r="D84" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E84" t="s">
         <v>10</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C85" t="s">
         <v>8</v>
       </c>
       <c r="D85" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E85" t="s">
         <v>10</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>134</v>
+      </c>
+      <c r="C86" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" t="s">
         <v>133</v>
       </c>
-      <c r="C86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" t="s">
         <v>10</v>
       </c>
       <c r="F86" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G86" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C87" t="s">
         <v>8</v>
       </c>
       <c r="D87" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E87" t="s">
         <v>10</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C88" t="s">
         <v>8</v>
       </c>
       <c r="D88" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E88" t="s">
         <v>10</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>138</v>
+      </c>
+      <c r="C89" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" t="s">
         <v>137</v>
       </c>
-      <c r="C89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" t="s">
         <v>10</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C90" t="s">
         <v>8</v>
       </c>
       <c r="D90" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E90" t="s">
         <v>10</v>
       </c>
       <c r="F90" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G90" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C91" t="s">
         <v>8</v>
       </c>
       <c r="D91" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E91" t="s">
         <v>10</v>
       </c>
       <c r="F91" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G91" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>141</v>
       </c>
       <c r="C92" t="s">
         <v>8</v>
       </c>
       <c r="D92" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E92" t="s">
         <v>10</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>142</v>
       </c>
       <c r="C93" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D93" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E93" t="s">
         <v>10</v>
       </c>
       <c r="F93" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G93" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C94" t="s">
         <v>8</v>
       </c>
       <c r="D94" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E94" t="s">
         <v>10</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>146</v>
+      </c>
+      <c r="C95" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" t="s">
         <v>144</v>
       </c>
-      <c r="C95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" t="s">
         <v>10</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C96" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D96" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E96" t="s">
         <v>10</v>
       </c>
       <c r="F96" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G96" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C97" t="s">
         <v>8</v>
       </c>
       <c r="D97" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E97" t="s">
         <v>10</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C98" t="s">
         <v>8</v>
       </c>
       <c r="D98" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E98" t="s">
         <v>10</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>151</v>
+      </c>
+      <c r="C99" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" t="s">
         <v>149</v>
       </c>
-      <c r="C99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E99" t="s">
         <v>10</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C100" t="s">
         <v>8</v>
       </c>
       <c r="D100" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E100" t="s">
         <v>10</v>
       </c>
       <c r="F100" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G100" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C101" t="s">
         <v>8</v>
       </c>
       <c r="D101" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E101" t="s">
         <v>10</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C102" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D102" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E102" t="s">
         <v>10</v>
       </c>
       <c r="F102" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G102" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C103" t="s">
         <v>8</v>
       </c>
       <c r="D103" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E103" t="s">
         <v>10</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C104" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D104" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E104" t="s">
         <v>10</v>
       </c>
       <c r="F104" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G104" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>159</v>
+      </c>
+      <c r="C105" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" t="s">
         <v>156</v>
       </c>
-      <c r="C105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E105" t="s">
         <v>10</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>160</v>
+      </c>
+      <c r="C106" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" t="s">
+        <v>156</v>
+      </c>
+      <c r="E106" t="s">
+        <v>10</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C107" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D107" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E107" t="s">
         <v>10</v>
       </c>
       <c r="F107" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G107" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C108" t="s">
         <v>8</v>
       </c>
       <c r="D108" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E108" t="s">
         <v>10</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C109" t="s">
         <v>8</v>
       </c>
       <c r="D109" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E109" t="s">
         <v>10</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C110" t="s">
         <v>8</v>
       </c>
       <c r="D110" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E110" t="s">
         <v>10</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C111" t="s">
         <v>8</v>
       </c>
       <c r="D111" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="E111" t="s">
         <v>10</v>
       </c>
       <c r="F111" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G111" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C112" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D112" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="E112" t="s">
         <v>10</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
+        <v>168</v>
+      </c>
+      <c r="C113" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" t="s">
         <v>166</v>
       </c>
-      <c r="C113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E113" t="s">
         <v>10</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C114" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
       <c r="D114" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E114" t="s">
         <v>10</v>
       </c>
       <c r="F114" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G114" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C115" t="s">
         <v>8</v>
       </c>
       <c r="D115" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E115" t="s">
         <v>10</v>
       </c>
       <c r="F115" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G115" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C116" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D116" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E116" t="s">
         <v>10</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
+        <v>173</v>
+      </c>
+      <c r="C117" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" t="s">
         <v>171</v>
       </c>
-      <c r="C117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E117" t="s">
         <v>10</v>
       </c>
       <c r="F117" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G117" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C118" t="s">
         <v>8</v>
       </c>
       <c r="D118" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E118" t="s">
         <v>10</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C119" t="s">
         <v>8</v>
       </c>
       <c r="D119" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E119" t="s">
         <v>10</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C120" t="s">
         <v>8</v>
       </c>
       <c r="D120" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="E120" t="s">
         <v>10</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C121" t="s">
         <v>8</v>
       </c>
       <c r="D121" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="E121" t="s">
         <v>10</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
+        <v>180</v>
+      </c>
+      <c r="C122" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" t="s">
         <v>177</v>
       </c>
-      <c r="C122" t="s">
-[...2 lines deleted...]
-      <c r="D122" t="s">
+      <c r="E122" t="s">
+        <v>10</v>
+      </c>
+      <c r="F122" t="s">
+        <v>14</v>
+      </c>
+      <c r="G122" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C123" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D123" t="s">
+        <v>177</v>
+      </c>
+      <c r="E123" t="s">
+        <v>10</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C124" t="s">
         <v>8</v>
       </c>
       <c r="D124" t="s">
+        <v>177</v>
+      </c>
+      <c r="E124" t="s">
+        <v>10</v>
+      </c>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C125" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D125" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E125" t="s">
         <v>10</v>
       </c>
       <c r="F125" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G125" t="s">
-        <v>179</v>
+        <v>124</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C126" t="s">
         <v>8</v>
       </c>
       <c r="D126" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E126" t="s">
         <v>10</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>179</v>
+        <v>124</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C127" t="s">
         <v>8</v>
       </c>
       <c r="D127" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E127" t="s">
         <v>10</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>128</v>
+        <v>38</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C128" t="s">
         <v>8</v>
       </c>
       <c r="D128" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E128" t="s">
         <v>10</v>
       </c>
       <c r="F128" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G128" t="s">
-        <v>128</v>
+        <v>38</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
+        <v>189</v>
+      </c>
+      <c r="C129" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" t="s">
         <v>187</v>
       </c>
-      <c r="C129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E129" t="s">
         <v>10</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C130" t="s">
         <v>8</v>
       </c>
       <c r="D130" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E130" t="s">
         <v>10</v>
       </c>
       <c r="F130" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G130" t="s">
-        <v>41</v>
+        <v>119</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C131" t="s">
         <v>8</v>
       </c>
       <c r="D131" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E131" t="s">
         <v>10</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>41</v>
+        <v>119</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>193</v>
+      </c>
+      <c r="C132" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" t="s">
         <v>191</v>
       </c>
-      <c r="C132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E132" t="s">
         <v>10</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C133" t="s">
         <v>8</v>
       </c>
       <c r="D133" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="E133" t="s">
         <v>10</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C134" t="s">
         <v>8</v>
       </c>
       <c r="D134" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="E134" t="s">
         <v>10</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C135" t="s">
         <v>8</v>
       </c>
       <c r="D135" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E135" t="s">
         <v>10</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C136" t="s">
         <v>8</v>
       </c>
       <c r="D136" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E136" t="s">
         <v>10</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
+        <v>199</v>
+      </c>
+      <c r="C137" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" t="s">
         <v>197</v>
       </c>
-      <c r="C137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E137" t="s">
         <v>10</v>
       </c>
       <c r="F137" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G137" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C138" t="s">
         <v>8</v>
       </c>
       <c r="D138" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E138" t="s">
         <v>10</v>
       </c>
       <c r="F138" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G138" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C139" t="s">
         <v>8</v>
       </c>
       <c r="D139" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E139" t="s">
         <v>10</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C140" t="s">
         <v>8</v>
       </c>
       <c r="D140" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E140" t="s">
         <v>10</v>
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C141" t="s">
         <v>8</v>
       </c>
       <c r="D141" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E141" t="s">
         <v>10</v>
       </c>
       <c r="F141" t="s">
         <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
+        <v>205</v>
+      </c>
+      <c r="C142" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" t="s">
         <v>203</v>
       </c>
-      <c r="C142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E142" t="s">
         <v>10</v>
       </c>
       <c r="F142" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G142" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C143" t="s">
         <v>8</v>
       </c>
       <c r="D143" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E143" t="s">
         <v>10</v>
       </c>
       <c r="F143" t="s">
         <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C144" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D144" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E144" t="s">
         <v>10</v>
       </c>
       <c r="F144" t="s">
         <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C145" t="s">
         <v>8</v>
       </c>
       <c r="D145" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E145" t="s">
         <v>10</v>
       </c>
       <c r="F145" t="s">
         <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C146" t="s">
         <v>8</v>
       </c>
       <c r="D146" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E146" t="s">
         <v>10</v>
       </c>
       <c r="F146" t="s">
         <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C147" t="s">
         <v>8</v>
       </c>
       <c r="D147" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E147" t="s">
         <v>10</v>
       </c>
       <c r="F147" t="s">
         <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C148" t="s">
         <v>8</v>
       </c>
       <c r="D148" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="E148" t="s">
         <v>10</v>
       </c>
       <c r="F148" t="s">
         <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>41</v>
+        <v>115</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C149" t="s">
         <v>8</v>
       </c>
       <c r="D149" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G149" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C150" t="s">
         <v>8</v>
       </c>
       <c r="D150" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="E150" t="s">
         <v>10</v>
       </c>
       <c r="F150" t="s">
         <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C151" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D151" t="s">
         <v>214</v>
       </c>
       <c r="E151" t="s">
         <v>10</v>
       </c>
       <c r="F151" t="s">
         <v>11</v>
       </c>
       <c r="G151" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C152" t="s">
         <v>8</v>
       </c>
       <c r="D152" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E152" t="s">
         <v>10</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C153" t="s">
         <v>8</v>
       </c>
       <c r="D153" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E153" t="s">
         <v>10</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C154" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D154" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="E154" t="s">
         <v>10</v>
       </c>
       <c r="F154" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G154" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C155" t="s">
         <v>8</v>
       </c>
       <c r="D155" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="E155" t="s">
         <v>10</v>
       </c>
       <c r="F155" t="s">
         <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
+        <v>222</v>
+      </c>
+      <c r="C156" t="s">
+        <v>41</v>
+      </c>
+      <c r="D156" t="s">
         <v>220</v>
       </c>
-      <c r="C156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E156" t="s">
         <v>10</v>
       </c>
       <c r="F156" t="s">
         <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C157" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D157" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E157" t="s">
         <v>10</v>
       </c>
       <c r="F157" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G157" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C158" t="s">
         <v>8</v>
       </c>
       <c r="D158" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E158" t="s">
         <v>10</v>
       </c>
       <c r="F158" t="s">
         <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C159" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D159" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E159" t="s">
         <v>10</v>
       </c>
       <c r="F159" t="s">
         <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C160" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D160" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="E160" t="s">
         <v>10</v>
       </c>
       <c r="F160" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G160" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C161" t="s">
         <v>8</v>
       </c>
       <c r="D161" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E161" t="s">
         <v>10</v>
       </c>
       <c r="F161" t="s">
         <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>179</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
+        <v>230</v>
+      </c>
+      <c r="C162" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" t="s">
         <v>228</v>
       </c>
-      <c r="C162" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E162" t="s">
         <v>10</v>
       </c>
       <c r="F162" t="s">
         <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>179</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C163" t="s">
         <v>8</v>
       </c>
       <c r="D163" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E163" t="s">
         <v>10</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C164" t="s">
         <v>8</v>
       </c>
       <c r="D164" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E164" t="s">
         <v>10</v>
       </c>
       <c r="F164" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G164" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C165" t="s">
         <v>8</v>
       </c>
       <c r="D165" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E165" t="s">
         <v>10</v>
       </c>
       <c r="F165" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G165" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C166" t="s">
         <v>8</v>
       </c>
       <c r="D166" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E166" t="s">
         <v>10</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
+        <v>236</v>
+      </c>
+      <c r="C167" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" t="s">
         <v>234</v>
       </c>
-      <c r="C167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E167" t="s">
         <v>10</v>
       </c>
       <c r="F167" t="s">
         <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C168" t="s">
         <v>8</v>
       </c>
       <c r="D168" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="E168" t="s">
         <v>10</v>
       </c>
       <c r="F168" t="s">
         <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C169" t="s">
         <v>8</v>
       </c>
       <c r="D169" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E169" t="s">
         <v>10</v>
       </c>
       <c r="F169" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G169" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C170" t="s">
         <v>8</v>
       </c>
       <c r="D170" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E170" t="s">
         <v>10</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C171" t="s">
         <v>8</v>
       </c>
       <c r="D171" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="E171" t="s">
         <v>10</v>
       </c>
       <c r="F171" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G171" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C172" t="s">
         <v>8</v>
       </c>
       <c r="D172" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E172" t="s">
         <v>10</v>
       </c>
       <c r="F172" t="s">
-        <v>11</v>
+        <v>244</v>
       </c>
       <c r="G172" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
+        <v>245</v>
+      </c>
+      <c r="C173" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" t="s">
         <v>242</v>
       </c>
-      <c r="C173" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E173" t="s">
         <v>10</v>
       </c>
       <c r="F173" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G173" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C174" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D174" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E174" t="s">
         <v>10</v>
       </c>
       <c r="F174" t="s">
         <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C175" t="s">
         <v>8</v>
       </c>
       <c r="D175" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="E175" t="s">
         <v>10</v>
       </c>
       <c r="F175" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G175" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C176" t="s">
         <v>8</v>
       </c>
       <c r="D176" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E176" t="s">
         <v>10</v>
       </c>
       <c r="F176" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G176" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C177" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D177" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E177" t="s">
         <v>10</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C178" t="s">
         <v>8</v>
       </c>
       <c r="D178" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E178" t="s">
         <v>10</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
+        <v>253</v>
+      </c>
+      <c r="C179" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" t="s">
         <v>250</v>
       </c>
-      <c r="C179" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E179" t="s">
         <v>10</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C180" t="s">
         <v>8</v>
       </c>
       <c r="D180" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E180" t="s">
         <v>10</v>
       </c>
       <c r="F180" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G180" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C181" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D181" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E181" t="s">
         <v>10</v>
       </c>
       <c r="F181" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G181" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C182" t="s">
         <v>8</v>
       </c>
       <c r="D182" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E182" t="s">
         <v>10</v>
       </c>
       <c r="F182" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G182" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C183" t="s">
         <v>8</v>
       </c>
       <c r="D183" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E183" t="s">
         <v>10</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
+        <v>259</v>
+      </c>
+      <c r="C184" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" t="s">
         <v>256</v>
       </c>
-      <c r="C184" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E184" t="s">
         <v>10</v>
       </c>
       <c r="F184" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G184" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C185" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D185" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="E185" t="s">
         <v>10</v>
       </c>
       <c r="F185" t="s">
         <v>11</v>
       </c>
       <c r="G185" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C186" t="s">
         <v>8</v>
       </c>
       <c r="D186" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E186" t="s">
         <v>10</v>
       </c>
       <c r="F186" t="s">
         <v>11</v>
       </c>
       <c r="G186" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C187" t="s">
         <v>8</v>
       </c>
       <c r="D187" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E187" t="s">
         <v>10</v>
       </c>
       <c r="F187" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G187" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C188" t="s">
         <v>8</v>
       </c>
       <c r="D188" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E188" t="s">
         <v>10</v>
       </c>
       <c r="F188" t="s">
         <v>11</v>
       </c>
       <c r="G188" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C189" t="s">
         <v>8</v>
       </c>
       <c r="D189" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="E189" t="s">
         <v>10</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
-        <v>179</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C190" t="s">
         <v>8</v>
       </c>
       <c r="D190" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="E190" t="s">
         <v>10</v>
       </c>
       <c r="F190" t="s">
         <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C191" t="s">
         <v>8</v>
       </c>
       <c r="D191" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="E191" t="s">
         <v>10</v>
       </c>
       <c r="F191" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G191" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
+        <v>269</v>
+      </c>
+      <c r="C192" t="s">
+        <v>8</v>
+      </c>
+      <c r="D192" t="s">
         <v>266</v>
       </c>
-      <c r="C192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E192" t="s">
         <v>10</v>
       </c>
       <c r="F192" t="s">
         <v>11</v>
       </c>
       <c r="G192" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C193" t="s">
         <v>8</v>
       </c>
       <c r="D193" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E193" t="s">
         <v>10</v>
       </c>
       <c r="F193" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G193" t="s">
-        <v>30</v>
+        <v>178</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C194" t="s">
         <v>8</v>
       </c>
       <c r="D194" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E194" t="s">
         <v>10</v>
       </c>
       <c r="F194" t="s">
         <v>11</v>
       </c>
       <c r="G194" t="s">
-        <v>30</v>
+        <v>178</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C195" t="s">
         <v>8</v>
       </c>
       <c r="D195" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E195" t="s">
         <v>10</v>
       </c>
       <c r="F195" t="s">
         <v>11</v>
       </c>
       <c r="G195" t="s">
-        <v>30</v>
+        <v>178</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
+        <v>274</v>
+      </c>
+      <c r="C196" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" t="s">
         <v>271</v>
       </c>
-      <c r="C196" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E196" t="s">
         <v>10</v>
       </c>
       <c r="F196" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G196" t="s">
-        <v>30</v>
+        <v>178</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C197" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D197" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E197" t="s">
         <v>10</v>
       </c>
       <c r="F197" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G197" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C198" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D198" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E198" t="s">
         <v>10</v>
       </c>
       <c r="F198" t="s">
         <v>11</v>
       </c>
       <c r="G198" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C199" t="s">
         <v>8</v>
       </c>
       <c r="D199" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E199" t="s">
         <v>10</v>
       </c>
       <c r="F199" t="s">
         <v>11</v>
       </c>
       <c r="G199" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
+        <v>279</v>
+      </c>
+      <c r="C200" t="s">
+        <v>8</v>
+      </c>
+      <c r="D200" t="s">
         <v>276</v>
       </c>
-      <c r="C200" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E200" t="s">
         <v>10</v>
       </c>
       <c r="F200" t="s">
         <v>11</v>
       </c>
       <c r="G200" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C201" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D201" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E201" t="s">
         <v>10</v>
       </c>
       <c r="F201" t="s">
         <v>11</v>
       </c>
       <c r="G201" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C202" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D202" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E202" t="s">
         <v>10</v>
       </c>
       <c r="F202" t="s">
         <v>11</v>
       </c>
       <c r="G202" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C203" t="s">
         <v>8</v>
       </c>
       <c r="D203" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="E203" t="s">
         <v>10</v>
       </c>
       <c r="F203" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G203" t="s">
-        <v>41</v>
+        <v>285</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C204" t="s">
         <v>8</v>
       </c>
       <c r="D204" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="E204" t="s">
         <v>10</v>
       </c>
       <c r="F204" t="s">
         <v>11</v>
       </c>
       <c r="G204" t="s">
-        <v>41</v>
+        <v>285</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C205" t="s">
         <v>8</v>
       </c>
       <c r="D205" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E205" t="s">
         <v>10</v>
       </c>
       <c r="F205" t="s">
         <v>11</v>
       </c>
       <c r="G205" t="s">
-        <v>85</v>
+        <v>285</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C206" t="s">
         <v>8</v>
       </c>
       <c r="D206" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="E206" t="s">
         <v>10</v>
       </c>
       <c r="F206" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G206" t="s">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="C207" t="s">
         <v>8</v>
       </c>
       <c r="D207" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E207" t="s">
         <v>10</v>
       </c>
       <c r="F207" t="s">
         <v>11</v>
       </c>
       <c r="G207" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C208" t="s">
-        <v>8</v>
+        <v>293</v>
       </c>
       <c r="D208" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E208" t="s">
         <v>10</v>
       </c>
       <c r="F208" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G208" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C209" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D209" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="E209" t="s">
         <v>10</v>
       </c>
       <c r="F209" t="s">
         <v>11</v>
       </c>
       <c r="G209" t="s">
-        <v>287</v>
+        <v>38</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C210" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D210" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="E210" t="s">
         <v>10</v>
       </c>
       <c r="F210" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G210" t="s">
-        <v>292</v>
+        <v>38</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C211" t="s">
         <v>8</v>
       </c>
       <c r="D211" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="E211" t="s">
         <v>10</v>
       </c>
       <c r="F211" t="s">
         <v>11</v>
       </c>
       <c r="G211" t="s">
-        <v>292</v>
+        <v>38</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C212" t="s">
-        <v>295</v>
+        <v>8</v>
       </c>
       <c r="D212" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="E212" t="s">
         <v>10</v>
       </c>
       <c r="F212" t="s">
         <v>11</v>
       </c>
       <c r="G212" t="s">
-        <v>292</v>
+        <v>157</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C213" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D213" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E213" t="s">
         <v>10</v>
       </c>
       <c r="F213" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G213" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C214" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D214" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="E214" t="s">
         <v>10</v>
       </c>
       <c r="F214" t="s">
         <v>11</v>
       </c>
       <c r="G214" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C215" t="s">
         <v>8</v>
       </c>
       <c r="D215" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="E215" t="s">
         <v>10</v>
       </c>
       <c r="F215" t="s">
         <v>11</v>
       </c>
       <c r="G215" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C216" t="s">
         <v>8</v>
       </c>
       <c r="D216" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E216" t="s">
         <v>10</v>
       </c>
       <c r="F216" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G216" t="s">
-        <v>159</v>
+        <v>70</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
+        <v>305</v>
+      </c>
+      <c r="C217" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" t="s">
         <v>302</v>
       </c>
-      <c r="C217" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E217" t="s">
         <v>10</v>
       </c>
       <c r="F217" t="s">
         <v>11</v>
       </c>
       <c r="G217" t="s">
-        <v>159</v>
+        <v>285</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C218" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D218" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E218" t="s">
         <v>10</v>
       </c>
       <c r="F218" t="s">
         <v>11</v>
       </c>
       <c r="G218" t="s">
-        <v>73</v>
+        <v>285</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C219" t="s">
         <v>8</v>
       </c>
       <c r="D219" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E219" t="s">
         <v>10</v>
       </c>
       <c r="F219" t="s">
         <v>11</v>
       </c>
       <c r="G219" t="s">
-        <v>73</v>
+        <v>285</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C220" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D220" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E220" t="s">
         <v>10</v>
       </c>
       <c r="F220" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G220" t="s">
-        <v>73</v>
+        <v>285</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C221" t="s">
         <v>8</v>
       </c>
       <c r="D221" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E221" t="s">
         <v>10</v>
       </c>
       <c r="F221" t="s">
         <v>11</v>
       </c>
       <c r="G221" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C222" t="s">
         <v>8</v>
       </c>
       <c r="D222" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E222" t="s">
         <v>10</v>
       </c>
       <c r="F222" t="s">
         <v>11</v>
       </c>
       <c r="G222" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C223" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D223" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E223" t="s">
         <v>10</v>
       </c>
       <c r="F223" t="s">
         <v>11</v>
       </c>
       <c r="G223" t="s">
-        <v>287</v>
+        <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C224" t="s">
         <v>8</v>
       </c>
       <c r="D224" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E224" t="s">
         <v>10</v>
       </c>
       <c r="F224" t="s">
         <v>11</v>
       </c>
       <c r="G224" t="s">
-        <v>287</v>
+        <v>38</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C225" t="s">
         <v>8</v>
       </c>
       <c r="D225" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="E225" t="s">
         <v>10</v>
       </c>
       <c r="F225" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G225" t="s">
-        <v>287</v>
+        <v>70</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C226" t="s">
         <v>8</v>
       </c>
       <c r="D226" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="E226" t="s">
         <v>10</v>
       </c>
       <c r="F226" t="s">
         <v>11</v>
       </c>
       <c r="G226" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C227" t="s">
         <v>8</v>
       </c>
       <c r="D227" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="E227" t="s">
         <v>10</v>
       </c>
       <c r="F227" t="s">
         <v>11</v>
       </c>
       <c r="G227" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C228" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D228" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
       <c r="E228" t="s">
         <v>10</v>
       </c>
       <c r="F228" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G228" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C229" t="s">
         <v>8</v>
       </c>
       <c r="D229" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E229" t="s">
         <v>10</v>
       </c>
       <c r="F229" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G229" t="s">
-        <v>73</v>
+        <v>157</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C230" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D230" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E230" t="s">
         <v>10</v>
       </c>
       <c r="F230" t="s">
         <v>11</v>
       </c>
       <c r="G230" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
+        <v>322</v>
+      </c>
+      <c r="C231" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" t="s">
         <v>319</v>
       </c>
-      <c r="C231" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E231" t="s">
         <v>10</v>
       </c>
       <c r="F231" t="s">
         <v>11</v>
       </c>
       <c r="G231" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C232" t="s">
         <v>8</v>
       </c>
       <c r="D232" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="E232" t="s">
         <v>10</v>
       </c>
       <c r="F232" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G232" t="s">
-        <v>159</v>
+        <v>49</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C233" t="s">
         <v>8</v>
       </c>
       <c r="D233" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="E233" t="s">
         <v>10</v>
       </c>
       <c r="F233" t="s">
         <v>11</v>
       </c>
       <c r="G233" t="s">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C234" t="s">
         <v>8</v>
       </c>
       <c r="D234" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="E234" t="s">
         <v>10</v>
       </c>
       <c r="F234" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G234" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C235" t="s">
         <v>8</v>
       </c>
       <c r="D235" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E235" t="s">
         <v>10</v>
       </c>
       <c r="F235" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G235" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
+        <v>329</v>
+      </c>
+      <c r="C236" t="s">
+        <v>8</v>
+      </c>
+      <c r="D236" t="s">
         <v>326</v>
       </c>
-      <c r="C236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E236" t="s">
         <v>10</v>
       </c>
       <c r="F236" t="s">
         <v>11</v>
       </c>
       <c r="G236" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C237" t="s">
         <v>8</v>
       </c>
       <c r="D237" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="E237" t="s">
         <v>10</v>
       </c>
       <c r="F237" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G237" t="s">
-        <v>123</v>
+        <v>38</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C238" t="s">
         <v>8</v>
       </c>
       <c r="D238" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="E238" t="s">
         <v>10</v>
       </c>
       <c r="F238" t="s">
         <v>11</v>
       </c>
       <c r="G238" t="s">
-        <v>123</v>
+        <v>38</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C239" t="s">
         <v>8</v>
       </c>
       <c r="D239" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E239" t="s">
         <v>10</v>
       </c>
       <c r="F239" t="s">
         <v>11</v>
       </c>
       <c r="G239" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
+        <v>334</v>
+      </c>
+      <c r="C240" t="s">
+        <v>8</v>
+      </c>
+      <c r="D240" t="s">
         <v>331</v>
       </c>
-      <c r="C240" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E240" t="s">
         <v>10</v>
       </c>
       <c r="F240" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G240" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C241" t="s">
         <v>8</v>
       </c>
       <c r="D241" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E241" t="s">
         <v>10</v>
       </c>
       <c r="F241" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G241" t="s">
-        <v>41</v>
+        <v>124</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C242" t="s">
         <v>8</v>
       </c>
       <c r="D242" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E242" t="s">
         <v>10</v>
       </c>
       <c r="F242" t="s">
         <v>11</v>
       </c>
       <c r="G242" t="s">
-        <v>41</v>
+        <v>124</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C243" t="s">
         <v>8</v>
       </c>
       <c r="D243" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="E243" t="s">
         <v>10</v>
       </c>
       <c r="F243" t="s">
         <v>11</v>
       </c>
       <c r="G243" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C244" t="s">
         <v>8</v>
       </c>
       <c r="D244" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="E244" t="s">
         <v>10</v>
       </c>
       <c r="F244" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G244" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C245" t="s">
         <v>8</v>
       </c>
       <c r="D245" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="E245" t="s">
         <v>10</v>
       </c>
       <c r="F245" t="s">
         <v>11</v>
       </c>
       <c r="G245" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C246" t="s">
         <v>8</v>
       </c>
       <c r="D246" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E246" t="s">
         <v>10</v>
       </c>
       <c r="F246" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G246" t="s">
-        <v>73</v>
+        <v>285</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C247" t="s">
         <v>8</v>
       </c>
       <c r="D247" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E247" t="s">
         <v>10</v>
       </c>
       <c r="F247" t="s">
         <v>11</v>
       </c>
       <c r="G247" t="s">
-        <v>73</v>
+        <v>285</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>341</v>
+        <v>46</v>
       </c>
       <c r="C248" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D248" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E248" t="s">
         <v>10</v>
       </c>
       <c r="F248" t="s">
         <v>11</v>
       </c>
       <c r="G248" t="s">
-        <v>73</v>
+        <v>285</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>342</v>
+        <v>46</v>
       </c>
       <c r="C249" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D249" t="s">
         <v>343</v>
       </c>
       <c r="E249" t="s">
         <v>10</v>
       </c>
       <c r="F249" t="s">
         <v>11</v>
       </c>
       <c r="G249" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C250" t="s">
         <v>8</v>
       </c>
       <c r="D250" t="s">
         <v>343</v>
       </c>
       <c r="E250" t="s">
         <v>10</v>
       </c>
       <c r="F250" t="s">
         <v>11</v>
       </c>
       <c r="G250" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>48</v>
+        <v>346</v>
       </c>
       <c r="C251" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D251" t="s">
         <v>343</v>
       </c>
       <c r="E251" t="s">
         <v>10</v>
       </c>
       <c r="F251" t="s">
         <v>11</v>
       </c>
       <c r="G251" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>48</v>
+        <v>347</v>
       </c>
       <c r="C252" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
       <c r="D252" t="s">
         <v>343</v>
       </c>
       <c r="E252" t="s">
         <v>10</v>
       </c>
       <c r="F252" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G252" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C253" t="s">
         <v>8</v>
       </c>
       <c r="D253" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="E253" t="s">
         <v>10</v>
       </c>
       <c r="F253" t="s">
         <v>11</v>
       </c>
       <c r="G253" t="s">
-        <v>287</v>
+        <v>70</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C254" t="s">
         <v>8</v>
       </c>
       <c r="D254" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="E254" t="s">
         <v>10</v>
       </c>
       <c r="F254" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G254" t="s">
-        <v>287</v>
+        <v>70</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C255" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D255" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="E255" t="s">
         <v>10</v>
       </c>
       <c r="F255" t="s">
         <v>11</v>
       </c>
       <c r="G255" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C256" t="s">
         <v>8</v>
       </c>
       <c r="D256" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E256" t="s">
         <v>10</v>
       </c>
       <c r="F256" t="s">
         <v>11</v>
       </c>
       <c r="G256" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C257" t="s">
         <v>8</v>
       </c>
       <c r="D257" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E257" t="s">
         <v>10</v>
       </c>
       <c r="F257" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G257" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="C258" t="s">
         <v>8</v>
       </c>
       <c r="D258" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="E258" t="s">
         <v>10</v>
       </c>
       <c r="F258" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G258" t="s">
-        <v>287</v>
+        <v>358</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C259" t="s">
         <v>8</v>
       </c>
       <c r="D259" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="E259" t="s">
         <v>10</v>
       </c>
       <c r="F259" t="s">
         <v>11</v>
       </c>
       <c r="G259" t="s">
-        <v>85</v>
+        <v>358</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C260" t="s">
         <v>8</v>
       </c>
       <c r="D260" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="E260" t="s">
         <v>10</v>
       </c>
       <c r="F260" t="s">
         <v>11</v>
       </c>
       <c r="G260" t="s">
-        <v>85</v>
+        <v>358</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C261" t="s">
         <v>8</v>
       </c>
       <c r="D261" t="s">
         <v>357</v>
       </c>
       <c r="E261" t="s">
         <v>10</v>
       </c>
       <c r="F261" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G261" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C262" t="s">
         <v>8</v>
       </c>
       <c r="D262" t="s">
         <v>357</v>
       </c>
       <c r="E262" t="s">
         <v>10</v>
       </c>
       <c r="F262" t="s">
         <v>11</v>
       </c>
       <c r="G262" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="C263" t="s">
         <v>8</v>
       </c>
       <c r="D263" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="E263" t="s">
         <v>10</v>
       </c>
       <c r="F263" t="s">
         <v>11</v>
       </c>
       <c r="G263" t="s">
-        <v>358</v>
+        <v>80</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C264" t="s">
         <v>8</v>
       </c>
       <c r="D264" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="E264" t="s">
         <v>10</v>
       </c>
       <c r="F264" t="s">
         <v>11</v>
       </c>
       <c r="G264" t="s">
-        <v>358</v>
+        <v>80</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C265" t="s">
         <v>8</v>
       </c>
       <c r="D265" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="E265" t="s">
         <v>10</v>
       </c>
       <c r="F265" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G265" t="s">
-        <v>358</v>
+        <v>80</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C266" t="s">
         <v>8</v>
       </c>
       <c r="D266" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="E266" t="s">
         <v>10</v>
       </c>
       <c r="F266" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G266" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C267" t="s">
         <v>8</v>
       </c>
       <c r="D267" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E267" t="s">
         <v>10</v>
       </c>
       <c r="F267" t="s">
         <v>11</v>
       </c>
       <c r="G267" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C268" t="s">
         <v>8</v>
       </c>
       <c r="D268" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E268" t="s">
         <v>10</v>
       </c>
       <c r="F268" t="s">
         <v>11</v>
       </c>
       <c r="G268" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C269" t="s">
         <v>8</v>
       </c>
       <c r="D269" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E269" t="s">
         <v>10</v>
       </c>
       <c r="F269" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G269" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
+        <v>372</v>
+      </c>
+      <c r="C270" t="s">
+        <v>8</v>
+      </c>
+      <c r="D270" t="s">
         <v>368</v>
       </c>
-      <c r="C270" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E270" t="s">
         <v>10</v>
       </c>
       <c r="F270" t="s">
         <v>11</v>
       </c>
       <c r="G270" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C271" t="s">
         <v>8</v>
       </c>
       <c r="D271" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="E271" t="s">
         <v>10</v>
       </c>
       <c r="F271" t="s">
         <v>11</v>
       </c>
       <c r="G271" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C272" t="s">
         <v>8</v>
       </c>
       <c r="D272" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E272" t="s">
         <v>10</v>
       </c>
       <c r="F272" t="s">
         <v>11</v>
       </c>
       <c r="G272" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C273" t="s">
         <v>8</v>
       </c>
       <c r="D273" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="E273" t="s">
         <v>10</v>
       </c>
       <c r="F273" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G273" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C274" t="s">
         <v>8</v>
       </c>
       <c r="D274" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E274" t="s">
         <v>10</v>
       </c>
       <c r="F274" t="s">
         <v>11</v>
       </c>
       <c r="G274" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
+        <v>378</v>
+      </c>
+      <c r="C275" t="s">
+        <v>8</v>
+      </c>
+      <c r="D275" t="s">
         <v>375</v>
       </c>
-      <c r="C275" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E275" t="s">
         <v>10</v>
       </c>
       <c r="F275" t="s">
         <v>11</v>
       </c>
       <c r="G275" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C276" t="s">
         <v>8</v>
       </c>
       <c r="D276" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E276" t="s">
         <v>10</v>
       </c>
       <c r="F276" t="s">
         <v>11</v>
       </c>
       <c r="G276" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C277" t="s">
         <v>8</v>
       </c>
       <c r="D277" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E277" t="s">
         <v>10</v>
       </c>
       <c r="F277" t="s">
         <v>11</v>
       </c>
       <c r="G277" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C278" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D278" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="E278" t="s">
         <v>10</v>
       </c>
       <c r="F278" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G278" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C279" t="s">
         <v>8</v>
       </c>
       <c r="D279" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="E279" t="s">
         <v>10</v>
       </c>
       <c r="F279" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G279" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C280" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D280" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E280" t="s">
         <v>10</v>
       </c>
       <c r="F280" t="s">
         <v>11</v>
       </c>
       <c r="G280" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
+        <v>385</v>
+      </c>
+      <c r="C281" t="s">
+        <v>8</v>
+      </c>
+      <c r="D281" t="s">
         <v>382</v>
       </c>
-      <c r="C281" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E281" t="s">
         <v>10</v>
       </c>
       <c r="F281" t="s">
         <v>11</v>
       </c>
       <c r="G281" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C282" t="s">
         <v>8</v>
       </c>
       <c r="D282" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E282" t="s">
         <v>10</v>
       </c>
       <c r="F282" t="s">
         <v>11</v>
       </c>
       <c r="G282" t="s">
-        <v>25</v>
+        <v>358</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C283" t="s">
         <v>8</v>
       </c>
       <c r="D283" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E283" t="s">
         <v>10</v>
       </c>
       <c r="F283" t="s">
         <v>11</v>
       </c>
       <c r="G283" t="s">
-        <v>25</v>
+        <v>358</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C284" t="s">
         <v>8</v>
       </c>
       <c r="D284" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E284" t="s">
         <v>10</v>
       </c>
       <c r="F284" t="s">
         <v>11</v>
       </c>
       <c r="G284" t="s">
-        <v>25</v>
+        <v>358</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C285" t="s">
         <v>8</v>
       </c>
       <c r="D285" t="s">
         <v>387</v>
       </c>
       <c r="E285" t="s">
         <v>10</v>
       </c>
       <c r="F285" t="s">
         <v>11</v>
       </c>
       <c r="G285" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C286" t="s">
         <v>8</v>
       </c>
       <c r="D286" t="s">
         <v>387</v>
       </c>
       <c r="E286" t="s">
         <v>10</v>
       </c>
       <c r="F286" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G286" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C287" t="s">
         <v>8</v>
       </c>
       <c r="D287" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="E287" t="s">
         <v>10</v>
       </c>
       <c r="F287" t="s">
         <v>11</v>
       </c>
       <c r="G287" t="s">
-        <v>358</v>
+        <v>115</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C288" t="s">
         <v>8</v>
       </c>
       <c r="D288" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="E288" t="s">
         <v>10</v>
       </c>
       <c r="F288" t="s">
         <v>11</v>
       </c>
       <c r="G288" t="s">
-        <v>358</v>
+        <v>115</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C289" t="s">
         <v>8</v>
       </c>
       <c r="D289" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="E289" t="s">
         <v>10</v>
       </c>
       <c r="F289" t="s">
         <v>11</v>
       </c>
       <c r="G289" t="s">
-        <v>358</v>
+        <v>115</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C290" t="s">
         <v>8</v>
       </c>
       <c r="D290" t="s">
         <v>393</v>
       </c>
       <c r="E290" t="s">
         <v>10</v>
       </c>
       <c r="F290" t="s">
         <v>11</v>
       </c>
       <c r="G290" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C291" t="s">
         <v>8</v>
       </c>
       <c r="D291" t="s">
         <v>393</v>
       </c>
       <c r="E291" t="s">
         <v>10</v>
       </c>
       <c r="F291" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G291" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C292" t="s">
         <v>8</v>
       </c>
       <c r="D292" t="s">
         <v>393</v>
       </c>
       <c r="E292" t="s">
         <v>10</v>
       </c>
       <c r="F292" t="s">
         <v>11</v>
       </c>
       <c r="G292" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C293" t="s">
         <v>8</v>
       </c>
       <c r="D293" t="s">
         <v>393</v>
       </c>
       <c r="E293" t="s">
         <v>10</v>
       </c>
       <c r="F293" t="s">
         <v>11</v>
       </c>
       <c r="G293" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C294" t="s">
         <v>8</v>
       </c>
       <c r="D294" t="s">
         <v>393</v>
       </c>
       <c r="E294" t="s">
         <v>10</v>
       </c>
       <c r="F294" t="s">
         <v>11</v>
       </c>
       <c r="G294" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C295" t="s">
         <v>8</v>
       </c>
       <c r="D295" t="s">
         <v>393</v>
       </c>
       <c r="E295" t="s">
         <v>10</v>
       </c>
       <c r="F295" t="s">
         <v>11</v>
       </c>
       <c r="G295" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C296" t="s">
         <v>8</v>
       </c>
       <c r="D296" t="s">
         <v>393</v>
       </c>
       <c r="E296" t="s">
         <v>10</v>
       </c>
       <c r="F296" t="s">
         <v>11</v>
       </c>
       <c r="G296" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C297" t="s">
         <v>8</v>
       </c>
       <c r="D297" t="s">
         <v>393</v>
       </c>
       <c r="E297" t="s">
         <v>10</v>
       </c>
       <c r="F297" t="s">
         <v>11</v>
       </c>
       <c r="G297" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C298" t="s">
         <v>8</v>
       </c>
       <c r="D298" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="E298" t="s">
         <v>10</v>
       </c>
       <c r="F298" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G298" t="s">
-        <v>38</v>
+        <v>157</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C299" t="s">
         <v>8</v>
       </c>
       <c r="D299" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E299" t="s">
         <v>10</v>
       </c>
       <c r="F299" t="s">
         <v>11</v>
       </c>
       <c r="G299" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C300" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="D300" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E300" t="s">
         <v>10</v>
       </c>
       <c r="F300" t="s">
         <v>11</v>
       </c>
       <c r="G300" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
+        <v>408</v>
+      </c>
+      <c r="C301" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" t="s">
         <v>405</v>
       </c>
-      <c r="C301" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E301" t="s">
         <v>10</v>
       </c>
       <c r="F301" t="s">
         <v>11</v>
       </c>
       <c r="G301" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C302" t="s">
         <v>8</v>
       </c>
       <c r="D302" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="E302" t="s">
         <v>10</v>
       </c>
       <c r="F302" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G302" t="s">
-        <v>159</v>
+        <v>80</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C303" t="s">
         <v>8</v>
       </c>
       <c r="D303" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="E303" t="s">
         <v>10</v>
       </c>
       <c r="F303" t="s">
         <v>11</v>
       </c>
       <c r="G303" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C304" t="s">
         <v>8</v>
       </c>
       <c r="D304" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="E304" t="s">
         <v>10</v>
       </c>
       <c r="F304" t="s">
         <v>11</v>
       </c>
       <c r="G304" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C305" t="s">
         <v>8</v>
       </c>
       <c r="D305" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E305" t="s">
         <v>10</v>
       </c>
       <c r="F305" t="s">
         <v>11</v>
       </c>
       <c r="G305" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C306" t="s">
         <v>8</v>
       </c>
       <c r="D306" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E306" t="s">
         <v>10</v>
       </c>
       <c r="F306" t="s">
         <v>11</v>
       </c>
       <c r="G306" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
+        <v>416</v>
+      </c>
+      <c r="C307" t="s">
+        <v>143</v>
+      </c>
+      <c r="D307" t="s">
         <v>413</v>
       </c>
-      <c r="C307" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E307" t="s">
         <v>10</v>
       </c>
       <c r="F307" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G307" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C308" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D308" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E308" t="s">
         <v>10</v>
       </c>
       <c r="F308" t="s">
         <v>11</v>
       </c>
       <c r="G308" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C309" t="s">
         <v>8</v>
       </c>
       <c r="D309" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E309" t="s">
         <v>10</v>
       </c>
       <c r="F309" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G309" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C310" t="s">
         <v>8</v>
       </c>
       <c r="D310" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E310" t="s">
         <v>10</v>
       </c>
       <c r="F310" t="s">
         <v>11</v>
       </c>
       <c r="G310" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C311" t="s">
         <v>8</v>
       </c>
       <c r="D311" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="E311" t="s">
         <v>10</v>
       </c>
       <c r="F311" t="s">
         <v>11</v>
       </c>
       <c r="G311" t="s">
-        <v>179</v>
+        <v>18</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C312" t="s">
         <v>8</v>
       </c>
       <c r="D312" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="E312" t="s">
         <v>10</v>
       </c>
       <c r="F312" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G312" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C313" t="s">
         <v>8</v>
       </c>
       <c r="D313" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="E313" t="s">
         <v>10</v>
       </c>
       <c r="F313" t="s">
         <v>11</v>
       </c>
       <c r="G313" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
+        <v>424</v>
+      </c>
+      <c r="C314" t="s">
+        <v>8</v>
+      </c>
+      <c r="D314" t="s">
         <v>421</v>
       </c>
-      <c r="C314" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E314" t="s">
         <v>10</v>
       </c>
       <c r="F314" t="s">
         <v>11</v>
       </c>
       <c r="G314" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C315" t="s">
         <v>8</v>
       </c>
       <c r="D315" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="E315" t="s">
         <v>10</v>
       </c>
       <c r="F315" t="s">
         <v>11</v>
       </c>
       <c r="G315" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C316" t="s">
         <v>8</v>
       </c>
       <c r="D316" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="E316" t="s">
         <v>10</v>
       </c>
       <c r="F316" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G316" t="s">
-        <v>17</v>
+        <v>285</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C317" t="s">
         <v>8</v>
       </c>
       <c r="D317" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="E317" t="s">
         <v>10</v>
       </c>
       <c r="F317" t="s">
         <v>11</v>
       </c>
       <c r="G317" t="s">
-        <v>287</v>
+        <v>358</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C318" t="s">
         <v>8</v>
       </c>
       <c r="D318" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E318" t="s">
         <v>10</v>
       </c>
       <c r="F318" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G318" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C319" t="s">
         <v>8</v>
       </c>
       <c r="D319" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E319" t="s">
         <v>10</v>
       </c>
       <c r="F319" t="s">
         <v>11</v>
       </c>
       <c r="G319" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
+        <v>432</v>
+      </c>
+      <c r="C320" t="s">
+        <v>8</v>
+      </c>
+      <c r="D320" t="s">
         <v>429</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
       <c r="E320" t="s">
         <v>10</v>
       </c>
       <c r="F320" t="s">
         <v>11</v>
       </c>
       <c r="G320" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C321" t="s">
         <v>8</v>
       </c>
       <c r="D321" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E321" t="s">
         <v>10</v>
       </c>
       <c r="F321" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G321" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C322" t="s">
         <v>8</v>
       </c>
       <c r="D322" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="E322" t="s">
         <v>10</v>
       </c>
       <c r="F322" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G322" t="s">
-        <v>358</v>
+        <v>49</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C323" t="s">
         <v>8</v>
       </c>
       <c r="D323" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E323" t="s">
         <v>10</v>
       </c>
       <c r="F323" t="s">
         <v>11</v>
       </c>
       <c r="G323" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C324" t="s">
         <v>8</v>
       </c>
       <c r="D324" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="E324" t="s">
         <v>10</v>
       </c>
       <c r="F324" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G324" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C325" t="s">
         <v>8</v>
       </c>
       <c r="D325" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E325" t="s">
         <v>10</v>
       </c>
       <c r="F325" t="s">
         <v>11</v>
       </c>
       <c r="G325" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C326" t="s">
         <v>8</v>
       </c>
       <c r="D326" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="E326" t="s">
         <v>10</v>
       </c>
       <c r="F326" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G326" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C327" t="s">
         <v>8</v>
       </c>
       <c r="D327" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E327" t="s">
         <v>10</v>
       </c>
       <c r="F327" t="s">
         <v>11</v>
       </c>
       <c r="G327" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C328" t="s">
         <v>8</v>
       </c>
       <c r="D328" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E328" t="s">
         <v>10</v>
       </c>
       <c r="F328" t="s">
         <v>11</v>
       </c>
       <c r="G328" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C329" t="s">
         <v>8</v>
       </c>
       <c r="D329" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="E329" t="s">
         <v>10</v>
       </c>
       <c r="F329" t="s">
         <v>11</v>
       </c>
       <c r="G329" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C330" t="s">
         <v>8</v>
       </c>
       <c r="D330" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E330" t="s">
         <v>10</v>
       </c>
       <c r="F330" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G330" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C331" t="s">
         <v>8</v>
       </c>
       <c r="D331" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E331" t="s">
         <v>10</v>
       </c>
       <c r="F331" t="s">
         <v>11</v>
       </c>
       <c r="G331" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
+        <v>448</v>
+      </c>
+      <c r="C332" t="s">
+        <v>8</v>
+      </c>
+      <c r="D332" t="s">
         <v>445</v>
       </c>
-      <c r="C332" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E332" t="s">
         <v>10</v>
       </c>
       <c r="F332" t="s">
         <v>11</v>
       </c>
       <c r="G332" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C333" t="s">
         <v>8</v>
       </c>
       <c r="D333" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="E333" t="s">
         <v>10</v>
       </c>
       <c r="F333" t="s">
         <v>11</v>
       </c>
       <c r="G333" t="s">
-        <v>17</v>
+        <v>358</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C334" t="s">
         <v>8</v>
       </c>
       <c r="D334" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E334" t="s">
         <v>10</v>
       </c>
       <c r="F334" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G334" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C335" t="s">
         <v>8</v>
       </c>
       <c r="D335" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="E335" t="s">
         <v>10</v>
       </c>
       <c r="F335" t="s">
         <v>11</v>
       </c>
       <c r="G335" t="s">
-        <v>358</v>
+        <v>454</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C336" t="s">
-        <v>451</v>
+        <v>8</v>
       </c>
       <c r="D336" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E336" t="s">
-        <v>453</v>
+        <v>10</v>
       </c>
       <c r="F336" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="G336" t="s">
-        <v>25</v>
+        <v>454</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C337" t="s">
-        <v>455</v>
+        <v>8</v>
       </c>
       <c r="D337" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="E337" t="s">
-        <v>453</v>
+        <v>10</v>
       </c>
       <c r="F337" t="s">
         <v>11</v>
       </c>
       <c r="G337" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C338" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D338" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="E338" t="s">
-        <v>453</v>
+        <v>10</v>
       </c>
       <c r="F338" t="s">
         <v>11</v>
       </c>
       <c r="G338" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
+        <v>459</v>
+      </c>
+      <c r="C339" t="s">
+        <v>8</v>
+      </c>
+      <c r="D339" t="s">
         <v>457</v>
       </c>
-      <c r="C339" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E339" t="s">
-        <v>453</v>
+        <v>10</v>
       </c>
       <c r="F339" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G339" t="s">
-        <v>25</v>
-[...3886 lines deleted...]
-        <v>25</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">